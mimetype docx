--- v0 (2025-10-04)
+++ v1 (2026-01-23)
@@ -1,49 +1,50 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
+  <Override PartName="/docMetadata/LabelInfo.xml" ContentType="application/vnd.ms-office.classificationlabels+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/><Relationship Id="rId4" Type="http://schemas.microsoft.com/office/2020/02/relationships/classificationlabels" Target="docMetadata/LabelInfo.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:body>
     <w:p w14:paraId="3AC18B9B" w14:textId="1767C0B1" w:rsidR="00F90DEE" w:rsidRPr="00460CE6" w:rsidRDefault="00D933EB" w:rsidP="00F90DEE">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>P</w:t>
       </w:r>
       <w:r w:rsidR="005D0AF7">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
@@ -116,70 +117,79 @@
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>ar ārstniecības iestādes ambulatoro darbību</w:t>
       </w:r>
       <w:r w:rsidRPr="0019757F">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>”</w:t>
       </w:r>
       <w:r w:rsidR="00041FE4" w:rsidRPr="00751017">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> aizpildīšanas vadlīnijas</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0DE01D4A" w14:textId="47ADFBE0" w:rsidR="0031098B" w:rsidRPr="00624141" w:rsidRDefault="00470D83" w:rsidP="0031098B">
+    <w:p w14:paraId="0DE01D4A" w14:textId="6A113BB6" w:rsidR="0031098B" w:rsidRPr="00624141" w:rsidRDefault="00470D83" w:rsidP="0031098B">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:firstLine="360"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
-        <w:t xml:space="preserve">Lai nodrošinātu Oficiālās statistikas programmas izpildi, kā arī  </w:t>
+        <w:t>Lai nodrošinātu Oficiālās statistikas programmas izpildi, kā arī</w:t>
+      </w:r>
+      <w:r w:rsidR="00461E15">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">savlaicīgu, precīzu, pilnīgu, viegli saprotamu un starptautiski salīdzināmu veselības aprūpes statistiku, kas nepieciešama veselības aprūpes rādītāju izvērtējumam, visām iestādēm, kas sniedz ambulatoros veselības aprūpes pakalpojumus, katru gadu elektroniski jāiesniedz Slimību profilakses un kontroles centram pielikums </w:t>
       </w:r>
       <w:r w:rsidR="0031098B" w:rsidRPr="00624141">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Nr</w:t>
       </w:r>
       <w:r w:rsidR="0019757F">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
@@ -564,131 +574,125 @@
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="7963D91D" w14:textId="64CB0C4B" w:rsidR="00104760" w:rsidRPr="00104760" w:rsidRDefault="00104760" w:rsidP="00104760">
       <w:pPr>
         <w:pStyle w:val="xxmsonormal"/>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0" w:line="312" w:lineRule="atLeast"/>
         <w:ind w:firstLine="284"/>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00104760">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
-        <w:t>Lūdzu ņemt vērā</w:t>
-[...11 lines deleted...]
-    <w:p w14:paraId="068D2174" w14:textId="77777777" w:rsidR="00104760" w:rsidRPr="00104760" w:rsidRDefault="00104760" w:rsidP="00104760">
+        <w:t>Lūdzu ņemt vērā:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2C181C69" w14:textId="77777777" w:rsidR="00786F1C" w:rsidRDefault="00104760" w:rsidP="00786F1C">
       <w:pPr>
         <w:pStyle w:val="xxmsonormal"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="29"/>
         </w:numPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0" w:line="312" w:lineRule="atLeast"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00104760">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:t xml:space="preserve">1.1 tabulu „Ārstniecības iestādes ārstu darbs" ir jāaizpilda tām ārstniecības iestādēm un ārstu praksēm, kuras nav noslēgušas līgumu ar Nacionālo veselības dienestu (NVD).  </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6F49129D" w14:textId="77777777" w:rsidR="00104760" w:rsidRPr="00104760" w:rsidRDefault="00104760" w:rsidP="00104760">
+    <w:p w14:paraId="1F9339AD" w14:textId="71A6EE7D" w:rsidR="00786F1C" w:rsidRPr="00786F1C" w:rsidRDefault="00104760" w:rsidP="00786F1C">
       <w:pPr>
         <w:pStyle w:val="xxmsonormal"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="29"/>
         </w:numPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0" w:line="312" w:lineRule="atLeast"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00104760">
+      <w:r w:rsidRPr="00786F1C">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
-        <w:t>Visas iestādes un ārstu prakses, kas ir līgumattiecībās ar NVD, 1.1 tabulu var neaizpildīt, ja dati par visiem ambulatorajiem apmeklējumiem ievadīti NVD VIS sistēmā. Turpretim 1.1 tabula jāaizpilda un tajā jānorāda visi ambulatorie apmeklējumi, ja šajās iestādēs vai ārstu praksēs bijuši arī maksas ambulatorie apmeklējumi, t.sk. mājas vizītes, kas nav ievadīti VIS sistēmā.</w:t>
-[...18 lines deleted...]
-          <w:szCs w:val="24"/>
+        <w:t xml:space="preserve">Visas iestādes un ārstu prakses, kas ir līgumattiecībās ar NVD, 1.1 tabulu var neaizpildīt, ja dati par visiem ambulatorajiem apmeklējumiem ievadīti NVD VIS sistēmā. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="188ED3F2" w14:textId="3A490D62" w:rsidR="002B2055" w:rsidRPr="00786F1C" w:rsidRDefault="002B2055" w:rsidP="00786F1C">
+      <w:pPr>
+        <w:pStyle w:val="xxmsonormal"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0" w:line="312" w:lineRule="atLeast"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00786F1C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:t>Vēršam uzmanību, ka, ja ārstniecības iestādes darbība tiek izbeigta vai īslaicīgi apturēta, ārstniecības iestāde mēneša laikā iesniedz Slimību profilakses un kontroles centrā attiecīgas veidlapas par to periodu, kad darbība tika veikta.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="19FB8A5D" w14:textId="3CAE1CAF" w:rsidR="002701A2" w:rsidRPr="00624141" w:rsidRDefault="00D933EB" w:rsidP="003F54AF">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:firstLine="360"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Pārskats</w:t>
       </w:r>
@@ -1070,143 +1074,152 @@
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>”</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="533CACAE" w14:textId="76B56BDF" w:rsidR="00922CFF" w:rsidRDefault="00922CFF" w:rsidP="00C91076">
       <w:pPr>
         <w:ind w:firstLine="720"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
+        <w:t xml:space="preserve">Tabulas 1. rindā </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00826D34">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>„</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Kopā</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00826D34">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>”</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> norāda ārstniecības iestādes visu ārstu darbu, </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B96A93">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t>ieskaitot</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00C20E2F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>PVA - primārās veselības aprūpes ārstu</w:t>
+      </w:r>
+      <w:r w:rsidR="00C20E2F" w:rsidRPr="00C20E2F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (ģimenes ārsts, pediatrs, internists)</w:t>
+      </w:r>
+      <w:r w:rsidR="00C20E2F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> darbu</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
         <w:lastRenderedPageBreak/>
-        <w:t xml:space="preserve">Tabulas 1. rindā </w:t>
-[...90 lines deleted...]
-        <w:t xml:space="preserve">. Tabulas 2. rindā </w:t>
+        <w:t xml:space="preserve">Tabulas 2. rindā </w:t>
       </w:r>
       <w:r w:rsidRPr="00826D34">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>„</w:t>
       </w:r>
       <w:r w:rsidRPr="00B96A93">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:i/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>tajā skaitā</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
@@ -2311,96 +2324,96 @@
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>”</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="7A8CC586" w14:textId="304271FD" w:rsidR="00730306" w:rsidRDefault="00826D34" w:rsidP="00826D34">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:firstLine="720"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:lastRenderedPageBreak/>
         <w:t>Tabulā norāda tikai ārstu palīgu (fel</w:t>
       </w:r>
       <w:r w:rsidR="00941C15">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>d</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">šeru), vecmāšu un māsu (medicīnas māsu) darbu. </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="77AEA842" w14:textId="033F6B1C" w:rsidR="00826D34" w:rsidRPr="00826D34" w:rsidRDefault="00826D34" w:rsidP="00826D34">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="10"/>
         </w:numPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:u w:val="single"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00826D34">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
+        <w:lastRenderedPageBreak/>
         <w:t>kolonnā</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00826D34">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>„</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
@@ -2721,51 +2734,51 @@
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> norāda mājas vizīšu skaitu pie </w:t>
       </w:r>
       <w:r w:rsidR="00D37BB6" w:rsidRPr="00D37BB6">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>grūtniecēm un nedēļniecēm</w:t>
       </w:r>
       <w:r w:rsidR="00D37BB6">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>;</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="427947C8" w14:textId="0AEE293D" w:rsidR="00D37BB6" w:rsidRDefault="00D37BB6" w:rsidP="00D15FEC">
+    <w:p w14:paraId="76AD29D1" w14:textId="2C0480DB" w:rsidR="003302FB" w:rsidRDefault="00D37BB6" w:rsidP="00B36DA1">
       <w:pPr>
         <w:ind w:left="1440"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">5. kolonnā </w:t>
       </w:r>
       <w:r w:rsidRPr="00826D34">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
@@ -2788,51 +2801,51 @@
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> veselības aprūpe mājās</w:t>
       </w:r>
       <w:r w:rsidRPr="00826D34">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>”</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> norāda apmeklējumu skaitu veselības aprūpes mājās.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="76AD29D1" w14:textId="77777777" w:rsidR="003302FB" w:rsidRPr="00D15FEC" w:rsidRDefault="003302FB" w:rsidP="00D15FEC">
+    <w:p w14:paraId="21381B18" w14:textId="77777777" w:rsidR="00B36DA1" w:rsidRPr="00D15FEC" w:rsidRDefault="00B36DA1" w:rsidP="00B36DA1">
       <w:pPr>
         <w:ind w:left="1440"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="518B8441" w14:textId="44D0D26A" w:rsidR="00730306" w:rsidRDefault="00730306" w:rsidP="00730306">
       <w:pPr>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00A90ABC">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
@@ -3574,51 +3587,50 @@
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>”</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="07C36C40" w14:textId="62DBEFB3" w:rsidR="00730306" w:rsidRPr="00411296" w:rsidRDefault="00730306" w:rsidP="00C20E2F">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00411296">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
-        <w:lastRenderedPageBreak/>
         <w:t xml:space="preserve">3.1. tabula </w:t>
       </w:r>
       <w:r w:rsidRPr="00411296">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>„</w:t>
       </w:r>
       <w:r w:rsidRPr="00411296">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
         <w:t>Endoskopijas kabineta darbība</w:t>
       </w:r>
       <w:r w:rsidRPr="00411296">
         <w:rPr>
@@ -3668,50 +3680,51 @@
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> kabineta darbību. </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="50D7688A" w14:textId="0E388CF6" w:rsidR="003C0F6D" w:rsidRDefault="003C56B9" w:rsidP="003C0F6D">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:firstLine="720"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
+        <w:lastRenderedPageBreak/>
         <w:t>Tabulas 1. ri</w:t>
       </w:r>
       <w:r w:rsidR="001C34A0">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">ndā norāda visas endoskopijas kopā. </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="0A752812" w14:textId="558A16E8" w:rsidR="003C0F6D" w:rsidRDefault="00761614" w:rsidP="003C0F6D">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:firstLine="720"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
@@ -5186,82 +5199,95 @@
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>ot</w:t>
       </w:r>
       <w:r w:rsidR="003C56B9" w:rsidRPr="00761614">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> arī izmeklējumus, kas veikti stacionāra ambulatorajā nodaļā, t.sk. pacientiem, kas ir stacionāra pacienti</w:t>
       </w:r>
       <w:r w:rsidR="00DE4B0D" w:rsidRPr="00761614">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="787E754E" w14:textId="77777777" w:rsidR="00DE4B0D" w:rsidRPr="00DE4B0D" w:rsidRDefault="00DE4B0D" w:rsidP="00DE4B0D">
+    <w:p w14:paraId="787E754E" w14:textId="77777777" w:rsidR="00DE4B0D" w:rsidRDefault="00DE4B0D" w:rsidP="00DE4B0D">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
+    <w:p w14:paraId="15DD6ACA" w14:textId="77777777" w:rsidR="00254141" w:rsidRPr="00DE4B0D" w:rsidRDefault="00254141" w:rsidP="00DE4B0D">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
     <w:p w14:paraId="4FA1D2F9" w14:textId="3D7329B1" w:rsidR="00730306" w:rsidRDefault="00730306" w:rsidP="00C20E2F">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00100727">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
+        <w:lastRenderedPageBreak/>
         <w:t xml:space="preserve">3.3. tabula </w:t>
       </w:r>
       <w:r w:rsidRPr="00100727">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>„</w:t>
       </w:r>
       <w:r w:rsidRPr="00100727">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
         <w:t>Laboratorijas</w:t>
       </w:r>
       <w:r w:rsidRPr="00730306">
         <w:rPr>
@@ -6492,51 +6518,50 @@
         <w:t>;</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="74EA1361" w14:textId="0975DAF4" w:rsidR="00100727" w:rsidRDefault="00100727" w:rsidP="00E6624E">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="18"/>
         </w:numPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:lastRenderedPageBreak/>
         <w:t xml:space="preserve">kolonnā </w:t>
       </w:r>
       <w:r w:rsidRPr="00826D34">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>„</w:t>
       </w:r>
       <w:r w:rsidRPr="00100727">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Autologā eritrocītu masa</w:t>
       </w:r>
       <w:r w:rsidRPr="00826D34">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
@@ -7900,91 +7925,98 @@
         <w:t xml:space="preserve"> 17 gadiem.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="26254AC9" w14:textId="5935C410" w:rsidR="007122F1" w:rsidRPr="002B650B" w:rsidRDefault="007122F1" w:rsidP="007122F1">
       <w:pPr>
         <w:ind w:firstLine="720"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:sectPr w:rsidR="007122F1" w:rsidRPr="002B650B">
       <w:pgSz w:w="11906" w:h="16838"/>
       <w:pgMar w:top="1440" w:right="1800" w:bottom="1440" w:left="1800" w:header="708" w:footer="708" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
-<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E0002AFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="Arial">
+    <w:panose1 w:val="020B0604020202020204"/>
+    <w:charset w:val="00"/>
+    <w:family w:val="swiss"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Tahoma">
     <w:panose1 w:val="020B0604030504040204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E1002EFF" w:usb1="C000605B" w:usb2="00000029" w:usb3="00000000" w:csb0="000101FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Cambria">
     <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00006FF" w:usb1="420024FF" w:usb2="02000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="079F1A60"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="277AB9BE"/>
     <w:lvl w:ilvl="0" w:tplc="0426000F">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04260019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
@@ -10569,302 +10601,303 @@
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="04260019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0426001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:num w:numId="1">
+  <w:num w:numId="1" w16cid:durableId="1303584295">
     <w:abstractNumId w:val="1"/>
   </w:num>
-  <w:num w:numId="2">
+  <w:num w:numId="2" w16cid:durableId="651182184">
     <w:abstractNumId w:val="17"/>
   </w:num>
-  <w:num w:numId="3">
+  <w:num w:numId="3" w16cid:durableId="419369701">
     <w:abstractNumId w:val="14"/>
   </w:num>
-  <w:num w:numId="4">
+  <w:num w:numId="4" w16cid:durableId="933703611">
     <w:abstractNumId w:val="21"/>
   </w:num>
-  <w:num w:numId="5">
+  <w:num w:numId="5" w16cid:durableId="329257926">
     <w:abstractNumId w:val="0"/>
   </w:num>
-  <w:num w:numId="6">
+  <w:num w:numId="6" w16cid:durableId="728961149">
     <w:abstractNumId w:val="8"/>
   </w:num>
-  <w:num w:numId="7">
+  <w:num w:numId="7" w16cid:durableId="754592546">
     <w:abstractNumId w:val="26"/>
   </w:num>
-  <w:num w:numId="8">
+  <w:num w:numId="8" w16cid:durableId="1493178013">
     <w:abstractNumId w:val="6"/>
   </w:num>
-  <w:num w:numId="9">
+  <w:num w:numId="9" w16cid:durableId="1956134195">
     <w:abstractNumId w:val="13"/>
   </w:num>
-  <w:num w:numId="10">
+  <w:num w:numId="10" w16cid:durableId="1498619464">
     <w:abstractNumId w:val="16"/>
   </w:num>
-  <w:num w:numId="11">
+  <w:num w:numId="11" w16cid:durableId="1446386135">
     <w:abstractNumId w:val="5"/>
   </w:num>
-  <w:num w:numId="12">
+  <w:num w:numId="12" w16cid:durableId="1146554801">
     <w:abstractNumId w:val="27"/>
   </w:num>
-  <w:num w:numId="13">
+  <w:num w:numId="13" w16cid:durableId="179852432">
     <w:abstractNumId w:val="4"/>
   </w:num>
-  <w:num w:numId="14">
+  <w:num w:numId="14" w16cid:durableId="842939251">
     <w:abstractNumId w:val="3"/>
   </w:num>
-  <w:num w:numId="15">
+  <w:num w:numId="15" w16cid:durableId="89618930">
     <w:abstractNumId w:val="28"/>
   </w:num>
-  <w:num w:numId="16">
+  <w:num w:numId="16" w16cid:durableId="414133857">
     <w:abstractNumId w:val="18"/>
   </w:num>
-  <w:num w:numId="17">
+  <w:num w:numId="17" w16cid:durableId="1224294084">
     <w:abstractNumId w:val="20"/>
   </w:num>
-  <w:num w:numId="18">
+  <w:num w:numId="18" w16cid:durableId="273291263">
     <w:abstractNumId w:val="12"/>
   </w:num>
-  <w:num w:numId="19">
+  <w:num w:numId="19" w16cid:durableId="1807627075">
     <w:abstractNumId w:val="7"/>
   </w:num>
-  <w:num w:numId="20">
+  <w:num w:numId="20" w16cid:durableId="120467282">
     <w:abstractNumId w:val="25"/>
   </w:num>
-  <w:num w:numId="21">
+  <w:num w:numId="21" w16cid:durableId="1695115046">
     <w:abstractNumId w:val="10"/>
   </w:num>
-  <w:num w:numId="22">
+  <w:num w:numId="22" w16cid:durableId="604654071">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="23">
+  <w:num w:numId="23" w16cid:durableId="486633605">
     <w:abstractNumId w:val="23"/>
   </w:num>
-  <w:num w:numId="24">
+  <w:num w:numId="24" w16cid:durableId="1661931250">
     <w:abstractNumId w:val="19"/>
   </w:num>
-  <w:num w:numId="25">
+  <w:num w:numId="25" w16cid:durableId="1755590811">
     <w:abstractNumId w:val="15"/>
   </w:num>
-  <w:num w:numId="26">
+  <w:num w:numId="26" w16cid:durableId="1980306349">
     <w:abstractNumId w:val="9"/>
   </w:num>
-  <w:num w:numId="27">
+  <w:num w:numId="27" w16cid:durableId="2067989841">
     <w:abstractNumId w:val="24"/>
   </w:num>
-  <w:num w:numId="28">
+  <w:num w:numId="28" w16cid:durableId="1419671877">
     <w:abstractNumId w:val="11"/>
   </w:num>
-  <w:num w:numId="29">
+  <w:num w:numId="29" w16cid:durableId="1119691187">
     <w:abstractNumId w:val="22"/>
-    <w:lvlOverride w:ilvl="0"/>
-[...7 lines deleted...]
-    <w:lvlOverride w:ilvl="8"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
-  <w:zoom w:percent="100"/>
+<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
+  <w:zoom w:percent="70"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="720"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:compat>
-    <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="14"/>
+    <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
-    <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
+    <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
+    <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="000866E0"/>
     <w:rsid w:val="0000339A"/>
     <w:rsid w:val="00014EFD"/>
     <w:rsid w:val="0004065B"/>
     <w:rsid w:val="0004175D"/>
     <w:rsid w:val="00041F71"/>
     <w:rsid w:val="00041FE4"/>
     <w:rsid w:val="00066C5D"/>
     <w:rsid w:val="0007335F"/>
     <w:rsid w:val="000866E0"/>
     <w:rsid w:val="0009637B"/>
     <w:rsid w:val="000A0281"/>
     <w:rsid w:val="000A154F"/>
     <w:rsid w:val="000D51EC"/>
     <w:rsid w:val="000E5B98"/>
     <w:rsid w:val="000F2D4A"/>
     <w:rsid w:val="000F6700"/>
     <w:rsid w:val="00100727"/>
     <w:rsid w:val="00104760"/>
     <w:rsid w:val="00105B53"/>
     <w:rsid w:val="00107584"/>
     <w:rsid w:val="0016296F"/>
     <w:rsid w:val="0019757F"/>
     <w:rsid w:val="00197A9A"/>
     <w:rsid w:val="001A11BF"/>
     <w:rsid w:val="001C1213"/>
     <w:rsid w:val="001C34A0"/>
     <w:rsid w:val="001C5F60"/>
     <w:rsid w:val="001C69F4"/>
     <w:rsid w:val="00246840"/>
+    <w:rsid w:val="00254141"/>
     <w:rsid w:val="00266FFC"/>
     <w:rsid w:val="002701A2"/>
     <w:rsid w:val="00281D4A"/>
     <w:rsid w:val="002857CE"/>
     <w:rsid w:val="002861CB"/>
     <w:rsid w:val="002B2055"/>
     <w:rsid w:val="002B650B"/>
     <w:rsid w:val="003012DD"/>
     <w:rsid w:val="0031098B"/>
     <w:rsid w:val="0031631D"/>
     <w:rsid w:val="003302FB"/>
     <w:rsid w:val="0033449C"/>
+    <w:rsid w:val="00351835"/>
     <w:rsid w:val="00371FBD"/>
     <w:rsid w:val="003809C0"/>
     <w:rsid w:val="00395C9A"/>
     <w:rsid w:val="003A0997"/>
     <w:rsid w:val="003A1FBE"/>
     <w:rsid w:val="003B3104"/>
     <w:rsid w:val="003B702B"/>
     <w:rsid w:val="003C0F6D"/>
     <w:rsid w:val="003C56B9"/>
     <w:rsid w:val="003E67F1"/>
     <w:rsid w:val="003F54AF"/>
     <w:rsid w:val="0040341C"/>
     <w:rsid w:val="00411296"/>
     <w:rsid w:val="004352C4"/>
     <w:rsid w:val="00442C1A"/>
     <w:rsid w:val="00460CE6"/>
+    <w:rsid w:val="00461E15"/>
     <w:rsid w:val="004678AD"/>
     <w:rsid w:val="00470D83"/>
     <w:rsid w:val="004A79D1"/>
     <w:rsid w:val="004D3A08"/>
     <w:rsid w:val="004E13E1"/>
     <w:rsid w:val="004F0710"/>
     <w:rsid w:val="00524EE0"/>
     <w:rsid w:val="005251B1"/>
     <w:rsid w:val="00534900"/>
     <w:rsid w:val="0053706D"/>
     <w:rsid w:val="005373AB"/>
     <w:rsid w:val="00544405"/>
     <w:rsid w:val="005508DD"/>
     <w:rsid w:val="00572C7D"/>
     <w:rsid w:val="00574BB9"/>
     <w:rsid w:val="005832BA"/>
     <w:rsid w:val="00586010"/>
     <w:rsid w:val="00586DEF"/>
     <w:rsid w:val="005B5953"/>
     <w:rsid w:val="005C09BB"/>
     <w:rsid w:val="005D0AF7"/>
     <w:rsid w:val="005D46EE"/>
     <w:rsid w:val="005E2D74"/>
     <w:rsid w:val="005F4832"/>
     <w:rsid w:val="00624141"/>
     <w:rsid w:val="00645F32"/>
     <w:rsid w:val="00663AE6"/>
     <w:rsid w:val="006641CE"/>
     <w:rsid w:val="00664341"/>
     <w:rsid w:val="006C0F9C"/>
     <w:rsid w:val="006C4F4E"/>
     <w:rsid w:val="006C61A7"/>
     <w:rsid w:val="006D2515"/>
     <w:rsid w:val="006E4842"/>
     <w:rsid w:val="007122F1"/>
+    <w:rsid w:val="00716C10"/>
     <w:rsid w:val="00730306"/>
     <w:rsid w:val="00732CA4"/>
     <w:rsid w:val="00741161"/>
     <w:rsid w:val="00751017"/>
     <w:rsid w:val="00761614"/>
     <w:rsid w:val="007716D2"/>
+    <w:rsid w:val="00786F1C"/>
     <w:rsid w:val="007A5A72"/>
     <w:rsid w:val="007A711B"/>
     <w:rsid w:val="007D4A50"/>
     <w:rsid w:val="007D729D"/>
     <w:rsid w:val="007E30DE"/>
+    <w:rsid w:val="008159AF"/>
     <w:rsid w:val="00817974"/>
     <w:rsid w:val="00826D34"/>
     <w:rsid w:val="00842A56"/>
     <w:rsid w:val="0084509E"/>
     <w:rsid w:val="00863C9A"/>
+    <w:rsid w:val="008656AC"/>
     <w:rsid w:val="00894EDB"/>
     <w:rsid w:val="008B69ED"/>
     <w:rsid w:val="008B6BFF"/>
     <w:rsid w:val="008E3942"/>
     <w:rsid w:val="008F0B78"/>
     <w:rsid w:val="00922CFF"/>
     <w:rsid w:val="00941C15"/>
     <w:rsid w:val="00967E5E"/>
     <w:rsid w:val="00975429"/>
     <w:rsid w:val="009762F6"/>
     <w:rsid w:val="00977E70"/>
     <w:rsid w:val="009950A7"/>
     <w:rsid w:val="009972CE"/>
     <w:rsid w:val="009F104C"/>
     <w:rsid w:val="00A25E81"/>
     <w:rsid w:val="00A326B9"/>
     <w:rsid w:val="00A537A3"/>
     <w:rsid w:val="00A876DB"/>
     <w:rsid w:val="00A90ABC"/>
     <w:rsid w:val="00AB37F8"/>
     <w:rsid w:val="00B05023"/>
     <w:rsid w:val="00B06F8D"/>
     <w:rsid w:val="00B25500"/>
     <w:rsid w:val="00B333FC"/>
+    <w:rsid w:val="00B36DA1"/>
     <w:rsid w:val="00B62133"/>
     <w:rsid w:val="00B76A03"/>
     <w:rsid w:val="00B91180"/>
     <w:rsid w:val="00B96A93"/>
     <w:rsid w:val="00BA60DB"/>
     <w:rsid w:val="00BA7B9E"/>
+    <w:rsid w:val="00BB6DB8"/>
     <w:rsid w:val="00C12358"/>
     <w:rsid w:val="00C1740D"/>
     <w:rsid w:val="00C20E2F"/>
     <w:rsid w:val="00C30A5D"/>
     <w:rsid w:val="00C34562"/>
     <w:rsid w:val="00C35DE8"/>
     <w:rsid w:val="00C41112"/>
     <w:rsid w:val="00C52533"/>
     <w:rsid w:val="00C67DB9"/>
     <w:rsid w:val="00C82EA3"/>
     <w:rsid w:val="00C91076"/>
     <w:rsid w:val="00C95653"/>
     <w:rsid w:val="00CA6741"/>
     <w:rsid w:val="00CD4D17"/>
     <w:rsid w:val="00CE7752"/>
     <w:rsid w:val="00CF4E4D"/>
     <w:rsid w:val="00CF4FF9"/>
     <w:rsid w:val="00D0005E"/>
     <w:rsid w:val="00D06A50"/>
     <w:rsid w:val="00D15FEC"/>
     <w:rsid w:val="00D2729C"/>
     <w:rsid w:val="00D33146"/>
     <w:rsid w:val="00D37BB6"/>
     <w:rsid w:val="00D759AE"/>
     <w:rsid w:val="00D933EB"/>
@@ -10882,67 +10915,67 @@
     <w:rsid w:val="00EE7B30"/>
     <w:rsid w:val="00F06346"/>
     <w:rsid w:val="00F07280"/>
     <w:rsid w:val="00F22FF7"/>
     <w:rsid w:val="00F4043A"/>
     <w:rsid w:val="00F668DB"/>
     <w:rsid w:val="00F73129"/>
     <w:rsid w:val="00F87E24"/>
     <w:rsid w:val="00F90DEE"/>
     <w:rsid w:val="00FA1E29"/>
     <w:rsid w:val="00FE3D48"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
-  <w:themeFontLang w:val="lv-LV"/>
+  <w:themeFontLang w:val="lv-LV" w:bidi="ar-SA"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="1026"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
-  <w:decimalSymbol w:val=","/>
-  <w:listSeparator w:val=";"/>
+  <w:decimalSymbol w:val="."/>
+  <w:listSeparator w:val=","/>
   <w14:docId w14:val="53DD187F"/>
   <w15:docId w15:val="{AE3831D5-5E5B-411F-B44D-696062D84524}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="lv-LV" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 8" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
@@ -11069,51 +11102,51 @@
     <w:lsdException w:name="Table Grid 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table 3D effects 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table 3D effects 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table 3D effects 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Contemporary" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Elegant" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Professional" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Subtle 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Subtle 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Web 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Web 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Web 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Balloon Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
-    <w:lsdException w:name="Table Grid" w:semiHidden="1" w:uiPriority="59" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid" w:uiPriority="59"/>
     <w:lsdException w:name="Table Theme" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Placeholder Text" w:semiHidden="1"/>
     <w:lsdException w:name="No Spacing" w:uiPriority="1" w:qFormat="1"/>
     <w:lsdException w:name="Light Shading" w:uiPriority="60"/>
     <w:lsdException w:name="Light List" w:uiPriority="61"/>
     <w:lsdException w:name="Light Grid" w:uiPriority="62"/>
     <w:lsdException w:name="Medium Shading 1" w:uiPriority="63"/>
     <w:lsdException w:name="Medium Shading 2" w:uiPriority="64"/>
     <w:lsdException w:name="Medium List 1" w:uiPriority="65"/>
     <w:lsdException w:name="Medium List 2" w:uiPriority="66"/>
     <w:lsdException w:name="Medium Grid 1" w:uiPriority="67"/>
     <w:lsdException w:name="Medium Grid 2" w:uiPriority="68"/>
     <w:lsdException w:name="Medium Grid 3" w:uiPriority="69"/>
     <w:lsdException w:name="Dark List" w:uiPriority="70"/>
     <w:lsdException w:name="Colorful Shading" w:uiPriority="71"/>
     <w:lsdException w:name="Colorful List" w:uiPriority="72"/>
     <w:lsdException w:name="Colorful Grid" w:uiPriority="73"/>
     <w:lsdException w:name="Light Shading Accent 1" w:uiPriority="60"/>
     <w:lsdException w:name="Light List Accent 1" w:uiPriority="61"/>
     <w:lsdException w:name="Light Grid Accent 1" w:uiPriority="62"/>
     <w:lsdException w:name="Medium Shading 1 Accent 1" w:uiPriority="63"/>
     <w:lsdException w:name="Medium Shading 2 Accent 1" w:uiPriority="64"/>
     <w:lsdException w:name="Medium List 1 Accent 1" w:uiPriority="65"/>
     <w:lsdException w:name="Revision" w:semiHidden="1"/>
     <w:lsdException w:name="List Paragraph" w:uiPriority="34" w:qFormat="1"/>
@@ -11479,51 +11512,51 @@
         <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
       </w:tblBorders>
     </w:tblPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="xxmsonormal">
     <w:name w:val="x_xmsonormal"/>
     <w:basedOn w:val="Normal"/>
     <w:rsid w:val="00104760"/>
     <w:pPr>
       <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:divs>
     <w:div w:id="62067479">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="289359850">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
@@ -11910,71 +11943,77 @@
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
 <b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APA.XSL" StyleName="APA"/>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{9DDA9817-5B9C-402D-8DA8-43B066E64D46}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
+<file path=docMetadata/LabelInfo.xml><?xml version="1.0" encoding="utf-8"?>
+<clbl:labelList xmlns:clbl="http://schemas.microsoft.com/office/2020/mipLabelMetadata">
+  <clbl:label id="{dbc9012d-628b-43d4-b190-8a730f7e1e96}" enabled="0" method="" siteId="{dbc9012d-628b-43d4-b190-8a730f7e1e96}" removed="1"/>
+</clbl:labelList>
+</file>
+
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
-  <Template>Normal.dotm</Template>
+  <Template>Normal</Template>
   <TotalTime></TotalTime>
   <Pages>6</Pages>
-  <Words>1853</Words>
-  <Characters>10564</Characters>
+  <Words>1822</Words>
+  <Characters>10387</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>88</Lines>
+  <Lines>86</Lines>
   <Paragraphs>24</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Title</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>12393</CharactersWithSpaces>
+  <CharactersWithSpaces>12185</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>Alise Bāliņa</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>