--- v0 (2025-10-10)
+++ v1 (2025-12-16)
@@ -1,659 +1,600 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="bin" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.printerSettings"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
-  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="29029"/>
+  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="29231"/>
   <workbookPr defaultThemeVersion="166925"/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
       <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="https://veselibasministrija-my.sharepoint.com/personal/linda_krauze_spkc_gov_lv/Documents/Desktop/Veidlapas/Covid-19_vakcīnas/"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="633" documentId="8_{FB1589DA-D73E-4D3F-9C6C-2FD0FFC2654D}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{13C19A3A-5BCC-4146-BF70-DFECA283C835}"/>
+  <xr:revisionPtr revIDLastSave="903" documentId="8_{FB1589DA-D73E-4D3F-9C6C-2FD0FFC2654D}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{B67A98D7-F0F6-4366-9DBC-31CEE92D7D9C}"/>
   <bookViews>
-    <workbookView xWindow="-110" yWindow="-110" windowWidth="19420" windowHeight="10420" xr2:uid="{36A12D90-CC4B-46EB-BFF0-FBDA4AEFFE4E}"/>
+    <workbookView xWindow="-120" yWindow="-120" windowWidth="29040" windowHeight="15840" xr2:uid="{36A12D90-CC4B-46EB-BFF0-FBDA4AEFFE4E}"/>
   </bookViews>
   <sheets>
     <sheet name="Sheet2" sheetId="2" r:id="rId1"/>
   </sheets>
   <calcPr calcId="191029"/>
   <extLst>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{140A7094-0E35-4892-8432-C4D2E57EDEB5}">
       <x15:workbookPr chartTrackingRefBase="1"/>
     </ext>
     <ext xmlns:xcalcf="http://schemas.microsoft.com/office/spreadsheetml/2018/calcfeatures" uri="{B58B0392-4F1F-4190-BB64-5DF3571DCE5F}">
       <xcalcf:calcFeatures>
         <xcalcf:feature name="microsoft.com:RD"/>
         <xcalcf:feature name="microsoft.com:Single"/>
         <xcalcf:feature name="microsoft.com:FV"/>
         <xcalcf:feature name="microsoft.com:CNMTM"/>
         <xcalcf:feature name="microsoft.com:LET_WF"/>
         <xcalcf:feature name="microsoft.com:LAMBDA_WF"/>
       </xcalcf:calcFeatures>
     </ext>
   </extLst>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="27" uniqueCount="27">
   <si>
     <t>Mēnesis </t>
   </si>
   <si>
-    <t>Covid-19 vakcīnu pasūtījumu piegāžu datumi</t>
-[...31 lines deleted...]
-  <si>
     <t>Piegādes nedēļa</t>
   </si>
   <si>
-    <t>35.nedēļa</t>
-[...37 lines deleted...]
-  <si>
     <t>Iestādes iesūta E-veselībā Covid-19 pasūtījumus līdz:</t>
+  </si>
+  <si>
+    <t>Novembris</t>
+  </si>
+  <si>
+    <t>Decembris</t>
+  </si>
+  <si>
+    <r>
+      <t xml:space="preserve">Covid-19 vakcīnu pasūtījumu piegāžu datumi </t>
+    </r>
+    <r>
+      <rPr>
+        <b/>
+        <i/>
+        <sz val="11"/>
+        <color rgb="FF000000"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+      </rPr>
+      <t>(pirmdienās/otrdienās)</t>
+    </r>
+  </si>
+  <si>
+    <t>46.nedēļa</t>
+  </si>
+  <si>
+    <t>48.nedēļa</t>
+  </si>
+  <si>
+    <t>50.nedēļa</t>
+  </si>
+  <si>
+    <t>10.11.2025.</t>
+  </si>
+  <si>
+    <t>11.11.2025.</t>
+  </si>
+  <si>
+    <t>19.11.2025.</t>
+  </si>
+  <si>
+    <t>24.11.2025.</t>
+  </si>
+  <si>
+    <t>25.11.2025.</t>
+  </si>
+  <si>
+    <t>03.12.2025.</t>
+  </si>
+  <si>
+    <t>08.12.2025.</t>
+  </si>
+  <si>
+    <t>09.12.2025.</t>
+  </si>
+  <si>
+    <t>17.12.2025.</t>
+  </si>
+  <si>
+    <t>22.12.2025.</t>
+  </si>
+  <si>
+    <t>23.12.2025.</t>
+  </si>
+  <si>
+    <t>52.nedēļa</t>
+  </si>
+  <si>
+    <t>05.11.2025.</t>
+  </si>
+  <si>
+    <t>07.01.2026.</t>
+  </si>
+  <si>
+    <t>12.01.2026.</t>
+  </si>
+  <si>
+    <t>13.01.2026.</t>
+  </si>
+  <si>
+    <t>2.nedēļa</t>
+  </si>
+  <si>
+    <t>Janvāris</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
-  <fonts count="3" x14ac:knownFonts="1">
+  <fonts count="4" x14ac:knownFonts="1">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <charset val="186"/>
       <scheme val="minor"/>
     </font>
     <font>
       <b/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
       <family val="2"/>
     </font>
     <font>
       <b/>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
+    <font>
+      <b/>
+      <i/>
+      <sz val="11"/>
+      <color rgb="FF000000"/>
+      <name val="Calibri"/>
+      <family val="2"/>
+    </font>
   </fonts>
-  <fills count="2">
+  <fills count="3">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
+    <fill>
+      <patternFill patternType="solid">
+        <fgColor rgb="FFFFFF00"/>
+        <bgColor indexed="64"/>
+      </patternFill>
+    </fill>
   </fills>
-  <borders count="28">
+  <borders count="22">
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
     <border>
       <left style="medium">
         <color indexed="64"/>
       </left>
       <right style="medium">
         <color indexed="64"/>
       </right>
       <top style="thin">
         <color indexed="64"/>
       </top>
       <bottom style="medium">
         <color indexed="64"/>
       </bottom>
       <diagonal/>
     </border>
     <border>
       <left style="medium">
         <color indexed="64"/>
       </left>
       <right style="medium">
         <color indexed="64"/>
       </right>
       <top style="medium">
         <color indexed="64"/>
       </top>
       <bottom style="thin">
         <color indexed="64"/>
       </bottom>
       <diagonal/>
     </border>
     <border>
-      <left style="medium">
-[...13 lines deleted...]
-    <border>
       <left/>
       <right style="thin">
         <color indexed="64"/>
       </right>
       <top style="medium">
         <color indexed="64"/>
       </top>
       <bottom style="thin">
         <color indexed="64"/>
       </bottom>
       <diagonal/>
     </border>
     <border>
+      <left style="medium">
+        <color indexed="64"/>
+      </left>
+      <right style="medium">
+        <color indexed="64"/>
+      </right>
+      <top style="medium">
+        <color indexed="64"/>
+      </top>
+      <bottom/>
+      <diagonal/>
+    </border>
+    <border>
+      <left style="medium">
+        <color indexed="64"/>
+      </left>
+      <right/>
+      <top style="medium">
+        <color indexed="64"/>
+      </top>
+      <bottom style="thin">
+        <color indexed="64"/>
+      </bottom>
+      <diagonal/>
+    </border>
+    <border>
+      <left style="medium">
+        <color indexed="64"/>
+      </left>
+      <right/>
+      <top style="thin">
+        <color indexed="64"/>
+      </top>
+      <bottom style="medium">
+        <color indexed="64"/>
+      </bottom>
+      <diagonal/>
+    </border>
+    <border>
       <left/>
       <right style="thin">
         <color indexed="64"/>
       </right>
       <top style="thin">
         <color indexed="64"/>
       </top>
       <bottom style="medium">
         <color indexed="64"/>
       </bottom>
       <diagonal/>
     </border>
     <border>
+      <left style="thin">
+        <color indexed="64"/>
+      </left>
+      <right/>
+      <top style="thin">
+        <color indexed="64"/>
+      </top>
+      <bottom style="medium">
+        <color indexed="64"/>
+      </bottom>
+      <diagonal/>
+    </border>
+    <border>
+      <left style="medium">
+        <color indexed="64"/>
+      </left>
+      <right style="medium">
+        <color indexed="64"/>
+      </right>
+      <top style="medium">
+        <color indexed="64"/>
+      </top>
+      <bottom style="medium">
+        <color indexed="64"/>
+      </bottom>
+      <diagonal/>
+    </border>
+    <border>
+      <left style="medium">
+        <color indexed="64"/>
+      </left>
+      <right/>
+      <top style="medium">
+        <color indexed="64"/>
+      </top>
+      <bottom style="medium">
+        <color indexed="64"/>
+      </bottom>
+      <diagonal/>
+    </border>
+    <border>
       <left/>
       <right style="thin">
         <color indexed="64"/>
       </right>
       <top style="medium">
         <color indexed="64"/>
       </top>
       <bottom style="medium">
         <color indexed="64"/>
       </bottom>
       <diagonal/>
     </border>
     <border>
+      <left style="thin">
+        <color indexed="64"/>
+      </left>
+      <right/>
+      <top style="medium">
+        <color indexed="64"/>
+      </top>
+      <bottom style="medium">
+        <color indexed="64"/>
+      </bottom>
+      <diagonal/>
+    </border>
+    <border>
       <left style="medium">
         <color indexed="64"/>
       </left>
       <right style="medium">
         <color indexed="64"/>
       </right>
       <top/>
-      <bottom style="thin">
-[...26 lines deleted...]
-      </top>
       <bottom/>
       <diagonal/>
     </border>
     <border>
       <left/>
       <right style="thin">
         <color indexed="64"/>
       </right>
-      <top style="thin">
+      <top style="medium">
         <color indexed="64"/>
       </top>
       <bottom/>
       <diagonal/>
     </border>
     <border>
-      <left style="medium">
+      <left style="thin">
         <color indexed="64"/>
       </left>
       <right/>
       <top style="medium">
         <color indexed="64"/>
       </top>
       <bottom/>
       <diagonal/>
     </border>
     <border>
-      <left style="medium">
-[...9 lines deleted...]
-    <border>
       <left style="thin">
         <color indexed="64"/>
       </left>
-      <right/>
-[...3 lines deleted...]
-      <bottom style="medium">
+      <right style="medium">
+        <color indexed="64"/>
+      </right>
+      <top style="medium">
+        <color indexed="64"/>
+      </top>
+      <bottom style="thin">
         <color indexed="64"/>
       </bottom>
       <diagonal/>
     </border>
     <border>
       <left style="thin">
         <color indexed="64"/>
       </left>
-      <right/>
-[...35 lines deleted...]
-      </left>
       <right style="medium">
         <color indexed="64"/>
       </right>
-      <top style="medium">
-[...91 lines deleted...]
-      <right/>
       <top style="thin">
         <color indexed="64"/>
       </top>
       <bottom style="medium">
         <color indexed="64"/>
       </bottom>
       <diagonal/>
     </border>
     <border>
       <left/>
       <right style="medium">
         <color indexed="64"/>
       </right>
       <top style="medium">
         <color indexed="64"/>
       </top>
       <bottom style="thin">
         <color indexed="64"/>
       </bottom>
       <diagonal/>
     </border>
     <border>
       <left/>
       <right style="medium">
         <color indexed="64"/>
       </right>
       <top style="thin">
         <color indexed="64"/>
       </top>
       <bottom style="medium">
         <color indexed="64"/>
       </bottom>
       <diagonal/>
     </border>
     <border>
-      <left style="medium">
+      <left style="thin">
         <color indexed="64"/>
       </left>
       <right style="medium">
         <color indexed="64"/>
       </right>
-      <top/>
+      <top style="medium">
+        <color indexed="64"/>
+      </top>
+      <bottom style="medium">
+        <color indexed="64"/>
+      </bottom>
+      <diagonal/>
+    </border>
+    <border>
+      <left/>
+      <right style="medium">
+        <color indexed="64"/>
+      </right>
+      <top style="medium">
+        <color indexed="64"/>
+      </top>
       <bottom style="medium">
         <color indexed="64"/>
       </bottom>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
-  <cellXfs count="32">
+  <cellXfs count="28">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
-    <xf numFmtId="0" fontId="1" fillId="0" borderId="8" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="2" xfId="0" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="3" xfId="0" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="10" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="1" fillId="0" borderId="3" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="9" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="2" fillId="0" borderId="12" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
-[...8 lines deleted...]
-    <xf numFmtId="0" fontId="1" fillId="0" borderId="6" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="9" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="2" borderId="1" xfId="0" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="2" borderId="7" xfId="0" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="2" borderId="8" xfId="0" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="1" fillId="0" borderId="13" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="4" xfId="0" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="14" xfId="0" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="15" xfId="0" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="16" xfId="0" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="17" xfId="0" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="7" xfId="0" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="1" xfId="0" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="18" xfId="0" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="19" xfId="0" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="11" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="0" fillId="0" borderId="1" xfId="0" applyBorder="1" applyAlignment="1">
-[...38 lines deleted...]
-    <xf numFmtId="0" fontId="0" fillId="0" borderId="14" xfId="0" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="12" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="13" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="5" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="6" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="10" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="9" xfId="0" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="11" xfId="0" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="20" xfId="0" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="0" fillId="0" borderId="22" xfId="0" applyFill="1" applyBorder="1" applyAlignment="1">
-[...4 lines deleted...]
-    </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="21" xfId="0" applyFill="1" applyBorder="1" applyAlignment="1">
-      <alignment horizontal="center" vertical="center"/>
-[...16 lines deleted...]
-    <xf numFmtId="0" fontId="2" fillId="0" borderId="27" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles count="0" defaultTableStyle="TableStyleMedium2" defaultPivotStyle="PivotStyleLight16"/>
   <extLst>
     <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{EB79DEF2-80B8-43e5-95BD-54CBDDF9020C}">
       <x14:slicerStyles defaultSlicerStyle="SlicerStyleLight1"/>
     </ext>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{9260A510-F301-46a8-8635-F512D64BE5F5}">
       <x15:timelineStyles defaultTimelineStyle="TimeSlicerStyleLight1"/>
     </ext>
   </extLst>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/></Relationships>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office 2013 - 2022 Theme">
@@ -934,169 +875,166 @@
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office 2013 - 2022 Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{8AE21B3B-381F-40A2-A596-DC2EAE9774B3}">
-  <dimension ref="B1:F8"/>
+  <dimension ref="C1:G7"/>
   <sheetViews>
-    <sheetView tabSelected="1" zoomScaleNormal="100" workbookViewId="0">
-      <selection activeCell="C3" sqref="C3"/>
+    <sheetView tabSelected="1" topLeftCell="B1" zoomScaleNormal="100" workbookViewId="0">
+      <selection activeCell="C2" sqref="C2:G7"/>
     </sheetView>
   </sheetViews>
-  <sheetFormatPr defaultRowHeight="14.5" x14ac:dyDescent="0.35"/>
+  <sheetFormatPr defaultRowHeight="15" x14ac:dyDescent="0.25"/>
   <cols>
-    <col min="2" max="2" width="13.54296875" customWidth="1"/>
-[...2 lines deleted...]
-    <col min="6" max="6" width="18" customWidth="1"/>
+    <col min="3" max="3" width="12.5703125" customWidth="1"/>
+    <col min="4" max="4" width="17.140625" customWidth="1"/>
+    <col min="5" max="6" width="13.85546875" customWidth="1"/>
+    <col min="7" max="7" width="15.5703125" customWidth="1"/>
   </cols>
   <sheetData>
-    <row r="1" spans="2:6" ht="15" thickBot="1" x14ac:dyDescent="0.4"/>
-[...1 lines deleted...]
-      <c r="B2" s="1" t="s">
+    <row r="1" spans="3:7" ht="21" customHeight="1" thickBot="1" x14ac:dyDescent="0.3"/>
+    <row r="2" spans="3:7" ht="45.75" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="C2" s="3" t="s">
         <v>0</v>
       </c>
-      <c r="C2" s="2" t="s">
+      <c r="D2" s="4" t="s">
+        <v>2</v>
+      </c>
+      <c r="E2" s="18" t="s">
+        <v>5</v>
+      </c>
+      <c r="F2" s="19"/>
+      <c r="G2" s="5" t="s">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="3" spans="3:7" ht="19.5" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="C3" s="20" t="s">
+        <v>3</v>
+      </c>
+      <c r="D3" s="6" t="s">
+        <v>21</v>
+      </c>
+      <c r="E3" s="7" t="s">
+        <v>9</v>
+      </c>
+      <c r="F3" s="8" t="s">
+        <v>10</v>
+      </c>
+      <c r="G3" s="6" t="s">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="4" spans="3:7" ht="19.5" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="C4" s="20"/>
+      <c r="D4" s="9" t="s">
+        <v>11</v>
+      </c>
+      <c r="E4" s="10" t="s">
+        <v>12</v>
+      </c>
+      <c r="F4" s="11" t="s">
+        <v>13</v>
+      </c>
+      <c r="G4" s="9" t="s">
+        <v>7</v>
+      </c>
+    </row>
+    <row r="5" spans="3:7" ht="19.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="C5" s="21" t="s">
+        <v>4</v>
+      </c>
+      <c r="D5" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E5" s="2" t="s">
+        <v>15</v>
+      </c>
+      <c r="F5" s="12" t="s">
+        <v>16</v>
+      </c>
+      <c r="G5" s="16" t="s">
+        <v>8</v>
+      </c>
+    </row>
+    <row r="6" spans="3:7" ht="19.5" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="C6" s="22"/>
+      <c r="D6" s="15" t="s">
+        <v>17</v>
+      </c>
+      <c r="E6" s="14" t="s">
+        <v>18</v>
+      </c>
+      <c r="F6" s="13" t="s">
+        <v>19</v>
+      </c>
+      <c r="G6" s="17" t="s">
+        <v>20</v>
+      </c>
+    </row>
+    <row r="7" spans="3:7" ht="19.5" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="C7" s="23" t="s">
         <v>26</v>
       </c>
-      <c r="D2" s="6" t="s">
-[...75 lines deleted...]
-      <c r="C7" s="27" t="s">
+      <c r="D7" s="24" t="s">
         <v>22</v>
       </c>
-      <c r="D7" s="25" t="s">
+      <c r="E7" s="25" t="s">
         <v>23</v>
       </c>
-      <c r="E7" s="23" t="s">
+      <c r="F7" s="26" t="s">
         <v>24</v>
       </c>
-      <c r="F7" s="29" t="s">
+      <c r="G7" s="27" t="s">
         <v>25</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="C8" s="17"/>
     </row>
   </sheetData>
   <mergeCells count="3">
-    <mergeCell ref="B6:B7"/>
-[...1 lines deleted...]
-    <mergeCell ref="D2:E2"/>
+    <mergeCell ref="E2:F2"/>
+    <mergeCell ref="C3:C4"/>
+    <mergeCell ref="C5:C6"/>
   </mergeCells>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="9" orientation="portrait" r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Sheet2</vt:lpstr>
     </vt:vector>