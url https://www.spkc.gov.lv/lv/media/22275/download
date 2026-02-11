--- v0 (2025-10-07)
+++ v1 (2026-02-11)
@@ -12,10662 +12,10205 @@
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/word/diagrams/data1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawingml.diagramData+xml"/>
   <Override PartName="/word/diagrams/layout1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawingml.diagramLayout+xml"/>
   <Override PartName="/word/diagrams/quickStyle1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawingml.diagramStyle+xml"/>
   <Override PartName="/word/diagrams/colors1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawingml.diagramColors+xml"/>
   <Override PartName="/word/diagrams/drawing1.xml" ContentType="application/vnd.ms-office.drawingml.diagramDrawing+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
   <Override PartName="/docMetadata/LabelInfo.xml" ContentType="application/vnd.ms-office.classificationlabels+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/><Relationship Id="rId5" Type="http://schemas.microsoft.com/office/2020/02/relationships/classificationlabels" Target="docMetadata/LabelInfo.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
+<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:body>
-    <w:p w14:paraId="6ACF0045" w14:textId="46DCCF7D" w:rsidR="003507B0" w:rsidRPr="00333D9C" w:rsidRDefault="0F838D9E" w:rsidP="00D2113D">
-      <w:pPr>
+    <w:p w14:paraId="6ACF0045" w14:textId="475682E6" w:rsidR="003507B0" w:rsidRPr="00CE4AE4" w:rsidRDefault="0F838D9E" w:rsidP="00CE4AE4">
+      <w:pPr>
+        <w:spacing w:line="276" w:lineRule="auto"/>
+        <w:contextualSpacing/>
         <w:jc w:val="center"/>
         <w:rPr>
+          <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="3050458C">
-        <w:rPr>
+      <w:r w:rsidRPr="00CE4AE4">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>Ieteikumi ārstniecības iestādēm par vakcīnu pasūtījumiem 202</w:t>
       </w:r>
-      <w:r w:rsidR="00124552">
-        <w:rPr>
+      <w:r w:rsidR="00A837A3" w:rsidRPr="00CE4AE4">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
-        <w:t>4</w:t>
-[...2 lines deleted...]
-        <w:rPr>
+        <w:t>6</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CE4AE4">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>. – 202</w:t>
       </w:r>
-      <w:r w:rsidR="00124552">
-        <w:rPr>
+      <w:r w:rsidR="00A837A3" w:rsidRPr="00CE4AE4">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
-        <w:t>5</w:t>
-[...2 lines deleted...]
-        <w:rPr>
+        <w:t>7</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CE4AE4">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>. gadā</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="224A3EB2" w14:textId="77777777" w:rsidR="003507B0" w:rsidRDefault="003507B0" w:rsidP="00D2113D">
-      <w:pPr>
+    <w:p w14:paraId="224A3EB2" w14:textId="77777777" w:rsidR="003507B0" w:rsidRPr="00CE4AE4" w:rsidRDefault="003507B0" w:rsidP="00CE4AE4">
+      <w:pPr>
+        <w:spacing w:line="276" w:lineRule="auto"/>
+        <w:contextualSpacing/>
         <w:jc w:val="center"/>
         <w:rPr>
+          <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
           <w:b/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="1553EE3C" w14:textId="56278289" w:rsidR="003507B0" w:rsidRPr="00333D9C" w:rsidRDefault="0F838D9E" w:rsidP="00D2113D">
-      <w:pPr>
+    <w:p w14:paraId="1553EE3C" w14:textId="2E8AEAF5" w:rsidR="003507B0" w:rsidRPr="00CE4AE4" w:rsidRDefault="0F838D9E" w:rsidP="00CE4AE4">
+      <w:pPr>
+        <w:spacing w:line="276" w:lineRule="auto"/>
+        <w:contextualSpacing/>
         <w:jc w:val="center"/>
         <w:rPr>
+          <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
           <w:b/>
           <w:bCs/>
           <w:i/>
           <w:iCs/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="495F979C">
-        <w:rPr>
+      <w:r w:rsidRPr="00CE4AE4">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
           <w:b/>
           <w:bCs/>
           <w:i/>
           <w:iCs/>
         </w:rPr>
         <w:t xml:space="preserve">Versija </w:t>
       </w:r>
-      <w:r w:rsidR="0056263F">
-        <w:rPr>
+      <w:r w:rsidR="00A837A3" w:rsidRPr="00CE4AE4">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
           <w:b/>
           <w:bCs/>
           <w:i/>
           <w:iCs/>
         </w:rPr>
-        <w:t>2</w:t>
-[...2 lines deleted...]
-        <w:rPr>
+        <w:t>1</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CE4AE4">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
           <w:b/>
           <w:bCs/>
           <w:i/>
           <w:iCs/>
         </w:rPr>
         <w:t xml:space="preserve"> (Aktualizācijas datums – </w:t>
       </w:r>
-      <w:r w:rsidR="0056263F">
-        <w:rPr>
+      <w:r w:rsidR="0087325E" w:rsidRPr="00CE4AE4">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
           <w:b/>
           <w:bCs/>
           <w:i/>
           <w:iCs/>
         </w:rPr>
-        <w:t>12</w:t>
-[...2 lines deleted...]
-        <w:rPr>
+        <w:t>28</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CE4AE4">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
           <w:b/>
           <w:bCs/>
           <w:i/>
           <w:iCs/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
-      <w:r w:rsidR="00124552">
-        <w:rPr>
+      <w:r w:rsidR="00A837A3" w:rsidRPr="00CE4AE4">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
           <w:b/>
           <w:bCs/>
           <w:i/>
           <w:iCs/>
         </w:rPr>
-        <w:t>1</w:t>
-[...2 lines deleted...]
-        <w:rPr>
+        <w:t>01</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CE4AE4">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
           <w:b/>
           <w:bCs/>
           <w:i/>
           <w:iCs/>
         </w:rPr>
-        <w:t>1</w:t>
-[...2 lines deleted...]
-        <w:rPr>
+        <w:t>.202</w:t>
+      </w:r>
+      <w:r w:rsidR="00A837A3" w:rsidRPr="00CE4AE4">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
           <w:b/>
           <w:bCs/>
           <w:i/>
           <w:iCs/>
         </w:rPr>
-        <w:t>.202</w:t>
-[...2 lines deleted...]
-        <w:rPr>
+        <w:t>6</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CE4AE4">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
           <w:b/>
           <w:bCs/>
           <w:i/>
           <w:iCs/>
         </w:rPr>
-        <w:t>4</w:t>
-[...2 lines deleted...]
-        <w:rPr>
+        <w:t>)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4FE736C8" w14:textId="77777777" w:rsidR="003507B0" w:rsidRPr="00CE4AE4" w:rsidRDefault="003507B0" w:rsidP="00CE4AE4">
+      <w:pPr>
+        <w:spacing w:line="276" w:lineRule="auto"/>
+        <w:contextualSpacing/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
           <w:b/>
-          <w:bCs/>
-[...4 lines deleted...]
-      </w:r>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
     </w:p>
-    <w:p w14:paraId="4FE736C8" w14:textId="77777777" w:rsidR="003507B0" w:rsidRDefault="003507B0" w:rsidP="00D2113D">
-[...1 lines deleted...]
-        <w:spacing w:after="240"/>
+    <w:p w14:paraId="742D7F54" w14:textId="77777777" w:rsidR="003507B0" w:rsidRPr="00CE4AE4" w:rsidRDefault="003507B0" w:rsidP="00CE4AE4">
+      <w:pPr>
+        <w:spacing w:line="276" w:lineRule="auto"/>
+        <w:contextualSpacing/>
         <w:jc w:val="center"/>
         <w:rPr>
+          <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
           <w:b/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-    </w:p>
-[...10 lines deleted...]
-        <w:rPr>
+      <w:r w:rsidRPr="00CE4AE4">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
           <w:b/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Saturs:</w:t>
       </w:r>
     </w:p>
     <w:sdt>
       <w:sdtPr>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:rFonts w:asciiTheme="majorBidi" w:eastAsia="Times New Roman" w:hAnsiTheme="majorBidi" w:cs="Times New Roman"/>
           <w:color w:val="auto"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:id w:val="96347652"/>
         <w:docPartObj>
           <w:docPartGallery w:val="Table of Contents"/>
           <w:docPartUnique/>
         </w:docPartObj>
       </w:sdtPr>
       <w:sdtEndPr/>
       <w:sdtContent>
-        <w:p w14:paraId="107AB035" w14:textId="77777777" w:rsidR="003507B0" w:rsidRDefault="003507B0" w:rsidP="00B075D9">
+        <w:p w14:paraId="107AB035" w14:textId="77777777" w:rsidR="003507B0" w:rsidRPr="00CE4AE4" w:rsidRDefault="003507B0" w:rsidP="00CE4AE4">
           <w:pPr>
             <w:pStyle w:val="TOCHeading"/>
+            <w:spacing w:line="276" w:lineRule="auto"/>
+            <w:rPr>
+              <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi"/>
+            </w:rPr>
           </w:pPr>
         </w:p>
-        <w:p w14:paraId="09E51C09" w14:textId="030BA523" w:rsidR="008B2395" w:rsidRDefault="00511A6A">
+        <w:p w14:paraId="1DBCED18" w14:textId="6E73F61F" w:rsidR="001C30EF" w:rsidRPr="00CE4AE4" w:rsidRDefault="00511A6A" w:rsidP="00CE4AE4">
           <w:pPr>
             <w:pStyle w:val="TOC1"/>
             <w:tabs>
               <w:tab w:val="right" w:leader="dot" w:pos="9061"/>
             </w:tabs>
+            <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
+            <w:contextualSpacing/>
             <w:rPr>
-              <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+              <w:rFonts w:asciiTheme="majorBidi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
               <w:noProof/>
               <w:kern w:val="2"/>
               <w:szCs w:val="24"/>
               <w:lang w:eastAsia="lv-LV"/>
               <w14:ligatures w14:val="standardContextual"/>
             </w:rPr>
           </w:pPr>
-          <w:r>
+          <w:r w:rsidRPr="00CE4AE4">
+            <w:rPr>
+              <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+            </w:rPr>
             <w:fldChar w:fldCharType="begin"/>
           </w:r>
-          <w:r w:rsidR="003507B0">
+          <w:r w:rsidR="003507B0" w:rsidRPr="00CE4AE4">
+            <w:rPr>
+              <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+            </w:rPr>
             <w:instrText>TOC \o "1-3" \h \z \u</w:instrText>
           </w:r>
-          <w:r>
+          <w:r w:rsidRPr="00CE4AE4">
+            <w:rPr>
+              <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+            </w:rPr>
             <w:fldChar w:fldCharType="separate"/>
           </w:r>
-          <w:hyperlink w:anchor="_Toc182299892" w:history="1">
-            <w:r w:rsidR="008B2395" w:rsidRPr="0080356A">
+          <w:hyperlink w:anchor="_Toc219366509" w:history="1">
+            <w:r w:rsidR="001C30EF" w:rsidRPr="00CE4AE4">
               <w:rPr>
                 <w:rStyle w:val="Hyperlink"/>
+                <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
                 <w:noProof/>
               </w:rPr>
               <w:t>Saīsinājumi</w:t>
             </w:r>
-            <w:r w:rsidR="008B2395">
-              <w:rPr>
+            <w:r w:rsidR="001C30EF" w:rsidRPr="00CE4AE4">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:tab/>
             </w:r>
-            <w:r w:rsidR="008B2395">
-              <w:rPr>
+            <w:r w:rsidR="001C30EF" w:rsidRPr="00CE4AE4">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin"/>
             </w:r>
-            <w:r w:rsidR="008B2395">
-              <w:rPr>
+            <w:r w:rsidR="001C30EF" w:rsidRPr="00CE4AE4">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
-              <w:instrText xml:space="preserve"> PAGEREF _Toc182299892 \h </w:instrText>
-[...2 lines deleted...]
-              <w:rPr>
+              <w:instrText xml:space="preserve"> PAGEREF _Toc219366509 \h </w:instrText>
+            </w:r>
+            <w:r w:rsidR="001C30EF" w:rsidRPr="00CE4AE4">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
             </w:r>
-            <w:r w:rsidR="008B2395">
-              <w:rPr>
+            <w:r w:rsidR="001C30EF" w:rsidRPr="00CE4AE4">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r w:rsidR="008B2395">
-              <w:rPr>
+            <w:r w:rsidR="001C30EF" w:rsidRPr="00CE4AE4">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:t>1</w:t>
             </w:r>
-            <w:r w:rsidR="008B2395">
-              <w:rPr>
+            <w:r w:rsidR="001C30EF" w:rsidRPr="00CE4AE4">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:hyperlink>
         </w:p>
-        <w:p w14:paraId="35712C29" w14:textId="30D48ACF" w:rsidR="008B2395" w:rsidRDefault="008B2395">
+        <w:p w14:paraId="73E0845D" w14:textId="6C375A6D" w:rsidR="001C30EF" w:rsidRPr="00CE4AE4" w:rsidRDefault="001C30EF" w:rsidP="00CE4AE4">
           <w:pPr>
             <w:pStyle w:val="TOC1"/>
             <w:tabs>
               <w:tab w:val="right" w:leader="dot" w:pos="9061"/>
             </w:tabs>
+            <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
+            <w:contextualSpacing/>
             <w:rPr>
-              <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+              <w:rFonts w:asciiTheme="majorBidi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
               <w:noProof/>
               <w:kern w:val="2"/>
               <w:szCs w:val="24"/>
               <w:lang w:eastAsia="lv-LV"/>
               <w14:ligatures w14:val="standardContextual"/>
             </w:rPr>
           </w:pPr>
-          <w:hyperlink w:anchor="_Toc182299893" w:history="1">
-            <w:r w:rsidRPr="0080356A">
+          <w:hyperlink w:anchor="_Toc219366510" w:history="1">
+            <w:r w:rsidRPr="00CE4AE4">
               <w:rPr>
                 <w:rStyle w:val="Hyperlink"/>
+                <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
                 <w:noProof/>
               </w:rPr>
-              <w:t>Valsts apmaksātas vakcīnas 2024. – 2025. gadā</w:t>
-[...2 lines deleted...]
-              <w:rPr>
+              <w:t>Galvenās izmaiņas 2026. – 2027. gadam</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00CE4AE4">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:tab/>
             </w:r>
-            <w:r>
-              <w:rPr>
+            <w:r w:rsidRPr="00CE4AE4">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin"/>
             </w:r>
-            <w:r>
-              <w:rPr>
+            <w:r w:rsidRPr="00CE4AE4">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
-              <w:instrText xml:space="preserve"> PAGEREF _Toc182299893 \h </w:instrText>
-[...2 lines deleted...]
-              <w:rPr>
+              <w:instrText xml:space="preserve"> PAGEREF _Toc219366510 \h </w:instrText>
+            </w:r>
+            <w:r w:rsidRPr="00CE4AE4">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
             </w:r>
-            <w:r>
-              <w:rPr>
+            <w:r w:rsidRPr="00CE4AE4">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r>
-              <w:rPr>
+            <w:r w:rsidRPr="00CE4AE4">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:t>2</w:t>
             </w:r>
-            <w:r>
-              <w:rPr>
+            <w:r w:rsidRPr="00CE4AE4">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:hyperlink>
         </w:p>
-        <w:p w14:paraId="51B7DEC9" w14:textId="326F379D" w:rsidR="008B2395" w:rsidRDefault="008B2395">
+        <w:p w14:paraId="0742CB0A" w14:textId="4939A227" w:rsidR="001C30EF" w:rsidRPr="00CE4AE4" w:rsidRDefault="001C30EF" w:rsidP="00CE4AE4">
           <w:pPr>
             <w:pStyle w:val="TOC1"/>
             <w:tabs>
               <w:tab w:val="right" w:leader="dot" w:pos="9061"/>
             </w:tabs>
+            <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
+            <w:contextualSpacing/>
             <w:rPr>
-              <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+              <w:rFonts w:asciiTheme="majorBidi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
               <w:noProof/>
               <w:kern w:val="2"/>
               <w:szCs w:val="24"/>
               <w:lang w:eastAsia="lv-LV"/>
               <w14:ligatures w14:val="standardContextual"/>
             </w:rPr>
           </w:pPr>
-          <w:hyperlink w:anchor="_Toc182299894" w:history="1">
-            <w:r w:rsidRPr="0080356A">
+          <w:hyperlink w:anchor="_Toc219366511" w:history="1">
+            <w:r w:rsidRPr="00CE4AE4">
               <w:rPr>
                 <w:rStyle w:val="Hyperlink"/>
+                <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
                 <w:noProof/>
               </w:rPr>
-              <w:t>Vakcīnu un šļirču pasūtīšana</w:t>
-[...2 lines deleted...]
-              <w:rPr>
+              <w:t>Valsts apmaksātas vakcīnas 2026. – 2027. gadā</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00CE4AE4">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:tab/>
             </w:r>
-            <w:r>
-              <w:rPr>
+            <w:r w:rsidRPr="00CE4AE4">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin"/>
             </w:r>
-            <w:r>
-              <w:rPr>
+            <w:r w:rsidRPr="00CE4AE4">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
-              <w:instrText xml:space="preserve"> PAGEREF _Toc182299894 \h </w:instrText>
-[...2 lines deleted...]
-              <w:rPr>
+              <w:instrText xml:space="preserve"> PAGEREF _Toc219366511 \h </w:instrText>
+            </w:r>
+            <w:r w:rsidRPr="00CE4AE4">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
             </w:r>
-            <w:r>
-              <w:rPr>
+            <w:r w:rsidRPr="00CE4AE4">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r>
-              <w:rPr>
+            <w:r w:rsidRPr="00CE4AE4">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
-              <w:t>7</w:t>
-[...2 lines deleted...]
-              <w:rPr>
+              <w:t>2</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00CE4AE4">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:hyperlink>
         </w:p>
-        <w:p w14:paraId="15EAA036" w14:textId="1BB71226" w:rsidR="008B2395" w:rsidRDefault="008B2395">
+        <w:p w14:paraId="2873FDCD" w14:textId="1F9CA038" w:rsidR="001C30EF" w:rsidRPr="00CE4AE4" w:rsidRDefault="001C30EF" w:rsidP="00CE4AE4">
           <w:pPr>
-            <w:pStyle w:val="TOC2"/>
+            <w:pStyle w:val="TOC1"/>
             <w:tabs>
               <w:tab w:val="right" w:leader="dot" w:pos="9061"/>
             </w:tabs>
+            <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
+            <w:contextualSpacing/>
             <w:rPr>
-              <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+              <w:rFonts w:asciiTheme="majorBidi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
               <w:noProof/>
               <w:kern w:val="2"/>
               <w:szCs w:val="24"/>
               <w:lang w:eastAsia="lv-LV"/>
               <w14:ligatures w14:val="standardContextual"/>
             </w:rPr>
           </w:pPr>
-          <w:hyperlink w:anchor="_Toc182299895" w:history="1">
-            <w:r w:rsidRPr="0080356A">
+          <w:hyperlink w:anchor="_Toc219366512" w:history="1">
+            <w:r w:rsidRPr="00CE4AE4">
               <w:rPr>
                 <w:rStyle w:val="Hyperlink"/>
+                <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
                 <w:noProof/>
-                <w:lang w:eastAsia="lv-LV"/>
-[...4 lines deleted...]
-              <w:rPr>
+              </w:rPr>
+              <w:t>Vakcīnu un šļirču pasūtīšana</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00CE4AE4">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:tab/>
             </w:r>
-            <w:r>
-              <w:rPr>
+            <w:r w:rsidRPr="00CE4AE4">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin"/>
             </w:r>
-            <w:r>
-              <w:rPr>
+            <w:r w:rsidRPr="00CE4AE4">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
-              <w:instrText xml:space="preserve"> PAGEREF _Toc182299895 \h </w:instrText>
-[...2 lines deleted...]
-              <w:rPr>
+              <w:instrText xml:space="preserve"> PAGEREF _Toc219366512 \h </w:instrText>
+            </w:r>
+            <w:r w:rsidRPr="00CE4AE4">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
             </w:r>
-            <w:r>
-              <w:rPr>
+            <w:r w:rsidRPr="00CE4AE4">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r>
-              <w:rPr>
+            <w:r w:rsidRPr="00CE4AE4">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
-              <w:t>8</w:t>
-[...2 lines deleted...]
-              <w:rPr>
+              <w:t>7</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00CE4AE4">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:hyperlink>
         </w:p>
-        <w:p w14:paraId="6510ED44" w14:textId="2AEDDB64" w:rsidR="008B2395" w:rsidRDefault="008B2395">
+        <w:p w14:paraId="04DC59AC" w14:textId="6C136E83" w:rsidR="001C30EF" w:rsidRPr="00CE4AE4" w:rsidRDefault="001C30EF" w:rsidP="00CE4AE4">
           <w:pPr>
-            <w:pStyle w:val="TOC1"/>
+            <w:pStyle w:val="TOC2"/>
             <w:tabs>
               <w:tab w:val="right" w:leader="dot" w:pos="9061"/>
             </w:tabs>
+            <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
+            <w:contextualSpacing/>
             <w:rPr>
-              <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+              <w:rFonts w:asciiTheme="majorBidi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
               <w:noProof/>
               <w:kern w:val="2"/>
               <w:szCs w:val="24"/>
               <w:lang w:eastAsia="lv-LV"/>
               <w14:ligatures w14:val="standardContextual"/>
             </w:rPr>
           </w:pPr>
-          <w:hyperlink w:anchor="_Toc182299896" w:history="1">
-            <w:r w:rsidRPr="0080356A">
+          <w:hyperlink w:anchor="_Toc219366513" w:history="1">
+            <w:r w:rsidRPr="00CE4AE4">
               <w:rPr>
                 <w:rStyle w:val="Hyperlink"/>
+                <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
                 <w:noProof/>
-              </w:rPr>
-[...3 lines deleted...]
-              <w:rPr>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+              <w:t>Vakcīnu kārtējais pasūtījums</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00CE4AE4">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:tab/>
             </w:r>
-            <w:r>
-              <w:rPr>
+            <w:r w:rsidRPr="00CE4AE4">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin"/>
             </w:r>
-            <w:r>
-              <w:rPr>
+            <w:r w:rsidRPr="00CE4AE4">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
-              <w:instrText xml:space="preserve"> PAGEREF _Toc182299896 \h </w:instrText>
-[...2 lines deleted...]
-              <w:rPr>
+              <w:instrText xml:space="preserve"> PAGEREF _Toc219366513 \h </w:instrText>
+            </w:r>
+            <w:r w:rsidRPr="00CE4AE4">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
             </w:r>
-            <w:r>
-              <w:rPr>
+            <w:r w:rsidRPr="00CE4AE4">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r>
-              <w:rPr>
+            <w:r w:rsidRPr="00CE4AE4">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
-              <w:t>8</w:t>
-[...2 lines deleted...]
-              <w:rPr>
+              <w:t>7</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00CE4AE4">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:hyperlink>
         </w:p>
-        <w:p w14:paraId="556B25A4" w14:textId="509D0081" w:rsidR="008B2395" w:rsidRDefault="008B2395">
+        <w:p w14:paraId="1468D7CE" w14:textId="12074838" w:rsidR="001C30EF" w:rsidRPr="00CE4AE4" w:rsidRDefault="001C30EF" w:rsidP="00CE4AE4">
           <w:pPr>
-            <w:pStyle w:val="TOC1"/>
+            <w:pStyle w:val="TOC2"/>
             <w:tabs>
               <w:tab w:val="right" w:leader="dot" w:pos="9061"/>
             </w:tabs>
+            <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
+            <w:contextualSpacing/>
             <w:rPr>
-              <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+              <w:rFonts w:asciiTheme="majorBidi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
               <w:noProof/>
               <w:kern w:val="2"/>
               <w:szCs w:val="24"/>
               <w:lang w:eastAsia="lv-LV"/>
               <w14:ligatures w14:val="standardContextual"/>
             </w:rPr>
           </w:pPr>
-          <w:hyperlink w:anchor="_Toc182299897" w:history="1">
-            <w:r w:rsidRPr="0080356A">
+          <w:hyperlink w:anchor="_Toc219366514" w:history="1">
+            <w:r w:rsidRPr="00CE4AE4">
               <w:rPr>
                 <w:rStyle w:val="Hyperlink"/>
+                <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
                 <w:noProof/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
-              <w:t>Vakcīnu atlikumu pārraudzība</w:t>
-[...2 lines deleted...]
-              <w:rPr>
+              <w:t>Vakcīnu ārpus kārtas pasūtījums</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00CE4AE4">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:tab/>
             </w:r>
-            <w:r>
-              <w:rPr>
+            <w:r w:rsidRPr="00CE4AE4">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin"/>
             </w:r>
-            <w:r>
-              <w:rPr>
+            <w:r w:rsidRPr="00CE4AE4">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
-              <w:instrText xml:space="preserve"> PAGEREF _Toc182299897 \h </w:instrText>
-[...2 lines deleted...]
-              <w:rPr>
+              <w:instrText xml:space="preserve"> PAGEREF _Toc219366514 \h </w:instrText>
+            </w:r>
+            <w:r w:rsidRPr="00CE4AE4">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
             </w:r>
-            <w:r>
-              <w:rPr>
+            <w:r w:rsidRPr="00CE4AE4">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r>
-              <w:rPr>
+            <w:r w:rsidRPr="00CE4AE4">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
-              <w:t>10</w:t>
-[...2 lines deleted...]
-              <w:rPr>
+              <w:t>8</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00CE4AE4">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:hyperlink>
         </w:p>
-        <w:p w14:paraId="0A8FD98D" w14:textId="4C59E8F5" w:rsidR="008B2395" w:rsidRDefault="008B2395">
+        <w:p w14:paraId="152BB5C8" w14:textId="5521B5D0" w:rsidR="001C30EF" w:rsidRPr="00CE4AE4" w:rsidRDefault="001C30EF" w:rsidP="00CE4AE4">
           <w:pPr>
             <w:pStyle w:val="TOC1"/>
             <w:tabs>
               <w:tab w:val="right" w:leader="dot" w:pos="9061"/>
             </w:tabs>
+            <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
+            <w:contextualSpacing/>
             <w:rPr>
-              <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+              <w:rFonts w:asciiTheme="majorBidi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
               <w:noProof/>
               <w:kern w:val="2"/>
               <w:szCs w:val="24"/>
               <w:lang w:eastAsia="lv-LV"/>
               <w14:ligatures w14:val="standardContextual"/>
             </w:rPr>
           </w:pPr>
-          <w:hyperlink w:anchor="_Toc182299898" w:history="1">
-            <w:r w:rsidRPr="0080356A">
+          <w:hyperlink w:anchor="_Toc219366515" w:history="1">
+            <w:r w:rsidRPr="00CE4AE4">
               <w:rPr>
                 <w:rStyle w:val="Hyperlink"/>
+                <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+                <w:noProof/>
+              </w:rPr>
+              <w:t>Vakcīnu piegāde un saņemšana</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00CE4AE4">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+              <w:tab/>
+            </w:r>
+            <w:r w:rsidRPr="00CE4AE4">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="begin"/>
+            </w:r>
+            <w:r w:rsidRPr="00CE4AE4">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+              <w:instrText xml:space="preserve"> PAGEREF _Toc219366515 \h </w:instrText>
+            </w:r>
+            <w:r w:rsidRPr="00CE4AE4">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidRPr="00CE4AE4">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="separate"/>
+            </w:r>
+            <w:r w:rsidRPr="00CE4AE4">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+              <w:t>8</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00CE4AE4">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="end"/>
+            </w:r>
+          </w:hyperlink>
+        </w:p>
+        <w:p w14:paraId="48E9791F" w14:textId="468E9EFF" w:rsidR="001C30EF" w:rsidRPr="00CE4AE4" w:rsidRDefault="001C30EF" w:rsidP="00CE4AE4">
+          <w:pPr>
+            <w:pStyle w:val="TOC1"/>
+            <w:tabs>
+              <w:tab w:val="right" w:leader="dot" w:pos="9061"/>
+            </w:tabs>
+            <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
+            <w:contextualSpacing/>
+            <w:rPr>
+              <w:rFonts w:asciiTheme="majorBidi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+              <w:noProof/>
+              <w:kern w:val="2"/>
+              <w:szCs w:val="24"/>
+              <w:lang w:eastAsia="lv-LV"/>
+              <w14:ligatures w14:val="standardContextual"/>
+            </w:rPr>
+          </w:pPr>
+          <w:hyperlink w:anchor="_Toc219366516" w:history="1">
+            <w:r w:rsidRPr="00CE4AE4">
+              <w:rPr>
+                <w:rStyle w:val="Hyperlink"/>
+                <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
                 <w:noProof/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
-              <w:t>Vakcīnu norakstīšana</w:t>
-[...2 lines deleted...]
-              <w:rPr>
+              <w:t>Vakcīnu atlikumu pārraudzība</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00CE4AE4">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:tab/>
             </w:r>
-            <w:r>
-              <w:rPr>
+            <w:r w:rsidRPr="00CE4AE4">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin"/>
             </w:r>
-            <w:r>
-              <w:rPr>
+            <w:r w:rsidRPr="00CE4AE4">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
-              <w:instrText xml:space="preserve"> PAGEREF _Toc182299898 \h </w:instrText>
-[...2 lines deleted...]
-              <w:rPr>
+              <w:instrText xml:space="preserve"> PAGEREF _Toc219366516 \h </w:instrText>
+            </w:r>
+            <w:r w:rsidRPr="00CE4AE4">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
             </w:r>
-            <w:r>
-              <w:rPr>
+            <w:r w:rsidRPr="00CE4AE4">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r>
-              <w:rPr>
+            <w:r w:rsidRPr="00CE4AE4">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
-              <w:t>10</w:t>
-[...2 lines deleted...]
-              <w:rPr>
+              <w:t>9</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00CE4AE4">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:hyperlink>
         </w:p>
-        <w:p w14:paraId="09153AB7" w14:textId="4B99A8F3" w:rsidR="003507B0" w:rsidRDefault="00511A6A" w:rsidP="495F979C">
+        <w:p w14:paraId="3FD86E55" w14:textId="24D40AAC" w:rsidR="001C30EF" w:rsidRPr="00CE4AE4" w:rsidRDefault="001C30EF" w:rsidP="00CE4AE4">
+          <w:pPr>
+            <w:pStyle w:val="TOC1"/>
+            <w:tabs>
+              <w:tab w:val="right" w:leader="dot" w:pos="9061"/>
+            </w:tabs>
+            <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
+            <w:contextualSpacing/>
+            <w:rPr>
+              <w:rFonts w:asciiTheme="majorBidi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+              <w:noProof/>
+              <w:kern w:val="2"/>
+              <w:szCs w:val="24"/>
+              <w:lang w:eastAsia="lv-LV"/>
+              <w14:ligatures w14:val="standardContextual"/>
+            </w:rPr>
+          </w:pPr>
+          <w:hyperlink w:anchor="_Toc219366517" w:history="1">
+            <w:r w:rsidRPr="00CE4AE4">
+              <w:rPr>
+                <w:rStyle w:val="Hyperlink"/>
+                <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+                <w:noProof/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+              <w:t>Vakcīnu norakstīšana</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00CE4AE4">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+              <w:tab/>
+            </w:r>
+            <w:r w:rsidRPr="00CE4AE4">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="begin"/>
+            </w:r>
+            <w:r w:rsidRPr="00CE4AE4">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+              <w:instrText xml:space="preserve"> PAGEREF _Toc219366517 \h </w:instrText>
+            </w:r>
+            <w:r w:rsidRPr="00CE4AE4">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidRPr="00CE4AE4">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="separate"/>
+            </w:r>
+            <w:r w:rsidRPr="00CE4AE4">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+              <w:t>9</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00CE4AE4">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="end"/>
+            </w:r>
+          </w:hyperlink>
+        </w:p>
+        <w:p w14:paraId="09153AB7" w14:textId="6D0D8513" w:rsidR="003507B0" w:rsidRPr="00CE4AE4" w:rsidRDefault="00511A6A" w:rsidP="00CE4AE4">
           <w:pPr>
             <w:pStyle w:val="TOC1"/>
             <w:tabs>
               <w:tab w:val="right" w:leader="dot" w:pos="9060"/>
             </w:tabs>
+            <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
+            <w:contextualSpacing/>
             <w:rPr>
+              <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
               <w:noProof/>
               <w:szCs w:val="24"/>
               <w:lang w:val="en-GB" w:eastAsia="en-GB"/>
             </w:rPr>
           </w:pPr>
-          <w:r>
+          <w:r w:rsidRPr="00CE4AE4">
+            <w:rPr>
+              <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+            </w:rPr>
             <w:fldChar w:fldCharType="end"/>
           </w:r>
         </w:p>
       </w:sdtContent>
     </w:sdt>
-    <w:p w14:paraId="0E7A2359" w14:textId="77777777" w:rsidR="003507B0" w:rsidRDefault="003507B0" w:rsidP="003507B0"/>
-[...1 lines deleted...]
-      <w:pPr>
+    <w:p w14:paraId="0E7A2359" w14:textId="77777777" w:rsidR="003507B0" w:rsidRPr="00CE4AE4" w:rsidRDefault="003507B0" w:rsidP="00CE4AE4">
+      <w:pPr>
+        <w:spacing w:line="276" w:lineRule="auto"/>
+        <w:contextualSpacing/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="7EAACEE4" w14:textId="77777777" w:rsidR="003507B0" w:rsidRPr="00CE4AE4" w:rsidRDefault="003507B0" w:rsidP="00CE4AE4">
+      <w:pPr>
+        <w:spacing w:line="276" w:lineRule="auto"/>
         <w:ind w:left="720"/>
-        <w:rPr>
+        <w:contextualSpacing/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
           <w:b/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="79CFFE8E" w14:textId="77777777" w:rsidR="003507B0" w:rsidRDefault="003507B0" w:rsidP="00B075D9">
+    <w:p w14:paraId="79CFFE8E" w14:textId="77777777" w:rsidR="003507B0" w:rsidRPr="00CE4AE4" w:rsidRDefault="003507B0" w:rsidP="00CE4AE4">
       <w:pPr>
         <w:pStyle w:val="Heading1"/>
-      </w:pPr>
-[...1 lines deleted...]
-      <w:r>
+        <w:spacing w:line="276" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="0" w:name="_Toc219366509"/>
+      <w:r w:rsidRPr="00CE4AE4">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+        </w:rPr>
         <w:t>Saīsinājumi</w:t>
       </w:r>
       <w:bookmarkEnd w:id="0"/>
     </w:p>
-    <w:p w14:paraId="3B6585FF" w14:textId="77777777" w:rsidR="003507B0" w:rsidRPr="004C787B" w:rsidRDefault="003507B0" w:rsidP="003507B0"/>
+    <w:p w14:paraId="3B6585FF" w14:textId="77777777" w:rsidR="003507B0" w:rsidRPr="00CE4AE4" w:rsidRDefault="003507B0" w:rsidP="00CE4AE4">
+      <w:pPr>
+        <w:spacing w:line="276" w:lineRule="auto"/>
+        <w:contextualSpacing/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="TableGrid"/>
         <w:tblW w:w="9356" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:insideH w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:insideV w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="2405"/>
         <w:gridCol w:w="6951"/>
       </w:tblGrid>
-      <w:tr w:rsidR="003507B0" w14:paraId="42B2A559" w14:textId="77777777" w:rsidTr="002F0EAA">
+      <w:tr w:rsidR="003507B0" w:rsidRPr="00CE4AE4" w14:paraId="42B2A559" w14:textId="77777777" w:rsidTr="002F0EAA">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2405" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="40D25D94" w14:textId="77777777" w:rsidR="003507B0" w:rsidRPr="00133A62" w:rsidRDefault="003507B0" w:rsidP="002F0EAA">
+          <w:p w14:paraId="40D25D94" w14:textId="77777777" w:rsidR="003507B0" w:rsidRPr="00CE4AE4" w:rsidRDefault="003507B0" w:rsidP="00CE4AE4">
             <w:pPr>
-              <w:rPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:contextualSpacing/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00133A62">
-              <w:rPr>
+            <w:r w:rsidRPr="00CE4AE4">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
                 <w:b/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>NVD</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6951" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="615CDDB7" w14:textId="77777777" w:rsidR="003507B0" w:rsidRPr="00133A62" w:rsidRDefault="003507B0" w:rsidP="002F0EAA">
+          <w:p w14:paraId="615CDDB7" w14:textId="77777777" w:rsidR="003507B0" w:rsidRPr="00CE4AE4" w:rsidRDefault="003507B0" w:rsidP="00CE4AE4">
             <w:pPr>
-              <w:rPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:contextualSpacing/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00133A62">
-              <w:rPr>
+            <w:r w:rsidRPr="00CE4AE4">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
                 <w:bCs/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Nacionālais veselības dienests</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="003507B0" w14:paraId="65DC33D0" w14:textId="77777777" w:rsidTr="002F0EAA">
+      <w:tr w:rsidR="003507B0" w:rsidRPr="00CE4AE4" w14:paraId="65DC33D0" w14:textId="77777777" w:rsidTr="002F0EAA">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2405" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="5A7E2870" w14:textId="77777777" w:rsidR="003507B0" w:rsidRPr="00133A62" w:rsidRDefault="003507B0" w:rsidP="002F0EAA">
+          <w:p w14:paraId="5A7E2870" w14:textId="77777777" w:rsidR="003507B0" w:rsidRPr="00CE4AE4" w:rsidRDefault="003507B0" w:rsidP="00CE4AE4">
             <w:pPr>
-              <w:rPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:contextualSpacing/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00133A62">
-              <w:rPr>
+            <w:r w:rsidRPr="00CE4AE4">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
                 <w:b/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>PVO</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6951" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="34E23A1D" w14:textId="77777777" w:rsidR="003507B0" w:rsidRPr="00133A62" w:rsidRDefault="003507B0" w:rsidP="002F0EAA">
+          <w:p w14:paraId="34E23A1D" w14:textId="77777777" w:rsidR="003507B0" w:rsidRPr="00CE4AE4" w:rsidRDefault="003507B0" w:rsidP="00CE4AE4">
             <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
               <w:ind w:left="567" w:hanging="567"/>
+              <w:contextualSpacing/>
               <w:jc w:val="both"/>
               <w:rPr>
+                <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
                 <w:bCs/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00133A62">
-              <w:rPr>
+            <w:r w:rsidRPr="00CE4AE4">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
                 <w:bCs/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Pasaules Veselības organizācija</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="003507B0" w14:paraId="6B2454A9" w14:textId="77777777" w:rsidTr="002F0EAA">
+      <w:tr w:rsidR="003507B0" w:rsidRPr="00CE4AE4" w14:paraId="6B2454A9" w14:textId="77777777" w:rsidTr="002F0EAA">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2405" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="76B75C29" w14:textId="77777777" w:rsidR="003507B0" w:rsidRDefault="003507B0" w:rsidP="002F0EAA">
+          <w:p w14:paraId="76B75C29" w14:textId="77777777" w:rsidR="003507B0" w:rsidRPr="00CE4AE4" w:rsidRDefault="003507B0" w:rsidP="00CE4AE4">
             <w:pPr>
-              <w:rPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:contextualSpacing/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
                 <w:b/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00133A62">
-              <w:rPr>
+            <w:r w:rsidRPr="00CE4AE4">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
                 <w:b/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>SPKC</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="4BBCA521" w14:textId="735795F7" w:rsidR="00702B5D" w:rsidRPr="00702B5D" w:rsidRDefault="00702B5D" w:rsidP="002F0EAA">
+          <w:p w14:paraId="4BBCA521" w14:textId="735795F7" w:rsidR="00702B5D" w:rsidRPr="00CE4AE4" w:rsidRDefault="00702B5D" w:rsidP="00CE4AE4">
             <w:pPr>
-              <w:rPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:contextualSpacing/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00702B5D">
+            <w:r w:rsidRPr="00CE4AE4">
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>E-veselības portāls</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6951" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="3236B66F" w14:textId="77777777" w:rsidR="003507B0" w:rsidRDefault="003507B0" w:rsidP="002F0EAA">
+          <w:p w14:paraId="3236B66F" w14:textId="77777777" w:rsidR="003507B0" w:rsidRPr="00CE4AE4" w:rsidRDefault="003507B0" w:rsidP="00CE4AE4">
             <w:pPr>
-              <w:rPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:contextualSpacing/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
                 <w:bCs/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00133A62">
-              <w:rPr>
+            <w:r w:rsidRPr="00CE4AE4">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
                 <w:bCs/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Slimību profilakses un kontroles centrs</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="1F17B26A" w14:textId="1803EC3D" w:rsidR="005D5F57" w:rsidRPr="00133A62" w:rsidRDefault="00867170" w:rsidP="002F0EAA">
+          <w:p w14:paraId="1F17B26A" w14:textId="1803EC3D" w:rsidR="005D5F57" w:rsidRPr="00CE4AE4" w:rsidRDefault="00867170" w:rsidP="00CE4AE4">
             <w:pPr>
-              <w:rPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:contextualSpacing/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00B14976">
+            <w:r w:rsidRPr="00CE4AE4">
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorBidi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
                 <w:bCs/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t>Vienotā veselības nozares elektroniskās informācijas sistēm</w:t>
-[...7 lines deleted...]
-              <w:t>a</w:t>
+              <w:t>Vienotā veselības nozares elektroniskās informācijas sistēma</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="003507B0" w14:paraId="5ADF934D" w14:textId="77777777" w:rsidTr="002F0EAA">
+      <w:tr w:rsidR="003507B0" w:rsidRPr="00CE4AE4" w14:paraId="5ADF934D" w14:textId="77777777" w:rsidTr="002F0EAA">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2405" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="6BD0D486" w14:textId="77777777" w:rsidR="003507B0" w:rsidRPr="00133A62" w:rsidRDefault="003507B0" w:rsidP="002F0EAA">
+          <w:p w14:paraId="6BD0D486" w14:textId="77777777" w:rsidR="003507B0" w:rsidRPr="00CE4AE4" w:rsidRDefault="003507B0" w:rsidP="00CE4AE4">
             <w:pPr>
-              <w:rPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:contextualSpacing/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00133A62">
-              <w:rPr>
+            <w:r w:rsidRPr="00CE4AE4">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>CPV</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6951" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="4575FFB5" w14:textId="77777777" w:rsidR="003507B0" w:rsidRPr="00133A62" w:rsidRDefault="003507B0" w:rsidP="002F0EAA">
+          <w:p w14:paraId="4575FFB5" w14:textId="77777777" w:rsidR="003507B0" w:rsidRPr="00CE4AE4" w:rsidRDefault="003507B0" w:rsidP="00CE4AE4">
             <w:pPr>
-              <w:rPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:contextualSpacing/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
-[...9 lines deleted...]
-              <w:t>ilvēka papilomas vīrusa infekcija</w:t>
+            <w:r w:rsidRPr="00CE4AE4">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Cilvēka papilomas vīrusa infekcija</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="003507B0" w14:paraId="31FBFD0A" w14:textId="77777777" w:rsidTr="002F0EAA">
+      <w:tr w:rsidR="003507B0" w:rsidRPr="00CE4AE4" w14:paraId="31FBFD0A" w14:textId="77777777" w:rsidTr="002F0EAA">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2405" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="4E22D4ED" w14:textId="77777777" w:rsidR="003507B0" w:rsidRPr="00133A62" w:rsidRDefault="003507B0" w:rsidP="002F0EAA">
+          <w:p w14:paraId="4E22D4ED" w14:textId="77777777" w:rsidR="003507B0" w:rsidRPr="00CE4AE4" w:rsidRDefault="003507B0" w:rsidP="00CE4AE4">
             <w:pPr>
-              <w:rPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:contextualSpacing/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00133A62">
-              <w:rPr>
+            <w:r w:rsidRPr="00CE4AE4">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>DTaP-IPV</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6951" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="6733316C" w14:textId="7A59FB7A" w:rsidR="003507B0" w:rsidRPr="00133A62" w:rsidRDefault="003507B0" w:rsidP="00867170">
+          <w:p w14:paraId="6733316C" w14:textId="7A59FB7A" w:rsidR="003507B0" w:rsidRPr="00CE4AE4" w:rsidRDefault="003507B0" w:rsidP="00CE4AE4">
             <w:pPr>
-              <w:rPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:contextualSpacing/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00133A62">
-              <w:rPr>
+            <w:r w:rsidRPr="00CE4AE4">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Vakcīna pret difteriju, stinguma krampjiem, garo klepus un poliomielītu</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="003507B0" w14:paraId="4CA53116" w14:textId="77777777" w:rsidTr="002F0EAA">
+      <w:tr w:rsidR="003507B0" w:rsidRPr="00CE4AE4" w14:paraId="4CA53116" w14:textId="77777777" w:rsidTr="002F0EAA">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2405" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="2B272554" w14:textId="77777777" w:rsidR="003507B0" w:rsidRPr="00133A62" w:rsidRDefault="003507B0" w:rsidP="002F0EAA">
+          <w:p w14:paraId="2B272554" w14:textId="77777777" w:rsidR="003507B0" w:rsidRPr="00CE4AE4" w:rsidRDefault="003507B0" w:rsidP="00CE4AE4">
             <w:pPr>
-              <w:rPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:contextualSpacing/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00133A62">
-              <w:rPr>
+            <w:r w:rsidRPr="00CE4AE4">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>DTaP-IPV-Hib-HB</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6951" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="17CFBFF0" w14:textId="77777777" w:rsidR="003507B0" w:rsidRDefault="003507B0" w:rsidP="002F0EAA">
+          <w:p w14:paraId="17CFBFF0" w14:textId="77777777" w:rsidR="003507B0" w:rsidRPr="00CE4AE4" w:rsidRDefault="003507B0" w:rsidP="00CE4AE4">
             <w:pPr>
-              <w:rPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:contextualSpacing/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00133A62">
-              <w:rPr>
+            <w:r w:rsidRPr="00CE4AE4">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve">Vakcīna pret difteriju, stinguma krampjiem, garo klepus, poliomielītu, </w:t>
             </w:r>
-            <w:r w:rsidRPr="00133A62">
-              <w:rPr>
+            <w:r w:rsidRPr="00CE4AE4">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
                 <w:i/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>b tipa Haemophilus influenzae</w:t>
             </w:r>
-            <w:r w:rsidRPr="00133A62">
-              <w:rPr>
+            <w:r w:rsidRPr="00CE4AE4">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> infekciju un B hepatītu</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="18032B6A" w14:textId="77777777" w:rsidR="003507B0" w:rsidRPr="00133A62" w:rsidRDefault="003507B0" w:rsidP="002F0EAA">
+          <w:p w14:paraId="18032B6A" w14:textId="77777777" w:rsidR="003507B0" w:rsidRPr="00CE4AE4" w:rsidRDefault="003507B0" w:rsidP="00CE4AE4">
             <w:pPr>
-              <w:rPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:contextualSpacing/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="003507B0" w14:paraId="40490172" w14:textId="77777777" w:rsidTr="002F0EAA">
+      <w:tr w:rsidR="003507B0" w:rsidRPr="00CE4AE4" w14:paraId="40490172" w14:textId="77777777" w:rsidTr="002F0EAA">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2405" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="5DFFE50E" w14:textId="77777777" w:rsidR="003507B0" w:rsidRPr="00133A62" w:rsidRDefault="003507B0" w:rsidP="002F0EAA">
+          <w:p w14:paraId="5DFFE50E" w14:textId="77777777" w:rsidR="003507B0" w:rsidRPr="00CE4AE4" w:rsidRDefault="003507B0" w:rsidP="00CE4AE4">
             <w:pPr>
-              <w:rPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:contextualSpacing/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00133A62">
-              <w:rPr>
+            <w:r w:rsidRPr="00CE4AE4">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>HB</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6951" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="3D033D07" w14:textId="77777777" w:rsidR="003507B0" w:rsidRPr="00133A62" w:rsidRDefault="003507B0" w:rsidP="002F0EAA">
+          <w:p w14:paraId="3D033D07" w14:textId="77777777" w:rsidR="003507B0" w:rsidRPr="00CE4AE4" w:rsidRDefault="003507B0" w:rsidP="00CE4AE4">
             <w:pPr>
-              <w:rPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:contextualSpacing/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00133A62">
-              <w:rPr>
+            <w:r w:rsidRPr="00CE4AE4">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Vakcīna pret B hepatītu</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="003507B0" w14:paraId="0BF2D2CE" w14:textId="77777777" w:rsidTr="002F0EAA">
+      <w:tr w:rsidR="003507B0" w:rsidRPr="00CE4AE4" w14:paraId="0BF2D2CE" w14:textId="77777777" w:rsidTr="002F0EAA">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2405" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="4BC94C54" w14:textId="77777777" w:rsidR="003507B0" w:rsidRPr="00133A62" w:rsidRDefault="003507B0" w:rsidP="002F0EAA">
+          <w:p w14:paraId="4BC94C54" w14:textId="77777777" w:rsidR="003507B0" w:rsidRPr="00CE4AE4" w:rsidRDefault="003507B0" w:rsidP="00CE4AE4">
             <w:pPr>
-              <w:rPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:contextualSpacing/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00133A62">
-              <w:rPr>
+            <w:r w:rsidRPr="00CE4AE4">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>MPR</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6951" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="04820B29" w14:textId="77777777" w:rsidR="003507B0" w:rsidRPr="00133A62" w:rsidRDefault="003507B0" w:rsidP="002F0EAA">
+          <w:p w14:paraId="04820B29" w14:textId="77777777" w:rsidR="003507B0" w:rsidRPr="00CE4AE4" w:rsidRDefault="003507B0" w:rsidP="00CE4AE4">
             <w:pPr>
-              <w:rPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:contextualSpacing/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00133A62">
-              <w:rPr>
+            <w:r w:rsidRPr="00CE4AE4">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve">Vakcīna pret masalām, masaliņām un epidēmisko parotītu </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="003507B0" w14:paraId="784B8C15" w14:textId="77777777" w:rsidTr="002F0EAA">
+      <w:tr w:rsidR="003507B0" w:rsidRPr="00CE4AE4" w14:paraId="784B8C15" w14:textId="77777777" w:rsidTr="002F0EAA">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2405" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="7D8DD112" w14:textId="77777777" w:rsidR="003507B0" w:rsidRPr="00133A62" w:rsidRDefault="003507B0" w:rsidP="002F0EAA">
+          <w:p w14:paraId="7D8DD112" w14:textId="77777777" w:rsidR="003507B0" w:rsidRPr="00CE4AE4" w:rsidRDefault="003507B0" w:rsidP="00CE4AE4">
             <w:pPr>
-              <w:rPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:contextualSpacing/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00133A62">
-              <w:rPr>
+            <w:r w:rsidRPr="00CE4AE4">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>PCV</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6951" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="449A8E22" w14:textId="77777777" w:rsidR="003507B0" w:rsidRPr="00133A62" w:rsidRDefault="003507B0" w:rsidP="002F0EAA">
+          <w:p w14:paraId="449A8E22" w14:textId="77777777" w:rsidR="003507B0" w:rsidRPr="00CE4AE4" w:rsidRDefault="003507B0" w:rsidP="00CE4AE4">
             <w:pPr>
-              <w:rPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:contextualSpacing/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00133A62">
-              <w:rPr>
+            <w:r w:rsidRPr="00CE4AE4">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Vakcīna pret pneimokoku infekciju</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="003507B0" w14:paraId="69F636D7" w14:textId="77777777" w:rsidTr="002F0EAA">
+      <w:tr w:rsidR="003507B0" w:rsidRPr="00CE4AE4" w14:paraId="69F636D7" w14:textId="77777777" w:rsidTr="002F0EAA">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2405" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="054A0AC0" w14:textId="77777777" w:rsidR="003507B0" w:rsidRPr="00133A62" w:rsidRDefault="003507B0" w:rsidP="002F0EAA">
+          <w:p w14:paraId="054A0AC0" w14:textId="77777777" w:rsidR="003507B0" w:rsidRPr="00CE4AE4" w:rsidRDefault="003507B0" w:rsidP="00CE4AE4">
             <w:pPr>
-              <w:rPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:contextualSpacing/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00133A62">
-              <w:rPr>
+            <w:r w:rsidRPr="00CE4AE4">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>RV</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6951" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="048B2AD1" w14:textId="77777777" w:rsidR="003507B0" w:rsidRPr="00133A62" w:rsidRDefault="003507B0" w:rsidP="002F0EAA">
+          <w:p w14:paraId="048B2AD1" w14:textId="77777777" w:rsidR="003507B0" w:rsidRPr="00CE4AE4" w:rsidRDefault="003507B0" w:rsidP="00CE4AE4">
             <w:pPr>
-              <w:rPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:contextualSpacing/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00133A62">
-              <w:rPr>
+            <w:r w:rsidRPr="00CE4AE4">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Vakcīna pret rotavīrusu infekciju</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="003507B0" w14:paraId="24C8DBCD" w14:textId="77777777" w:rsidTr="002F0EAA">
+      <w:tr w:rsidR="003507B0" w:rsidRPr="00CE4AE4" w14:paraId="24C8DBCD" w14:textId="77777777" w:rsidTr="002F0EAA">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2405" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="5F49ED76" w14:textId="77777777" w:rsidR="003507B0" w:rsidRDefault="003507B0" w:rsidP="002F0EAA">
+          <w:p w14:paraId="5F49ED76" w14:textId="77777777" w:rsidR="003507B0" w:rsidRPr="00CE4AE4" w:rsidRDefault="003507B0" w:rsidP="00CE4AE4">
             <w:pPr>
-              <w:rPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:contextualSpacing/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00133A62">
-              <w:rPr>
+            <w:r w:rsidRPr="00CE4AE4">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t>d</w:t>
-[...2 lines deleted...]
-              <w:rPr>
+              <w:t>d.T.Adult</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="25A2C8AC" w14:textId="28719579" w:rsidR="002B7113" w:rsidRPr="00CE4AE4" w:rsidRDefault="002B7113" w:rsidP="00CE4AE4">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:contextualSpacing/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t>.T.Adult</w:t>
-[...8 lines deleted...]
-              </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="002B7113">
-              <w:rPr>
+            <w:r w:rsidRPr="00CE4AE4">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Tdap</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6951" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="437602D0" w14:textId="303A511E" w:rsidR="003507B0" w:rsidRDefault="003507B0" w:rsidP="002F0EAA">
+          <w:p w14:paraId="437602D0" w14:textId="303A511E" w:rsidR="003507B0" w:rsidRPr="00CE4AE4" w:rsidRDefault="003507B0" w:rsidP="00CE4AE4">
             <w:pPr>
-              <w:rPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:contextualSpacing/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00133A62">
-              <w:rPr>
+            <w:r w:rsidRPr="00CE4AE4">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Vakcīna pret difteriju un stinguma krampjiem</w:t>
             </w:r>
-            <w:r w:rsidR="00872A5C">
-              <w:rPr>
+            <w:r w:rsidR="00872A5C" w:rsidRPr="00CE4AE4">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> pieaugušajiem</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="70F93DE8" w14:textId="4EC08168" w:rsidR="002B7113" w:rsidRPr="00133A62" w:rsidRDefault="002B7113" w:rsidP="002F0EAA">
+          <w:p w14:paraId="70F93DE8" w14:textId="4EC08168" w:rsidR="002B7113" w:rsidRPr="00CE4AE4" w:rsidRDefault="002B7113" w:rsidP="00CE4AE4">
             <w:pPr>
-              <w:rPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:contextualSpacing/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
-              <w:rPr>
+            <w:r w:rsidRPr="00CE4AE4">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Vakcīna pret difteriju, stinguma krampjiem un garo klepu</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="003507B0" w14:paraId="78C3390F" w14:textId="77777777" w:rsidTr="002F0EAA">
+      <w:tr w:rsidR="003507B0" w:rsidRPr="00CE4AE4" w14:paraId="78C3390F" w14:textId="77777777" w:rsidTr="002F0EAA">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2405" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="48A51E50" w14:textId="77777777" w:rsidR="003507B0" w:rsidRPr="00133A62" w:rsidRDefault="003507B0" w:rsidP="002F0EAA">
+          <w:p w14:paraId="48A51E50" w14:textId="77777777" w:rsidR="003507B0" w:rsidRPr="00CE4AE4" w:rsidRDefault="003507B0" w:rsidP="00CE4AE4">
             <w:pPr>
-              <w:rPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:contextualSpacing/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00133A62">
-              <w:rPr>
+            <w:r w:rsidRPr="00CE4AE4">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Varicella</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6951" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="0188D0E9" w14:textId="77777777" w:rsidR="003507B0" w:rsidRPr="00133A62" w:rsidRDefault="003507B0" w:rsidP="002F0EAA">
+          <w:p w14:paraId="0188D0E9" w14:textId="77777777" w:rsidR="003507B0" w:rsidRPr="00CE4AE4" w:rsidRDefault="003507B0" w:rsidP="00CE4AE4">
             <w:pPr>
-              <w:rPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:contextualSpacing/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00133A62">
-              <w:rPr>
+            <w:r w:rsidRPr="00CE4AE4">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Vakcīna pret vējbakām</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="008B5F99" w14:paraId="08D2C3F9" w14:textId="77777777" w:rsidTr="002F0EAA">
+      <w:tr w:rsidR="008B5F99" w:rsidRPr="00CE4AE4" w14:paraId="08D2C3F9" w14:textId="77777777" w:rsidTr="002F0EAA">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2405" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="79B7ADAE" w14:textId="77777777" w:rsidR="008B5F99" w:rsidRDefault="008B5F99" w:rsidP="008B5F99">
+          <w:p w14:paraId="79B7ADAE" w14:textId="77777777" w:rsidR="008B5F99" w:rsidRPr="00CE4AE4" w:rsidRDefault="008B5F99" w:rsidP="00CE4AE4">
             <w:pPr>
-              <w:rPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:contextualSpacing/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="003239E2">
-              <w:rPr>
+            <w:r w:rsidRPr="00CE4AE4">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Noteikumi</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="02670366" w14:textId="77777777" w:rsidR="000B5498" w:rsidRDefault="000B5498" w:rsidP="008B5F99">
+          <w:p w14:paraId="02670366" w14:textId="77777777" w:rsidR="000B5498" w:rsidRPr="00CE4AE4" w:rsidRDefault="000B5498" w:rsidP="00CE4AE4">
             <w:pPr>
-              <w:rPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:contextualSpacing/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w14:paraId="7470DA0D" w14:textId="590683D3" w:rsidR="00A06564" w:rsidRPr="007C033D" w:rsidRDefault="00A06564" w:rsidP="008B5F99">
+          <w:p w14:paraId="7470DA0D" w14:textId="590683D3" w:rsidR="00A06564" w:rsidRPr="00CE4AE4" w:rsidRDefault="00A06564" w:rsidP="00CE4AE4">
             <w:pPr>
-              <w:rPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:contextualSpacing/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6951" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="2C182540" w14:textId="77777777" w:rsidR="008B5F99" w:rsidRDefault="008B5F99" w:rsidP="008B5F99">
+          <w:p w14:paraId="2C182540" w14:textId="77777777" w:rsidR="008B5F99" w:rsidRPr="00CE4AE4" w:rsidRDefault="008B5F99" w:rsidP="00CE4AE4">
             <w:pPr>
-              <w:rPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:contextualSpacing/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
                 <w:noProof/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00133A62">
-              <w:rPr>
+            <w:r w:rsidRPr="00CE4AE4">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>2000.gada 26.septembra MK noteikumu Nr.330 “</w:t>
             </w:r>
-            <w:r w:rsidRPr="00133A62">
-              <w:rPr>
+            <w:r w:rsidRPr="00CE4AE4">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
                 <w:noProof/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Vakcinācijas noteikumi”</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="41583413" w14:textId="77777777" w:rsidR="000B5498" w:rsidRDefault="000B5498" w:rsidP="008B5F99">
+          <w:p w14:paraId="41583413" w14:textId="77777777" w:rsidR="000B5498" w:rsidRPr="00CE4AE4" w:rsidRDefault="000B5498" w:rsidP="00CE4AE4">
             <w:pPr>
-              <w:rPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:contextualSpacing/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
                 <w:noProof/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w14:paraId="286A15CB" w14:textId="77777777" w:rsidR="008B5F99" w:rsidRDefault="008B5F99" w:rsidP="008B5F99">
+          <w:p w14:paraId="286A15CB" w14:textId="77777777" w:rsidR="008B5F99" w:rsidRPr="00CE4AE4" w:rsidRDefault="008B5F99" w:rsidP="00CE4AE4">
             <w:pPr>
-              <w:rPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:contextualSpacing/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="008B5F99" w14:paraId="685A2EDA" w14:textId="77777777" w:rsidTr="002F0EAA">
+      <w:tr w:rsidR="008B5F99" w:rsidRPr="00CE4AE4" w14:paraId="685A2EDA" w14:textId="77777777" w:rsidTr="002F0EAA">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2405" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="18B4D5EA" w14:textId="77777777" w:rsidR="008B5F99" w:rsidRDefault="008B5F99" w:rsidP="008B5F99"/>
+          <w:p w14:paraId="18B4D5EA" w14:textId="77777777" w:rsidR="008B5F99" w:rsidRPr="00CE4AE4" w:rsidRDefault="008B5F99" w:rsidP="00CE4AE4">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:contextualSpacing/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6951" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="610FAA55" w14:textId="77777777" w:rsidR="008B5F99" w:rsidRDefault="008B5F99" w:rsidP="008B5F99"/>
-          <w:p w14:paraId="6C7F3D29" w14:textId="77777777" w:rsidR="003031DA" w:rsidRDefault="003031DA" w:rsidP="008B5F99"/>
+          <w:p w14:paraId="610FAA55" w14:textId="77777777" w:rsidR="008B5F99" w:rsidRPr="00CE4AE4" w:rsidRDefault="008B5F99" w:rsidP="00CE4AE4">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:contextualSpacing/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="6C7F3D29" w14:textId="77777777" w:rsidR="003031DA" w:rsidRPr="00CE4AE4" w:rsidRDefault="003031DA" w:rsidP="00CE4AE4">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:contextualSpacing/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="56FD50E6" w14:textId="1599F5B7" w:rsidR="003507B0" w:rsidRPr="00A06564" w:rsidRDefault="003507B0" w:rsidP="558EF661"/>
-    <w:p w14:paraId="4F157E17" w14:textId="7B09E553" w:rsidR="003507B0" w:rsidRPr="004C787B" w:rsidRDefault="0F838D9E" w:rsidP="00B075D9">
+    <w:p w14:paraId="1AFED6F3" w14:textId="77777777" w:rsidR="00B544E1" w:rsidRPr="00CE4AE4" w:rsidRDefault="00B544E1" w:rsidP="00CE4AE4">
+      <w:pPr>
+        <w:spacing w:line="276" w:lineRule="auto"/>
+        <w:contextualSpacing/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="77B6B3BF" w14:textId="0D92D4EE" w:rsidR="00B544E1" w:rsidRPr="00CE4AE4" w:rsidRDefault="00B544E1" w:rsidP="00CE4AE4">
       <w:pPr>
         <w:pStyle w:val="Heading1"/>
       </w:pPr>
-      <w:bookmarkStart w:id="1" w:name="_Toc182299893"/>
-[...14 lines deleted...]
-        <w:t>. gadā</w:t>
+      <w:bookmarkStart w:id="1" w:name="_Toc219366511"/>
+      <w:r w:rsidRPr="00CE4AE4">
+        <w:t>Valsts apmaksātas vakcīnas 2026. – 2027. gadā</w:t>
       </w:r>
       <w:bookmarkEnd w:id="1"/>
     </w:p>
-    <w:p w14:paraId="06931FD6" w14:textId="77777777" w:rsidR="003507B0" w:rsidRDefault="003507B0" w:rsidP="003507B0">
-      <w:pPr>
+    <w:p w14:paraId="06931FD6" w14:textId="77777777" w:rsidR="003507B0" w:rsidRPr="00CE4AE4" w:rsidRDefault="003507B0" w:rsidP="00CE4AE4">
+      <w:pPr>
+        <w:spacing w:line="276" w:lineRule="auto"/>
+        <w:contextualSpacing/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="5539024C" w14:textId="77777777" w:rsidR="003507B0" w:rsidRPr="00CE4AE4" w:rsidRDefault="003507B0" w:rsidP="00CE4AE4">
+      <w:pPr>
+        <w:spacing w:line="276" w:lineRule="auto"/>
         <w:ind w:firstLine="720"/>
+        <w:contextualSpacing/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:szCs w:val="24"/>
-[...1 lines deleted...]
-      </w:pPr>
+          <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00CE4AE4">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Pamatojums:</w:t>
+      </w:r>
     </w:p>
-    <w:p w14:paraId="5539024C" w14:textId="77777777" w:rsidR="003507B0" w:rsidRDefault="003507B0" w:rsidP="003507B0">
-      <w:pPr>
+    <w:p w14:paraId="071A083C" w14:textId="77777777" w:rsidR="003507B0" w:rsidRPr="00CE4AE4" w:rsidRDefault="003507B0" w:rsidP="00CE4AE4">
+      <w:pPr>
+        <w:spacing w:line="276" w:lineRule="auto"/>
         <w:ind w:firstLine="720"/>
+        <w:contextualSpacing/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:szCs w:val="24"/>
-[...13 lines deleted...]
-      </w:r>
+          <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
     </w:p>
-    <w:p w14:paraId="071A083C" w14:textId="77777777" w:rsidR="003507B0" w:rsidRDefault="003507B0" w:rsidP="003507B0">
-      <w:pPr>
+    <w:p w14:paraId="0CBAAB7C" w14:textId="419DE8DC" w:rsidR="003507B0" w:rsidRPr="00CE4AE4" w:rsidRDefault="003507B0" w:rsidP="00CE4AE4">
+      <w:pPr>
+        <w:spacing w:line="276" w:lineRule="auto"/>
         <w:ind w:firstLine="720"/>
+        <w:contextualSpacing/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:szCs w:val="24"/>
-[...1 lines deleted...]
-      </w:pPr>
+          <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00CE4AE4">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+        </w:rPr>
+        <w:t>1. Ministru kabineta 2000. gada 26. septembra noteikumu Nr. 330 „Vakcinācijas noteikumi”</w:t>
+      </w:r>
+      <w:bookmarkStart w:id="2" w:name="_Ref374608069"/>
+      <w:r w:rsidRPr="00CE4AE4">
+        <w:rPr>
+          <w:rStyle w:val="FootnoteReference"/>
+          <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+        </w:rPr>
+        <w:footnoteReference w:id="2"/>
+      </w:r>
+      <w:bookmarkEnd w:id="2"/>
+      <w:r w:rsidRPr="00CE4AE4">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (turpmāk – Noteikumi) 3. punkts, 1. pielikums (turpmāk – Bērnu vakcinācijas kalendārs”</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CE4AE4">
+        <w:rPr>
+          <w:rStyle w:val="FootnoteReference"/>
+          <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+        </w:rPr>
+        <w:footnoteReference w:id="3"/>
+      </w:r>
+      <w:r w:rsidRPr="00CE4AE4">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+        </w:rPr>
+        <w:t>) un 2.pielikums</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CE4AE4">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CE4AE4">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+        </w:rPr>
+        <w:t>par pieaugušo vakcināciju pret difteriju un stingumkrampjiem.</w:t>
+      </w:r>
     </w:p>
-    <w:p w14:paraId="0CBAAB7C" w14:textId="419DE8DC" w:rsidR="003507B0" w:rsidRDefault="003507B0" w:rsidP="00D2113D">
-      <w:pPr>
+    <w:p w14:paraId="705164AC" w14:textId="4688E91B" w:rsidR="003507B0" w:rsidRPr="00CE4AE4" w:rsidRDefault="2955F79A" w:rsidP="00CE4AE4">
+      <w:pPr>
+        <w:spacing w:line="276" w:lineRule="auto"/>
         <w:ind w:firstLine="720"/>
+        <w:contextualSpacing/>
         <w:jc w:val="both"/>
-      </w:pPr>
-[...25 lines deleted...]
-          <w:szCs w:val="24"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00CE4AE4">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+        </w:rPr>
+        <w:t>2. Nacionālā veselības dienesta (turpmāk - NVD) rīkotie atklāto konkursu  „Vakcīnu un šļirču piegāde” (identifikācijas nr.</w:t>
+      </w:r>
+      <w:r w:rsidR="1DA0F930" w:rsidRPr="00CE4AE4">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+        </w:rPr>
+        <w:t>, VM NVD 20</w:t>
+      </w:r>
+      <w:r w:rsidR="00D15874" w:rsidRPr="00CE4AE4">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+        </w:rPr>
+        <w:t>25</w:t>
+      </w:r>
+      <w:r w:rsidR="00C97B00" w:rsidRPr="00CE4AE4">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+        </w:rPr>
+        <w:t>/8</w:t>
+      </w:r>
+      <w:r w:rsidR="00B07617" w:rsidRPr="00CE4AE4">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+        </w:rPr>
+        <w:t>,</w:t>
+      </w:r>
+      <w:r w:rsidR="083691E0" w:rsidRPr="00CE4AE4">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="387E8EA0">
-        <w:t>par pieaugušo vakcināciju pret difteriju un stingumkrampjiem.</w:t>
+      <w:r w:rsidR="00F6286F" w:rsidRPr="00CE4AE4">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+        </w:rPr>
+        <w:t xml:space="preserve">VM NVD 2025/22, </w:t>
+      </w:r>
+      <w:r w:rsidR="083691E0" w:rsidRPr="00CE4AE4">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+        </w:rPr>
+        <w:t>VM NVD 2021/</w:t>
+      </w:r>
+      <w:r w:rsidR="00220370" w:rsidRPr="00CE4AE4">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+        </w:rPr>
+        <w:t>51</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CE4AE4">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+        </w:rPr>
+        <w:t>), “Standarta tuberkulīna iegāde” rezultāti</w:t>
+      </w:r>
+      <w:r w:rsidR="00124552" w:rsidRPr="00CE4AE4">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+        </w:rPr>
+        <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="705164AC" w14:textId="39C08130" w:rsidR="003507B0" w:rsidRDefault="2955F79A" w:rsidP="00D2113D">
-      <w:pPr>
+    <w:p w14:paraId="3EC30996" w14:textId="2A60FB3E" w:rsidR="003507B0" w:rsidRPr="00CE4AE4" w:rsidRDefault="0F838D9E" w:rsidP="00CE4AE4">
+      <w:pPr>
+        <w:spacing w:line="276" w:lineRule="auto"/>
         <w:ind w:firstLine="720"/>
+        <w:contextualSpacing/>
         <w:jc w:val="both"/>
-      </w:pPr>
-[...34 lines deleted...]
-        <w:t>.</w:t>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00CE4AE4">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+        </w:rPr>
+        <w:t>Vakcinācijas iestādēm 202</w:t>
+      </w:r>
+      <w:r w:rsidR="00274E12" w:rsidRPr="00CE4AE4">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+        </w:rPr>
+        <w:t>6</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CE4AE4">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+        </w:rPr>
+        <w:t>. – 20</w:t>
+      </w:r>
+      <w:r w:rsidR="10010933" w:rsidRPr="00CE4AE4">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+        </w:rPr>
+        <w:t>2</w:t>
+      </w:r>
+      <w:r w:rsidR="00274E12" w:rsidRPr="00CE4AE4">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+        </w:rPr>
+        <w:t>7</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CE4AE4">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+        </w:rPr>
+        <w:t>. gad</w:t>
+      </w:r>
+      <w:r w:rsidR="00674D5C" w:rsidRPr="00CE4AE4">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+        </w:rPr>
+        <w:t>ā</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CE4AE4">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> tiks piegādātas šādas vakcīnas un citi preparāti:</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3EC30996" w14:textId="0CCFE626" w:rsidR="003507B0" w:rsidRPr="007B0CBE" w:rsidRDefault="0F838D9E" w:rsidP="007B0CBE">
-[...29 lines deleted...]
-    <w:p w14:paraId="4A07A5E6" w14:textId="77777777" w:rsidR="002007DF" w:rsidRPr="007B0CBE" w:rsidRDefault="008901DC" w:rsidP="007B0CBE">
+    <w:p w14:paraId="4A07A5E6" w14:textId="486F2A38" w:rsidR="002007DF" w:rsidRPr="00CE4AE4" w:rsidRDefault="008901DC" w:rsidP="00CE4AE4">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="36"/>
         </w:numPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="007B0CBE">
+      <w:r w:rsidRPr="00CE4AE4">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">vakcīna </w:t>
       </w:r>
-      <w:r w:rsidRPr="007B0CBE">
+      <w:r w:rsidRPr="00CE4AE4">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve">pret B hepatītu (HB) </w:t>
-[...3 lines deleted...]
-          <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+        <w:t xml:space="preserve">pret B hepatītu </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CE4AE4">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>(HB)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CE4AE4">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CE4AE4">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+          <w:b/>
+          <w:bCs/>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>“Engerix B 10mkg/0,5ml</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="007B0CBE">
+        <w:t>Engerix B 10mkg/0,5ml</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CE4AE4">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>” riska grupas jaundzimušie (dzimuši B hepatīta virsmas antigēna (HBsAg) pozitīvām mātēm vai mātēm, kuras nebija pārbaudītas HBsAg klātbūtnei);</w:t>
+        <w:t xml:space="preserve"> riska grupas jaundzimušie (dzimuši B hepatīta virsmas antigēna (HBsAg) pozitīvām mātēm vai mātēm, kuras nebija pārbaudītas HBsAg klātbūtnei);</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="32EBAF82" w14:textId="6C31B55D" w:rsidR="003507B0" w:rsidRPr="007B0CBE" w:rsidRDefault="44D7736D" w:rsidP="007B0CBE">
+    <w:p w14:paraId="32EBAF82" w14:textId="62A221B7" w:rsidR="003507B0" w:rsidRPr="00CE4AE4" w:rsidRDefault="44D7736D" w:rsidP="00CE4AE4">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="36"/>
         </w:numPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="007B0CBE">
+      <w:r w:rsidRPr="00CE4AE4">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">vakcīna </w:t>
       </w:r>
-      <w:r w:rsidRPr="007B0CBE">
+      <w:r w:rsidRPr="00CE4AE4">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>pret tuberkulozi</w:t>
       </w:r>
-      <w:r w:rsidRPr="007B0CBE">
+      <w:r w:rsidRPr="00CE4AE4">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> (BCG) </w:t>
       </w:r>
-      <w:r w:rsidRPr="007B0CBE">
-[...1 lines deleted...]
-          <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+      <w:r w:rsidRPr="00CE4AE4">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+          <w:b/>
+          <w:bCs/>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>“Szczepionka przeciwgružlicza BCG 10”</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="007B0CBE">
+        <w:t>Szczepionka przeciwgružlicza BCG 10</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CE4AE4">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> jaundzimušo un zīdaiņu imunizācijai.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="16B8CEAB" w14:textId="48A0BB8A" w:rsidR="003507B0" w:rsidRPr="00052AB6" w:rsidRDefault="003507B0" w:rsidP="002007DF">
-      <w:pPr>
+    <w:p w14:paraId="16B8CEAB" w14:textId="48A0BB8A" w:rsidR="003507B0" w:rsidRPr="00CE4AE4" w:rsidRDefault="003507B0" w:rsidP="00CE4AE4">
+      <w:pPr>
+        <w:spacing w:line="276" w:lineRule="auto"/>
+        <w:contextualSpacing/>
         <w:jc w:val="both"/>
         <w:rPr>
+          <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
           <w:i/>
           <w:iCs/>
           <w:noProof/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00B3748A">
-        <w:rPr>
+      <w:r w:rsidRPr="00CE4AE4">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
           <w:szCs w:val="24"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t>Piezīme.</w:t>
       </w:r>
-      <w:r w:rsidRPr="00052AB6">
-        <w:rPr>
+      <w:r w:rsidRPr="00CE4AE4">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
           <w:i/>
           <w:iCs/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> S</w:t>
       </w:r>
-      <w:r w:rsidRPr="00052AB6">
-        <w:rPr>
+      <w:r w:rsidRPr="00CE4AE4">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
           <w:i/>
           <w:iCs/>
           <w:noProof/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
         <w:t>pēkā esošais Vakcinācijas kalendārs no</w:t>
       </w:r>
-      <w:r w:rsidR="00B804B3">
-        <w:rPr>
+      <w:r w:rsidR="00B804B3" w:rsidRPr="00CE4AE4">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
           <w:i/>
           <w:iCs/>
           <w:noProof/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
         <w:t>saka</w:t>
       </w:r>
-      <w:r w:rsidRPr="00052AB6">
-        <w:rPr>
+      <w:r w:rsidRPr="00CE4AE4">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
           <w:i/>
           <w:iCs/>
           <w:noProof/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
-        <w:t xml:space="preserve">, ka jaundzimušo vakcināciju pret tuberkulozi var veikt, sākot no 12 </w:t>
-[...2 lines deleted...]
-        <w:rPr>
+        <w:t>, ka jaundzimušo vakcināciju pret tuberkulozi var veikt, sākot no 12 stundām (Noteikumu 1. pielikuma 2. punkts).</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4ADD31B0" w14:textId="75D52211" w:rsidR="003507B0" w:rsidRPr="00CE4AE4" w:rsidRDefault="003507B0" w:rsidP="00CE4AE4">
+      <w:pPr>
+        <w:spacing w:line="276" w:lineRule="auto"/>
+        <w:ind w:firstLine="567"/>
+        <w:contextualSpacing/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
           <w:i/>
           <w:iCs/>
-          <w:noProof/>
-[...10 lines deleted...]
-        <w:rPr>
+          <w:szCs w:val="24"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00CE4AE4">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
           <w:i/>
           <w:iCs/>
           <w:szCs w:val="24"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
-      </w:pPr>
-[...1 lines deleted...]
-        <w:rPr>
+        <w:t>Ja vakcinācija tiek veikta bērnam virs divu mēnešu vecum</w:t>
+      </w:r>
+      <w:r w:rsidR="005F1A46" w:rsidRPr="00CE4AE4">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
           <w:i/>
           <w:iCs/>
           <w:szCs w:val="24"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
-        <w:t>Ja vakcinācija tiek veikta bērnam virs divu mēnešu vecum</w:t>
-[...2 lines deleted...]
-        <w:rPr>
+        <w:t>a</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CE4AE4">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
           <w:i/>
           <w:iCs/>
           <w:szCs w:val="24"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
-        <w:t>a</w:t>
-[...2 lines deleted...]
-        <w:rPr>
+        <w:t>, pirms vakcinācijas nepieciešams veikt tuberkulīna testu, lai izslēgtu iespējamu bērna inficēšanos ar tuberkulozi.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CE4AE4">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
           <w:i/>
           <w:iCs/>
           <w:szCs w:val="24"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
-        </w:rPr>
-[...3 lines deleted...]
-        <w:rPr>
+          <w:vertAlign w:val="superscript"/>
+        </w:rPr>
+        <w:t>1,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CE4AE4">
+        <w:rPr>
+          <w:rStyle w:val="FootnoteReference"/>
+          <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
           <w:i/>
           <w:iCs/>
           <w:szCs w:val="24"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
-          <w:vertAlign w:val="superscript"/>
-[...9 lines deleted...]
-          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
         <w:footnoteReference w:id="4"/>
       </w:r>
     </w:p>
-    <w:p w14:paraId="22C8164A" w14:textId="2C3F24F5" w:rsidR="003507B0" w:rsidRPr="007B0CBE" w:rsidRDefault="44D7736D" w:rsidP="00FD2D8C">
+    <w:p w14:paraId="22C8164A" w14:textId="2C3F24F5" w:rsidR="003507B0" w:rsidRPr="00CE4AE4" w:rsidRDefault="44D7736D" w:rsidP="00CE4AE4">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="36"/>
         </w:numPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="714" w:hanging="357"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="007B0CBE">
+      <w:r w:rsidRPr="00CE4AE4">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">vakcīna </w:t>
       </w:r>
-      <w:r w:rsidRPr="007B0CBE">
+      <w:r w:rsidRPr="00CE4AE4">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">pret difteriju, stinguma krampjiem, garo klepu, poliomielītu, b tipa </w:t>
       </w:r>
-      <w:r w:rsidRPr="007B0CBE">
+      <w:r w:rsidRPr="00CE4AE4">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
           <w:b/>
           <w:bCs/>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Haemophilus influenzae</w:t>
       </w:r>
-      <w:r w:rsidRPr="007B0CBE">
+      <w:r w:rsidRPr="00CE4AE4">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> infekciju un B hepatītu</w:t>
       </w:r>
-      <w:r w:rsidRPr="007B0CBE">
+      <w:r w:rsidRPr="00CE4AE4">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> (DTaP-IPV-Hib-HB) </w:t>
       </w:r>
-      <w:r w:rsidR="00D551A7" w:rsidRPr="007B0CBE">
+      <w:r w:rsidR="00D551A7" w:rsidRPr="00CE4AE4">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
           <w:b/>
           <w:bCs/>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Infanrix Hexa</w:t>
       </w:r>
-      <w:r w:rsidRPr="007B0CBE">
+      <w:r w:rsidRPr="00CE4AE4">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> bērnu vakcinācijai 2, 4, 6 mēnešu vecumā un balstvakcinācijai 12 – 15 mēnešu vecumā.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5CD3AA77" w14:textId="77777777" w:rsidR="009F0E95" w:rsidRDefault="00D551A7" w:rsidP="009F0E95">
-      <w:pPr>
+    <w:p w14:paraId="5CD3AA77" w14:textId="77777777" w:rsidR="009F0E95" w:rsidRPr="00CE4AE4" w:rsidRDefault="00D551A7" w:rsidP="00CE4AE4">
+      <w:pPr>
+        <w:spacing w:line="276" w:lineRule="auto"/>
         <w:ind w:firstLine="567"/>
+        <w:contextualSpacing/>
         <w:jc w:val="both"/>
         <w:rPr>
+          <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
           <w:i/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:r>
-        <w:rPr>
+      <w:r w:rsidRPr="00CE4AE4">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
           <w:i/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Infanrix Hexa</w:t>
       </w:r>
-      <w:r w:rsidR="003507B0" w:rsidRPr="006D3D46">
-[...11 lines deleted...]
-      <w:r w:rsidR="003507B0">
+      <w:r w:rsidR="003507B0" w:rsidRPr="00CE4AE4">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> vakcīnas zāļu aprakstā 3.punktā ir noteikts </w:t>
+      </w:r>
+      <w:r w:rsidR="003507B0" w:rsidRPr="00CE4AE4">
         <w:rPr>
           <w:rStyle w:val="FootnoteReference"/>
+          <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:footnoteReference w:id="5"/>
       </w:r>
-      <w:r w:rsidR="003507B0" w:rsidRPr="006D3D46">
-        <w:rPr>
+      <w:r w:rsidR="003507B0" w:rsidRPr="00CE4AE4">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>: “</w:t>
       </w:r>
-      <w:r w:rsidR="00206286">
-        <w:rPr>
+      <w:r w:rsidR="00206286" w:rsidRPr="00CE4AE4">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
           <w:i/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Infanrix Hexa</w:t>
       </w:r>
-      <w:r w:rsidR="003507B0" w:rsidRPr="006D3D46">
-        <w:rPr>
+      <w:r w:rsidR="003507B0" w:rsidRPr="00CE4AE4">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
           <w:i/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> ir  pulveris un suspensija injekciju suspensijas pagatavošanai. Difterijas, stingumkrampju, acelulārs garā klepus, B hepatīta, inaktivētā poliomielīta (DTPa-HBVIPV) komponents ir duļķaina, balta suspensija. Liofilizētais b tipa Haemophilus influenzae (Hib) komponents ir balts pulveris” 4.2. punktā ir noteikts: „Ja B hepatīta </w:t>
       </w:r>
-      <w:r w:rsidR="003507B0" w:rsidRPr="006D3D46">
-        <w:rPr>
+      <w:r w:rsidR="003507B0" w:rsidRPr="00CE4AE4">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
           <w:i/>
           <w:iCs/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">vakcīnas deva ir saņemta tūlīt pēc dzimšanas, </w:t>
       </w:r>
-      <w:r w:rsidR="00A21846">
-        <w:rPr>
+      <w:r w:rsidR="00A21846" w:rsidRPr="00CE4AE4">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
           <w:i/>
           <w:iCs/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Infanrix Hexa</w:t>
       </w:r>
-      <w:r w:rsidR="003507B0" w:rsidRPr="006D3D46">
-        <w:rPr>
+      <w:r w:rsidR="003507B0" w:rsidRPr="00CE4AE4">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
           <w:i/>
           <w:iCs/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve"> var tikt izmantots kā papildus B hepatīta vakcīnas devu aizvietotājs, sākot no sešu nedēļu vecuma. Ja</w:t>
-[...2 lines deleted...]
-        <w:rPr>
+        <w:t xml:space="preserve"> var tikt izmantots kā papildus B hepatīta vakcīnas devu aizvietotājs, sākot no sešu nedēļu vecuma. Ja otra B hepatīta vakcīnas deva ir nepieciešama agrāk par šo vecumu, ir jāizmanto monovalenta B hepatīta vakcīna</w:t>
+      </w:r>
+      <w:r w:rsidR="003507B0" w:rsidRPr="00CE4AE4">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
           <w:i/>
-          <w:iCs/>
-[...16 lines deleted...]
-        <w:t>.</w:t>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>”.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="742E4C49" w14:textId="77777777" w:rsidR="0031537B" w:rsidRPr="007B0CBE" w:rsidRDefault="44D7736D" w:rsidP="007B0CBE">
+    <w:p w14:paraId="742E4C49" w14:textId="77777777" w:rsidR="0031537B" w:rsidRPr="00CE4AE4" w:rsidRDefault="44D7736D" w:rsidP="00CE4AE4">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="36"/>
         </w:numPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="714" w:hanging="357"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
           <w:i/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="007B0CBE">
+      <w:r w:rsidRPr="00CE4AE4">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">vakcīna </w:t>
       </w:r>
-      <w:r w:rsidRPr="007B0CBE">
+      <w:r w:rsidRPr="00CE4AE4">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">pret difteriju, stinguma krampjiem, garo klepu, poliomielītu un b tipa </w:t>
       </w:r>
-      <w:r w:rsidRPr="007B0CBE">
+      <w:r w:rsidRPr="00CE4AE4">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
           <w:b/>
           <w:bCs/>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Haemophilus influenzae</w:t>
       </w:r>
-      <w:r w:rsidRPr="007B0CBE">
+      <w:r w:rsidRPr="00CE4AE4">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> infekciju</w:t>
       </w:r>
-      <w:r w:rsidRPr="007B0CBE">
+      <w:r w:rsidRPr="00CE4AE4">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> (DTaP-IPV-Hib) </w:t>
       </w:r>
-      <w:r w:rsidRPr="007B0CBE">
+      <w:r w:rsidRPr="00CE4AE4">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
           <w:b/>
           <w:bCs/>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Pentaxim</w:t>
       </w:r>
-      <w:r w:rsidRPr="007B0CBE">
+      <w:r w:rsidRPr="00CE4AE4">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> riska grupas bērnu, kuri tika vakcinēti ar monovakcīnu pret B hepatītu un bērnu ar medicīniskajām kontrindikācijām imunizācijai ar kombinēto vakcīnu </w:t>
       </w:r>
-      <w:r w:rsidRPr="007B0CBE">
+      <w:r w:rsidRPr="00CE4AE4">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Infanrix Hexa,</w:t>
       </w:r>
-      <w:r w:rsidRPr="007B0CBE">
+      <w:r w:rsidRPr="00CE4AE4">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> vakcinācijai 2, 4, 6 mēnešu vecumā un balstvakcinācijai 12 – 15 mēnešu vecumā.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="227958BE" w14:textId="6CB4EE7E" w:rsidR="008310F5" w:rsidRPr="007B0CBE" w:rsidRDefault="44D7736D" w:rsidP="007B0CBE">
+    <w:p w14:paraId="227958BE" w14:textId="4EA0DDB6" w:rsidR="008310F5" w:rsidRPr="00CE4AE4" w:rsidRDefault="44D7736D" w:rsidP="00CE4AE4">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="36"/>
         </w:numPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="714" w:hanging="357"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
           <w:i/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="007B0CBE">
+      <w:r w:rsidRPr="00CE4AE4">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">vakcīna </w:t>
       </w:r>
-      <w:r w:rsidRPr="007B0CBE">
+      <w:r w:rsidRPr="00CE4AE4">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">pret pneimokoku infekciju </w:t>
       </w:r>
-      <w:r w:rsidRPr="007B0CBE">
+      <w:r w:rsidRPr="00CE4AE4">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>(PCV)</w:t>
       </w:r>
-      <w:r w:rsidRPr="007B0CBE">
+      <w:r w:rsidRPr="00CE4AE4">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="00124552" w:rsidRPr="007B0CBE">
+      <w:r w:rsidR="003848B5" w:rsidRPr="00CE4AE4">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
           <w:b/>
           <w:bCs/>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>Vaxneuvance</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="007B0CBE">
+        <w:t>Prevenar13</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CE4AE4">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> bērnu vakcinācijai 2</w:t>
       </w:r>
-      <w:r w:rsidR="002A3D69" w:rsidRPr="007B0CBE">
+      <w:r w:rsidR="002A3D69" w:rsidRPr="00CE4AE4">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> un </w:t>
       </w:r>
-      <w:r w:rsidRPr="007B0CBE">
+      <w:r w:rsidRPr="00CE4AE4">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>4</w:t>
       </w:r>
-      <w:r w:rsidR="002A3D69" w:rsidRPr="007B0CBE">
+      <w:r w:rsidR="002A3D69" w:rsidRPr="00CE4AE4">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> mēnešu vecumā</w:t>
       </w:r>
-      <w:r w:rsidRPr="007B0CBE">
+      <w:r w:rsidRPr="00CE4AE4">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> un balstvakcinācijai 12 – 15 mēnešu vecumā.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="244E2B8B" w14:textId="798EA32D" w:rsidR="003507B0" w:rsidRPr="007B0CBE" w:rsidRDefault="44D7736D" w:rsidP="007B0CBE">
+    <w:p w14:paraId="244E2B8B" w14:textId="798EA32D" w:rsidR="003507B0" w:rsidRPr="00CE4AE4" w:rsidRDefault="44D7736D" w:rsidP="00CE4AE4">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="36"/>
         </w:numPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="714" w:hanging="357"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
           <w:i/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="007B0CBE">
+      <w:r w:rsidRPr="00CE4AE4">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
+        <w:lastRenderedPageBreak/>
         <w:t xml:space="preserve">vakcīna </w:t>
       </w:r>
-      <w:r w:rsidRPr="007B0CBE">
+      <w:r w:rsidRPr="00CE4AE4">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>pret rotavīrusu infekciju</w:t>
       </w:r>
-      <w:r w:rsidRPr="007B0CBE">
+      <w:r w:rsidRPr="00CE4AE4">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> (RV) </w:t>
       </w:r>
-      <w:r w:rsidRPr="007B0CBE">
+      <w:r w:rsidRPr="00CE4AE4">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
           <w:b/>
           <w:bCs/>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>RotaTeq</w:t>
       </w:r>
-      <w:r w:rsidRPr="007B0CBE">
+      <w:r w:rsidRPr="00CE4AE4">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> bērnu vakcinācijai 2, 4 un 6 mēnešu vecumā.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5BA50526" w14:textId="38626BA1" w:rsidR="00131455" w:rsidRDefault="003507B0" w:rsidP="00131455">
-      <w:pPr>
+    <w:p w14:paraId="5BA50526" w14:textId="38626BA1" w:rsidR="00131455" w:rsidRPr="00CE4AE4" w:rsidRDefault="003507B0" w:rsidP="00CE4AE4">
+      <w:pPr>
+        <w:spacing w:line="276" w:lineRule="auto"/>
         <w:ind w:firstLine="567"/>
+        <w:contextualSpacing/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:szCs w:val="24"/>
-[...3 lines deleted...]
-        <w:rPr>
+          <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00CE4AE4">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
           <w:szCs w:val="24"/>
           <w:u w:val="single"/>
         </w:rPr>
-        <w:lastRenderedPageBreak/>
         <w:t>Piezīme</w:t>
       </w:r>
-      <w:r>
-        <w:rPr>
+      <w:r w:rsidRPr="00CE4AE4">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
-      <w:r w:rsidRPr="00153EE6">
-        <w:rPr>
+      <w:r w:rsidRPr="00CE4AE4">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
           <w:noProof/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
-        <w:t xml:space="preserve"> </w:t>
-[...2 lines deleted...]
-        <w:rPr>
+        <w:t xml:space="preserve"> Lai laikus pabeigtu vakcinācijas kursu un maksimāli ātri pasargātu zīdaiņus pret rotavīrusu infekciju, vakcināciju var uzsākt bērniem no 6 nedēļ</w:t>
+      </w:r>
+      <w:r w:rsidR="002A3D69" w:rsidRPr="00CE4AE4">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
           <w:noProof/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
-        <w:t>Lai laikus pabeigtu vakcinācijas kursu un maksimāli ātri pasargātu zīdaiņus pret rotavīrusu infekciju, vakcināciju var uzsākt bērniem no 6 nedēļ</w:t>
-[...2 lines deleted...]
-        <w:rPr>
+        <w:t>u vecuma</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CE4AE4">
+        <w:rPr>
+          <w:rStyle w:val="FootnoteReference"/>
+          <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
           <w:noProof/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
-        <w:t>u vecuma</w:t>
-[...3 lines deleted...]
-          <w:rStyle w:val="FootnoteReference"/>
+        <w:footnoteReference w:id="6"/>
+      </w:r>
+      <w:r w:rsidRPr="00CE4AE4">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
           <w:noProof/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
-        <w:footnoteReference w:id="6"/>
-[...6 lines deleted...]
-        </w:rPr>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
-      <w:r w:rsidRPr="00DB7194">
-[...12 lines deleted...]
-        <w:rPr>
+      <w:r w:rsidRPr="00CE4AE4">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> “</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CE4AE4">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
           <w:i/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>RotaTeq</w:t>
       </w:r>
-      <w:r w:rsidRPr="00DB7194">
-        <w:rPr>
+      <w:r w:rsidRPr="00CE4AE4">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>” vakcīnas zāļu aprakstā 4.2. punktā ir noteikts: „</w:t>
       </w:r>
-      <w:r w:rsidRPr="00DB7194">
-        <w:rPr>
+      <w:r w:rsidRPr="00CE4AE4">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
           <w:i/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Pirmo devu var ordinēt, sākot no 6 nedēļu vecuma, un ne vēlāk kā 12 nedēļu vecumā. Starp devām jābūt vismaz 4 nedēļu intervālam. Vēlams, lai trīs devu vakcinācijas kurss tiktu pabeigts līdz 20 – 22 nedēļu vecumam. Ja nepieciešams, trešo (pēdējo) devu var dot līdz 32 nedēļu vecumam.</w:t>
       </w:r>
-      <w:r w:rsidRPr="00C4120C">
-        <w:rPr>
+      <w:r w:rsidRPr="00CE4AE4">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>”</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="417C9719" w14:textId="54FD5F02" w:rsidR="00DC64AB" w:rsidRPr="007B0CBE" w:rsidRDefault="44D7736D" w:rsidP="00DC64AB">
+    <w:p w14:paraId="417C9719" w14:textId="54FD5F02" w:rsidR="00DC64AB" w:rsidRPr="00CE4AE4" w:rsidRDefault="44D7736D" w:rsidP="00CE4AE4">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="36"/>
         </w:numPr>
+        <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="007B0CBE">
+      <w:r w:rsidRPr="00CE4AE4">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">vakcīna </w:t>
       </w:r>
-      <w:r w:rsidRPr="007B0CBE">
+      <w:r w:rsidRPr="00CE4AE4">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">pret masalām, masaliņām un epidēmisko parotītu </w:t>
       </w:r>
-      <w:r w:rsidRPr="007B0CBE">
+      <w:r w:rsidRPr="00CE4AE4">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">(MPR) </w:t>
       </w:r>
-      <w:r w:rsidRPr="007B0CBE">
+      <w:r w:rsidRPr="00CE4AE4">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
           <w:b/>
           <w:bCs/>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>M-M-RVaxPro</w:t>
       </w:r>
-      <w:r w:rsidRPr="007B0CBE">
+      <w:r w:rsidRPr="00CE4AE4">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> bērnu vakcinācijai 12 – 15 mēnešu vecumā un balstvakcinācijai 7 gadu vecumā.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7027086B" w14:textId="77777777" w:rsidR="00DC64AB" w:rsidRPr="007B0CBE" w:rsidRDefault="44D7736D" w:rsidP="00DC64AB">
+    <w:p w14:paraId="7027086B" w14:textId="66FC6E15" w:rsidR="00DC64AB" w:rsidRPr="00CE4AE4" w:rsidRDefault="44D7736D" w:rsidP="00CE4AE4">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="36"/>
         </w:numPr>
+        <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="007B0CBE">
+      <w:r w:rsidRPr="00CE4AE4">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">vakcīna </w:t>
       </w:r>
-      <w:r w:rsidRPr="007B0CBE">
+      <w:r w:rsidRPr="00CE4AE4">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>pret vējbakām</w:t>
       </w:r>
-      <w:r w:rsidRPr="007B0CBE">
+      <w:r w:rsidRPr="00CE4AE4">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> (Varicella) </w:t>
       </w:r>
-      <w:r w:rsidRPr="007B0CBE">
+      <w:r w:rsidRPr="00CE4AE4">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
           <w:b/>
           <w:bCs/>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>Varivax</w:t>
-[...3 lines deleted...]
-          <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+        <w:t>Var</w:t>
+      </w:r>
+      <w:r w:rsidR="008A6561" w:rsidRPr="00CE4AE4">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+          <w:b/>
+          <w:bCs/>
+          <w:i/>
+          <w:iCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
+        <w:t>ilrix</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CE4AE4">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
         <w:t xml:space="preserve"> bērnu vakcinācijai 12 – 15 mēnešu vecumā un balstvakcinācijai 7 gadu vecumā</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="437DEC04" w14:textId="77777777" w:rsidR="00DC64AB" w:rsidRPr="007B0CBE" w:rsidRDefault="44D7736D" w:rsidP="00DC64AB">
+    <w:p w14:paraId="437DEC04" w14:textId="77777777" w:rsidR="00DC64AB" w:rsidRPr="00CE4AE4" w:rsidRDefault="44D7736D" w:rsidP="00CE4AE4">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="36"/>
         </w:numPr>
+        <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="007B0CBE">
+      <w:r w:rsidRPr="00CE4AE4">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">vakcīna </w:t>
       </w:r>
-      <w:r w:rsidRPr="007B0CBE">
+      <w:r w:rsidRPr="00CE4AE4">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>pret difteriju, stinguma krampjiem, garo klepu un poliomielītu</w:t>
       </w:r>
-      <w:r w:rsidRPr="007B0CBE">
+      <w:r w:rsidRPr="00CE4AE4">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> (DTaP-IPV) </w:t>
       </w:r>
-      <w:r w:rsidRPr="007B0CBE">
+      <w:r w:rsidRPr="00CE4AE4">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
           <w:b/>
           <w:bCs/>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Tetraxim</w:t>
       </w:r>
-      <w:r w:rsidRPr="007B0CBE">
+      <w:r w:rsidRPr="00CE4AE4">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> bērnu balstvakcinācijai 7 gadu vecumā.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2D0B19C3" w14:textId="176BF40C" w:rsidR="0032242F" w:rsidRPr="007B0CBE" w:rsidRDefault="00131455" w:rsidP="0032242F">
+    <w:p w14:paraId="2D0B19C3" w14:textId="176BF40C" w:rsidR="0032242F" w:rsidRPr="00CE4AE4" w:rsidRDefault="00131455" w:rsidP="00CE4AE4">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="36"/>
         </w:numPr>
+        <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="007B0CBE">
+      <w:r w:rsidRPr="00CE4AE4">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>vakcīna pret difteriju, stinguma krampjiem un garo klepu</w:t>
       </w:r>
-      <w:r w:rsidRPr="007B0CBE">
+      <w:r w:rsidRPr="00CE4AE4">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> (Tdap) </w:t>
       </w:r>
-      <w:r w:rsidRPr="007B0CBE">
+      <w:r w:rsidRPr="00CE4AE4">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
           <w:b/>
           <w:bCs/>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Adacel/Triaxis</w:t>
       </w:r>
-      <w:r w:rsidRPr="007B0CBE">
+      <w:r w:rsidRPr="00CE4AE4">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> bērnu 14 gadu vecumā</w:t>
       </w:r>
-      <w:r w:rsidR="0032242F" w:rsidRPr="007B0CBE">
+      <w:r w:rsidR="0032242F" w:rsidRPr="00CE4AE4">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> balstvakcinācijai</w:t>
       </w:r>
-      <w:r w:rsidR="00CA417D" w:rsidRPr="007B0CBE">
+      <w:r w:rsidR="00CA417D" w:rsidRPr="00CE4AE4">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> un </w:t>
       </w:r>
-      <w:r w:rsidR="002007DF" w:rsidRPr="007B0CBE">
+      <w:r w:rsidR="002007DF" w:rsidRPr="00CE4AE4">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>grūtnieču vakcinācijai</w:t>
       </w:r>
-      <w:r w:rsidRPr="007B0CBE">
+      <w:r w:rsidRPr="00CE4AE4">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0A336926" w14:textId="1671FA96" w:rsidR="003F659B" w:rsidRPr="007B0CBE" w:rsidRDefault="44D7736D" w:rsidP="003F659B">
+    <w:p w14:paraId="0A336926" w14:textId="1671FA96" w:rsidR="003F659B" w:rsidRPr="00CE4AE4" w:rsidRDefault="44D7736D" w:rsidP="00CE4AE4">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="36"/>
         </w:numPr>
+        <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="007B0CBE">
+      <w:r w:rsidRPr="00CE4AE4">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">vakcīna </w:t>
       </w:r>
-      <w:r w:rsidRPr="007B0CBE">
+      <w:r w:rsidRPr="00CE4AE4">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>pret cilvēka papilomas vīrusa infekciju</w:t>
       </w:r>
-      <w:r w:rsidRPr="007B0CBE">
+      <w:r w:rsidRPr="00CE4AE4">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> (CPV) </w:t>
       </w:r>
-      <w:r w:rsidRPr="007B0CBE">
+      <w:r w:rsidRPr="00CE4AE4">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
           <w:b/>
           <w:bCs/>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Gardasil 9</w:t>
       </w:r>
-      <w:r w:rsidRPr="007B0CBE">
+      <w:r w:rsidRPr="00CE4AE4">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="003F659B" w:rsidRPr="007B0CBE">
+      <w:r w:rsidR="003F659B" w:rsidRPr="00CE4AE4">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>bērnu</w:t>
       </w:r>
-      <w:r w:rsidR="00131455" w:rsidRPr="007B0CBE">
+      <w:r w:rsidR="00131455" w:rsidRPr="00CE4AE4">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="007B0CBE">
+      <w:r w:rsidRPr="00CE4AE4">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">vakcinācijai </w:t>
       </w:r>
-      <w:r w:rsidR="001D6260" w:rsidRPr="007B0CBE">
+      <w:r w:rsidR="001D6260" w:rsidRPr="00CE4AE4">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">no </w:t>
       </w:r>
-      <w:r w:rsidRPr="007B0CBE">
+      <w:r w:rsidRPr="00CE4AE4">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>12 gadu vecumā.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6691675A" w14:textId="60071166" w:rsidR="00744125" w:rsidRPr="007B0CBE" w:rsidRDefault="00131455" w:rsidP="00744125">
+    <w:p w14:paraId="6691675A" w14:textId="4273B039" w:rsidR="00744125" w:rsidRPr="00CE4AE4" w:rsidRDefault="00131455" w:rsidP="00CE4AE4">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="36"/>
         </w:numPr>
+        <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="007B0CBE">
+      <w:r w:rsidRPr="00CE4AE4">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">vakcīna </w:t>
       </w:r>
-      <w:r w:rsidRPr="007B0CBE">
+      <w:r w:rsidRPr="00CE4AE4">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>pret difteriju un stinguma krampjiem</w:t>
       </w:r>
-      <w:r w:rsidRPr="007B0CBE">
+      <w:r w:rsidRPr="00CE4AE4">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> (Td) </w:t>
       </w:r>
-      <w:r w:rsidR="4EA6EB7E" w:rsidRPr="007B0CBE">
+      <w:r w:rsidR="4EA6EB7E" w:rsidRPr="00CE4AE4">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
           <w:b/>
           <w:bCs/>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Imovax dT Adult</w:t>
       </w:r>
-      <w:r w:rsidR="4EA6EB7E" w:rsidRPr="007B0CBE">
-[...7 lines deleted...]
-      <w:r w:rsidR="2FB3EBFE" w:rsidRPr="007B0CBE">
+      <w:r w:rsidRPr="00CE4AE4">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
           <w:b/>
           <w:bCs/>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>Diftavax</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="007B0CBE">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CE4AE4">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>pieaugušo vakcinācijai un balstvakcinācijai.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6A273BDD" w14:textId="1CC7C995" w:rsidR="001C0E07" w:rsidRPr="00CE4AE4" w:rsidRDefault="44D7736D" w:rsidP="00CE4AE4">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="36"/>
+        </w:numPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00CE4AE4">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">vakcīna </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CE4AE4">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>pret trakumsērgu</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CE4AE4">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CE4AE4">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
           <w:b/>
           <w:bCs/>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve"> </w:t>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="007B0CBE">
+        <w:t>Verorab</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CE4AE4">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>pieaugušo vakcinācijai un balstvakcinācijai.</w:t>
+        <w:t xml:space="preserve"> vakcinācijai pēc klīniskām un epidemioloģiskām indikācijām.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6A273BDD" w14:textId="1CC7C995" w:rsidR="001C0E07" w:rsidRPr="007B0CBE" w:rsidRDefault="44D7736D" w:rsidP="001C0E07">
+    <w:p w14:paraId="7E3071E9" w14:textId="588D864A" w:rsidR="001C0E07" w:rsidRPr="00CE4AE4" w:rsidRDefault="44D7736D" w:rsidP="00CE4AE4">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="36"/>
         </w:numPr>
+        <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="007B0CBE">
+      <w:r w:rsidRPr="00CE4AE4">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">vakcīna </w:t>
       </w:r>
-      <w:r w:rsidRPr="007B0CBE">
+      <w:r w:rsidRPr="00CE4AE4">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>pret trakumsērgu</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="007B0CBE">
+        <w:t>pret B hepatītu</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CE4AE4">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
+        <w:t xml:space="preserve"> (HB)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CE4AE4">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="007B0CBE">
+      <w:r w:rsidRPr="00CE4AE4">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
           <w:b/>
           <w:bCs/>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>Verorab</w:t>
-[...60 lines deleted...]
-      <w:r w:rsidRPr="007B0CBE">
+        <w:t xml:space="preserve">Engerix B </w:t>
+      </w:r>
+      <w:r w:rsidR="00A23766" w:rsidRPr="00CE4AE4">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
           <w:b/>
           <w:bCs/>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>Engerix B 40 mkg/2ml</w:t>
-[...3 lines deleted...]
-          <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+        <w:t>2</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CE4AE4">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+          <w:b/>
+          <w:bCs/>
+          <w:i/>
+          <w:iCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
+        <w:t>0 mkg/</w:t>
+      </w:r>
+      <w:r w:rsidR="00A23766" w:rsidRPr="00CE4AE4">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+          <w:b/>
+          <w:bCs/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>1</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CE4AE4">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+          <w:b/>
+          <w:bCs/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>ml</w:t>
+      </w:r>
+      <w:r w:rsidR="00E55C8D" w:rsidRPr="00CE4AE4">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+          <w:b/>
+          <w:bCs/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="007845AC" w:rsidRPr="007B0CBE">
+      <w:r w:rsidR="00E55C8D" w:rsidRPr="00CE4AE4">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
+        <w:t>(divas devas)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CE4AE4">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="007845AC" w:rsidRPr="00CE4AE4">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
         <w:t xml:space="preserve">to </w:t>
       </w:r>
-      <w:r w:rsidRPr="007B0CBE">
+      <w:r w:rsidRPr="00CE4AE4">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>pacientu</w:t>
       </w:r>
-      <w:r w:rsidR="007845AC" w:rsidRPr="007B0CBE">
+      <w:r w:rsidR="007845AC" w:rsidRPr="00CE4AE4">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> vakcinācijai</w:t>
       </w:r>
-      <w:r w:rsidRPr="007B0CBE">
+      <w:r w:rsidRPr="00CE4AE4">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>, kuriem tiek veikta hemodialīze</w:t>
       </w:r>
-      <w:r w:rsidR="007845AC" w:rsidRPr="007B0CBE">
+      <w:r w:rsidR="007845AC" w:rsidRPr="00CE4AE4">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="007B0CBE">
+      <w:r w:rsidRPr="00CE4AE4">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>(hemodialīžu centros).</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="238EF5AD" w14:textId="6D54983B" w:rsidR="003507B0" w:rsidRPr="00B45B6B" w:rsidRDefault="44D7736D" w:rsidP="007B0CBE">
+    <w:p w14:paraId="238EF5AD" w14:textId="612F6F86" w:rsidR="003507B0" w:rsidRPr="00CE4AE4" w:rsidRDefault="44D7736D" w:rsidP="00CE4AE4">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="36"/>
         </w:numPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="714" w:hanging="357"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="007B0CBE">
+      <w:r w:rsidRPr="00CE4AE4">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">vakcīna </w:t>
       </w:r>
-      <w:r w:rsidRPr="007B0CBE">
+      <w:r w:rsidRPr="00CE4AE4">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>pret ērču encefalītu</w:t>
       </w:r>
-      <w:r w:rsidRPr="007B0CBE">
+      <w:r w:rsidRPr="00CE4AE4">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve"> bāreņu un bez vecāku gādības palikušo bērnu vakcinācijai visā </w:t>
-[...9 lines deleted...]
-      <w:r w:rsidRPr="00B45B6B">
+        <w:t xml:space="preserve"> bāreņu un bez vecāku gādības palikušo bērnu vakcinācijai visā Latvijas teritorijā, kā arī bērnu vakcinācijai endēmiskajās teritorijās. Bērniem vecumā no 1 līdz 15 gadiem paredzēta vakcīna </w:t>
+      </w:r>
+      <w:r w:rsidR="006D4116" w:rsidRPr="00CE4AE4">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
           <w:b/>
           <w:bCs/>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>TicoVac 0,25 ml</w:t>
-[...9 lines deleted...]
-      <w:r w:rsidRPr="00B45B6B">
+        <w:t>Encepur Children</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CE4AE4">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
           <w:b/>
           <w:bCs/>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>TicoVac 0,5 ml</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="00B45B6B">
+        <w:t xml:space="preserve"> 0,25 ml</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CE4AE4">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, vecumā no 16 līdz 17 gadiem – vakcīna </w:t>
+      </w:r>
+      <w:r w:rsidR="006D4116" w:rsidRPr="00CE4AE4">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+          <w:b/>
+          <w:bCs/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Encepur Adult</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CE4AE4">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+          <w:b/>
+          <w:bCs/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 0,5 ml</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CE4AE4">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
-      <w:r w:rsidRPr="00B45B6B">
+      <w:r w:rsidRPr="00CE4AE4">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3E73B568" w14:textId="7FD61B8D" w:rsidR="003507B0" w:rsidRPr="00C02826" w:rsidRDefault="003507B0" w:rsidP="0EC7E346">
-      <w:pPr>
+    <w:p w14:paraId="3E73B568" w14:textId="43A621B7" w:rsidR="003507B0" w:rsidRPr="00CE4AE4" w:rsidRDefault="003507B0" w:rsidP="00CE4AE4">
+      <w:pPr>
+        <w:spacing w:line="276" w:lineRule="auto"/>
         <w:ind w:firstLine="567"/>
+        <w:contextualSpacing/>
         <w:jc w:val="both"/>
         <w:rPr>
+          <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
           <w:i/>
           <w:iCs/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00B45B6B">
-        <w:rPr>
+      <w:r w:rsidRPr="00CE4AE4">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t>Piezīme.</w:t>
       </w:r>
-      <w:r w:rsidRPr="00B45B6B">
+      <w:r w:rsidRPr="00CE4AE4">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+        </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00B45B6B">
-        <w:rPr>
+      <w:r w:rsidRPr="00CE4AE4">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
           <w:i/>
           <w:iCs/>
         </w:rPr>
         <w:t>Vakcīnu bāreņu un bez vecāku gādības palikušo bērnu vakcinācijai var pasūtīt jau no 202</w:t>
       </w:r>
-      <w:r w:rsidR="5DF5BA29" w:rsidRPr="00B45B6B">
-        <w:rPr>
+      <w:r w:rsidR="006D4116" w:rsidRPr="00CE4AE4">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
           <w:i/>
           <w:iCs/>
         </w:rPr>
-        <w:t>4</w:t>
-[...2 lines deleted...]
-        <w:rPr>
+        <w:t>6</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CE4AE4">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
           <w:i/>
           <w:iCs/>
         </w:rPr>
         <w:t>. gada janvāra. Vēršam Jūsu uzmanību, ka ērču encefalīta endēmiskās teritorijas tiks noteiktas 202</w:t>
       </w:r>
-      <w:r w:rsidR="5D10A257" w:rsidRPr="00B45B6B">
-        <w:rPr>
+      <w:r w:rsidR="006D4116" w:rsidRPr="00CE4AE4">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
           <w:i/>
           <w:iCs/>
         </w:rPr>
-        <w:t>4</w:t>
-[...2 lines deleted...]
-        <w:rPr>
+        <w:t>6</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CE4AE4">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
           <w:i/>
           <w:iCs/>
         </w:rPr>
         <w:t>. gada janvārī, jo endēmisko teritoriju atlasei nepieciešami statistikas dati par pēdējiem 5 gadiem</w:t>
       </w:r>
-      <w:r w:rsidR="549BEE2E" w:rsidRPr="00B45B6B">
-        <w:rPr>
+      <w:r w:rsidR="549BEE2E" w:rsidRPr="00CE4AE4">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
           <w:i/>
           <w:iCs/>
         </w:rPr>
-        <w:t xml:space="preserve"> (2019.-2023.)</w:t>
-[...2 lines deleted...]
-        <w:rPr>
+        <w:t xml:space="preserve"> (20</w:t>
+      </w:r>
+      <w:r w:rsidR="006D4116" w:rsidRPr="00CE4AE4">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
           <w:i/>
           <w:iCs/>
         </w:rPr>
-        <w:t>, ieskaitot pilnu 20</w:t>
-[...2 lines deleted...]
-        <w:rPr>
+        <w:t>20</w:t>
+      </w:r>
+      <w:r w:rsidR="549BEE2E" w:rsidRPr="00CE4AE4">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
           <w:i/>
           <w:iCs/>
         </w:rPr>
-        <w:t>23</w:t>
-[...2 lines deleted...]
-        <w:rPr>
+        <w:t>.-202</w:t>
+      </w:r>
+      <w:r w:rsidR="006D4116" w:rsidRPr="00CE4AE4">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
           <w:i/>
           <w:iCs/>
         </w:rPr>
-        <w:t>. gadu. Tādēļ papildus informācija par vakcīnas pret ērču encefalītu bērnu vakcinācijai endēmiskajās teritorijās pasūtīšanu Jums tiks nosūtīta 202</w:t>
-[...2 lines deleted...]
-        <w:rPr>
+        <w:t>5</w:t>
+      </w:r>
+      <w:r w:rsidR="549BEE2E" w:rsidRPr="00CE4AE4">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
           <w:i/>
           <w:iCs/>
         </w:rPr>
-        <w:t>4</w:t>
-[...2 lines deleted...]
-        <w:rPr>
+        <w:t>.)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CE4AE4">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
           <w:i/>
           <w:iCs/>
         </w:rPr>
-        <w:t>. gada janvāra otrajā pusē un šim nolūkam vakcīnu varēs pasūtīt no 202</w:t>
-[...2 lines deleted...]
-        <w:rPr>
+        <w:t>, ieskaitot pilnu 20</w:t>
+      </w:r>
+      <w:r w:rsidR="70B23BC4" w:rsidRPr="00CE4AE4">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
           <w:i/>
           <w:iCs/>
         </w:rPr>
-        <w:t>4</w:t>
-[...2 lines deleted...]
-        <w:rPr>
+        <w:t>2</w:t>
+      </w:r>
+      <w:r w:rsidR="006D4116" w:rsidRPr="00CE4AE4">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
           <w:i/>
           <w:iCs/>
         </w:rPr>
+        <w:t>5</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CE4AE4">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+          <w:i/>
+          <w:iCs/>
+        </w:rPr>
+        <w:t>. gadu. Tādēļ papildus informācija par vakcīnas pret ērču encefalītu bērnu vakcinācijai endēmiskajās teritorijās pasūtīšanu Jums tiks nosūtīta 202</w:t>
+      </w:r>
+      <w:r w:rsidR="006D4116" w:rsidRPr="00CE4AE4">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+          <w:i/>
+          <w:iCs/>
+        </w:rPr>
+        <w:t>6</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CE4AE4">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+          <w:i/>
+          <w:iCs/>
+        </w:rPr>
+        <w:t>. gada janvāra otrajā pusē un šim nolūkam vakcīnu varēs pasūtīt no 202</w:t>
+      </w:r>
+      <w:r w:rsidR="006D4116" w:rsidRPr="00CE4AE4">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+          <w:i/>
+          <w:iCs/>
+        </w:rPr>
+        <w:t>6</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CE4AE4">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+          <w:i/>
+          <w:iCs/>
+        </w:rPr>
         <w:t>. gada februāra.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2A5C58BE" w14:textId="38184B75" w:rsidR="003507B0" w:rsidRPr="009E540A" w:rsidRDefault="44D7736D" w:rsidP="009E540A">
+    <w:p w14:paraId="24266048" w14:textId="4AD48A6E" w:rsidR="000C1123" w:rsidRPr="00CE4AE4" w:rsidRDefault="44D7736D" w:rsidP="00CE4AE4">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="36"/>
         </w:numPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="714" w:hanging="357"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="009E540A">
+      <w:r w:rsidRPr="00CE4AE4">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">attīrīts olbaltumvielu maisījums no </w:t>
       </w:r>
-      <w:r w:rsidRPr="009E540A">
+      <w:r w:rsidRPr="00CE4AE4">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>M.tuberculosis</w:t>
       </w:r>
-      <w:r w:rsidRPr="009E540A">
+      <w:r w:rsidRPr="00CE4AE4">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> tuberkulozes intradermalā testa (Mantū raudze) veikšanai standarta tuberkulīns </w:t>
       </w:r>
-      <w:r w:rsidRPr="009E540A">
+      <w:r w:rsidRPr="00CE4AE4">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
           <w:b/>
           <w:bCs/>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Tuberculin.</w:t>
       </w:r>
-      <w:r w:rsidRPr="009E540A">
+      <w:r w:rsidRPr="00CE4AE4">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">  </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="33C530A3" w14:textId="77777777" w:rsidR="003507B0" w:rsidRDefault="003507B0" w:rsidP="003507B0">
-[...6 lines deleted...]
-      </w:pPr>
+    <w:p w14:paraId="251A1E01" w14:textId="77777777" w:rsidR="006B14B9" w:rsidRPr="00CE4AE4" w:rsidRDefault="006B14B9" w:rsidP="00CE4AE4">
+      <w:pPr>
+        <w:spacing w:line="276" w:lineRule="auto"/>
+        <w:contextualSpacing/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+          <w:b/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00CE4AE4">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+          <w:b/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:br w:type="page"/>
+      </w:r>
     </w:p>
-    <w:p w14:paraId="1AF862E5" w14:textId="77777777" w:rsidR="000C1123" w:rsidRDefault="000C1123" w:rsidP="003507B0">
-[...81 lines deleted...]
-      <w:pPr>
+    <w:p w14:paraId="2EE7BF39" w14:textId="737D32FE" w:rsidR="003507B0" w:rsidRDefault="003507B0" w:rsidP="00CE4AE4">
+      <w:pPr>
+        <w:spacing w:line="276" w:lineRule="auto"/>
+        <w:contextualSpacing/>
         <w:jc w:val="center"/>
         <w:rPr>
+          <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
           <w:b/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:r>
-        <w:rPr>
+      <w:r w:rsidRPr="00CE4AE4">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
           <w:b/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
-        <w:t>1. t</w:t>
-[...2 lines deleted...]
-        <w:rPr>
+        <w:t>1. tabula par plānveida imunizācijai 202</w:t>
+      </w:r>
+      <w:r w:rsidR="006D4116" w:rsidRPr="00CE4AE4">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
           <w:b/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>abula par plānveida imunizācijai 20</w:t>
-[...2 lines deleted...]
-        <w:rPr>
+        <w:t>6</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CE4AE4">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
           <w:b/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>2</w:t>
-[...2 lines deleted...]
-        <w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CE4AE4">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> – </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CE4AE4">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
           <w:b/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>4</w:t>
-[...2 lines deleted...]
-        <w:rPr>
+        <w:t>202</w:t>
+      </w:r>
+      <w:r w:rsidR="006D4116" w:rsidRPr="00CE4AE4">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
           <w:b/>
           <w:szCs w:val="24"/>
         </w:rPr>
+        <w:t>7</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CE4AE4">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+          <w:b/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
         <w:t>.</w:t>
       </w:r>
-      <w:r w:rsidRPr="00141FC9">
-[...6 lines deleted...]
-        <w:rPr>
+      <w:r w:rsidR="00C362A7" w:rsidRPr="00CE4AE4">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
           <w:b/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>20</w:t>
-[...2 lines deleted...]
-        <w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CE4AE4">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
           <w:b/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>2</w:t>
-[...44 lines deleted...]
-        <w:rPr>
+        <w:t xml:space="preserve">gadā paredzētās vakcīnas saskaņā ar </w:t>
+      </w:r>
+      <w:r w:rsidR="007B54FB" w:rsidRPr="00CE4AE4">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
           <w:b/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Noteikumiem</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
+        <w:tblStyle w:val="TableGrid1"/>
         <w:tblW w:w="0" w:type="auto"/>
-        <w:tblInd w:w="108" w:type="dxa"/>
-[...8 lines deleted...]
-        <w:tblLook w:val="0000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:noHBand="0" w:noVBand="0"/>
+        <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="1991"/>
-[...3 lines deleted...]
-        <w:gridCol w:w="1768"/>
+        <w:gridCol w:w="1990"/>
+        <w:gridCol w:w="1907"/>
+        <w:gridCol w:w="1744"/>
+        <w:gridCol w:w="1788"/>
+        <w:gridCol w:w="1587"/>
       </w:tblGrid>
-      <w:tr w:rsidR="003507B0" w:rsidRPr="00141FC9" w14:paraId="2F4B1973" w14:textId="77777777" w:rsidTr="44D7736D">
-[...2 lines deleted...]
-        </w:trPr>
+      <w:tr w:rsidR="00374EC2" w14:paraId="7FA92D60" w14:textId="77777777" w:rsidTr="001D52AC">
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1509" w:type="dxa"/>
+            <w:tcW w:w="1990" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="0B9FB7AA" w14:textId="77777777" w:rsidR="003507B0" w:rsidRPr="00141FC9" w:rsidRDefault="003507B0" w:rsidP="002F0EAA">
+          <w:p w14:paraId="3B023986" w14:textId="77777777" w:rsidR="00374EC2" w:rsidRDefault="00374EC2" w:rsidP="001D52AC">
             <w:pPr>
               <w:jc w:val="center"/>
-              <w:rPr>
-[...2 lines deleted...]
-              </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00141FC9">
-              <w:rPr>
+            <w:r w:rsidRPr="00CE4AE4">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
                 <w:b/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Vecums</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1912" w:type="dxa"/>
+            <w:tcW w:w="1907" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="0955B2F4" w14:textId="77777777" w:rsidR="003507B0" w:rsidRPr="00596912" w:rsidRDefault="003507B0" w:rsidP="002F0EAA">
+          <w:p w14:paraId="5F65B054" w14:textId="77777777" w:rsidR="00374EC2" w:rsidRDefault="00374EC2" w:rsidP="001D52AC">
             <w:pPr>
               <w:jc w:val="center"/>
-              <w:rPr>
-[...2 lines deleted...]
-              </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00596912">
-              <w:rPr>
+            <w:r w:rsidRPr="00CE4AE4">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t>Infekcijas slimība</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1456" w:type="dxa"/>
+            <w:tcW w:w="1744" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="37BEE4FA" w14:textId="77777777" w:rsidR="003507B0" w:rsidRPr="00596912" w:rsidRDefault="003507B0" w:rsidP="002F0EAA">
+          <w:p w14:paraId="5B2A80DF" w14:textId="77777777" w:rsidR="00374EC2" w:rsidRDefault="00374EC2" w:rsidP="001D52AC">
             <w:pPr>
               <w:jc w:val="center"/>
-              <w:rPr>
-[...2 lines deleted...]
-              </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00596912">
-              <w:rPr>
+            <w:r w:rsidRPr="00CE4AE4">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t>Vakcīnas nosaukuma apzīmējums</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2065" w:type="dxa"/>
+            <w:tcW w:w="1788" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="31631659" w14:textId="77777777" w:rsidR="003507B0" w:rsidRPr="00141FC9" w:rsidRDefault="003507B0" w:rsidP="002F0EAA">
+          <w:p w14:paraId="089EDC9B" w14:textId="77777777" w:rsidR="00374EC2" w:rsidRDefault="00374EC2" w:rsidP="001D52AC">
             <w:pPr>
               <w:jc w:val="center"/>
-              <w:rPr>
-[...2 lines deleted...]
-              </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00141FC9">
-              <w:rPr>
+            <w:r w:rsidRPr="00CE4AE4">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
                 <w:b/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Vakcīnas oriģināl-nosaukums</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2011" w:type="dxa"/>
+            <w:tcW w:w="1587" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="415D31C5" w14:textId="4E7203A1" w:rsidR="003507B0" w:rsidRPr="003239E2" w:rsidRDefault="003507B0" w:rsidP="002F0EAA">
+          <w:p w14:paraId="5181E7DF" w14:textId="77777777" w:rsidR="00374EC2" w:rsidRDefault="00374EC2" w:rsidP="001D52AC">
             <w:pPr>
               <w:jc w:val="center"/>
-              <w:rPr>
-[...2 lines deleted...]
-              </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="003239E2">
-              <w:rPr>
+            <w:r w:rsidRPr="00CE4AE4">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
                 <w:b/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Piegādātājs</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00BD5DD3" w:rsidRPr="00141FC9" w14:paraId="105DCC54" w14:textId="77777777" w:rsidTr="44D7736D">
+      <w:tr w:rsidR="00374EC2" w14:paraId="576FE6CE" w14:textId="77777777" w:rsidTr="001D52AC">
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1509" w:type="dxa"/>
+            <w:tcW w:w="1990" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="3EC8F544" w14:textId="2E104D40" w:rsidR="00BD5DD3" w:rsidRPr="00141FC9" w:rsidRDefault="00BD5DD3" w:rsidP="002F0EAA">
-[...4 lines deleted...]
-            </w:pPr>
+          <w:p w14:paraId="183EB423" w14:textId="77777777" w:rsidR="00374EC2" w:rsidRDefault="00374EC2" w:rsidP="001D52AC">
+            <w:r w:rsidRPr="00CE4AE4">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>0</w:t>
+            </w:r>
             <w:r>
               <w:rPr>
-                <w:szCs w:val="24"/>
-[...1 lines deleted...]
-              <w:t>0-12 stundas</w:t>
+                <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> - </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00CE4AE4">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>12 stundas</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1912" w:type="dxa"/>
+            <w:tcW w:w="1907" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="3E760373" w14:textId="72126872" w:rsidR="00BD5DD3" w:rsidRPr="00141FC9" w:rsidRDefault="00BD5DD3" w:rsidP="002F0EAA">
-[...7 lines deleted...]
-              <w:rPr>
+          <w:p w14:paraId="38916AB9" w14:textId="77777777" w:rsidR="00374EC2" w:rsidRDefault="00374EC2" w:rsidP="001D52AC">
+            <w:r w:rsidRPr="00CE4AE4">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>B hepatīts riska grupas jaundzimušiem</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1456" w:type="dxa"/>
+            <w:tcW w:w="1744" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="506F3322" w14:textId="0533E803" w:rsidR="00BD5DD3" w:rsidRPr="00141FC9" w:rsidRDefault="00BD5DD3" w:rsidP="002F0EAA">
-[...8 lines deleted...]
-              <w:rPr>
+          <w:p w14:paraId="3DB8040A" w14:textId="77777777" w:rsidR="00374EC2" w:rsidRDefault="00374EC2" w:rsidP="001D52AC">
+            <w:r w:rsidRPr="00CE4AE4">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>HB</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2065" w:type="dxa"/>
+            <w:tcW w:w="1788" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="55098FD1" w14:textId="525273A6" w:rsidR="00BD5DD3" w:rsidRPr="00141FC9" w:rsidRDefault="00BD5DD3" w:rsidP="002F0EAA">
-[...8 lines deleted...]
-              <w:rPr>
+          <w:p w14:paraId="577FBC63" w14:textId="77777777" w:rsidR="00374EC2" w:rsidRDefault="00374EC2" w:rsidP="001D52AC">
+            <w:r w:rsidRPr="00CE4AE4">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
                 <w:i/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Engerix B 10mkg/0,5ml</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2011" w:type="dxa"/>
+            <w:tcW w:w="1587" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="6ADF376A" w14:textId="27AE934A" w:rsidR="00BD5DD3" w:rsidRPr="003239E2" w:rsidRDefault="00BD5DD3" w:rsidP="002F0EAA">
-[...9 lines deleted...]
-              <w:rPr>
+          <w:p w14:paraId="5A6B0A1D" w14:textId="77777777" w:rsidR="00374EC2" w:rsidRDefault="00374EC2" w:rsidP="001D52AC">
+            <w:r w:rsidRPr="00CE4AE4">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
                 <w:i/>
                 <w:iCs/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>SIA “Tamro”</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="003507B0" w:rsidRPr="00141FC9" w14:paraId="1E1B98D7" w14:textId="77777777" w:rsidTr="44D7736D">
+      <w:tr w:rsidR="00374EC2" w14:paraId="3169BBD2" w14:textId="77777777" w:rsidTr="001D52AC">
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1509" w:type="dxa"/>
+            <w:tcW w:w="1990" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="1B53E444" w14:textId="412CEBD7" w:rsidR="003507B0" w:rsidRPr="00141FC9" w:rsidRDefault="001D07EF" w:rsidP="002F0EAA">
-[...6 lines deleted...]
-              <w:rPr>
+          <w:p w14:paraId="7AF658BB" w14:textId="77777777" w:rsidR="00374EC2" w:rsidRDefault="00374EC2" w:rsidP="001D52AC">
+            <w:r w:rsidRPr="00CE4AE4">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>No 12 stundām</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1912" w:type="dxa"/>
+            <w:tcW w:w="1907" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="7C68C0DE" w14:textId="77777777" w:rsidR="003507B0" w:rsidRPr="00141FC9" w:rsidRDefault="003507B0" w:rsidP="002F0EAA">
-[...7 lines deleted...]
-              <w:rPr>
+          <w:p w14:paraId="57B6ED5A" w14:textId="77777777" w:rsidR="00374EC2" w:rsidRDefault="00374EC2" w:rsidP="001D52AC">
+            <w:r w:rsidRPr="00CE4AE4">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Tuberkuloze</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1456" w:type="dxa"/>
+            <w:tcW w:w="1744" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="59BBFF61" w14:textId="77777777" w:rsidR="003507B0" w:rsidRPr="00141FC9" w:rsidRDefault="003507B0" w:rsidP="002F0EAA">
-[...8 lines deleted...]
-              <w:rPr>
+          <w:p w14:paraId="1FBC736F" w14:textId="77777777" w:rsidR="00374EC2" w:rsidRDefault="00374EC2" w:rsidP="001D52AC">
+            <w:r w:rsidRPr="00CE4AE4">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>BCG</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2065" w:type="dxa"/>
+            <w:tcW w:w="1788" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="1C411A76" w14:textId="67C87FD5" w:rsidR="003507B0" w:rsidRPr="00141FC9" w:rsidRDefault="001B53CE" w:rsidP="002F0EAA">
-[...7 lines deleted...]
-              <w:rPr>
+          <w:p w14:paraId="1BA525B8" w14:textId="77777777" w:rsidR="00374EC2" w:rsidRDefault="00374EC2" w:rsidP="001D52AC">
+            <w:r w:rsidRPr="00CE4AE4">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
                 <w:i/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>BCG Vaccine AJVaccines</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2011" w:type="dxa"/>
+            <w:tcW w:w="1587" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="08A0DBC4" w14:textId="3C78FE7C" w:rsidR="003507B0" w:rsidRPr="003239E2" w:rsidRDefault="003507B0" w:rsidP="002F0EAA">
-[...2 lines deleted...]
-              <w:rPr>
+          <w:p w14:paraId="29A4C6C2" w14:textId="77777777" w:rsidR="00374EC2" w:rsidRDefault="00374EC2" w:rsidP="001D52AC">
+            <w:r w:rsidRPr="00CE4AE4">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
                 <w:i/>
                 <w:iCs/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-            </w:pPr>
-[...22 lines deleted...]
-              <w:t>”</w:t>
+              <w:t>SIA „Elpis”</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="003507B0" w:rsidRPr="00141FC9" w14:paraId="3A8256DC" w14:textId="77777777" w:rsidTr="44D7736D">
+      <w:tr w:rsidR="00374EC2" w14:paraId="55363938" w14:textId="77777777" w:rsidTr="001D52AC">
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1509" w:type="dxa"/>
+            <w:tcW w:w="1990" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
           </w:tcPr>
-          <w:p w14:paraId="23C33125" w14:textId="77777777" w:rsidR="003507B0" w:rsidRPr="00141FC9" w:rsidRDefault="003507B0" w:rsidP="002F0EAA">
-[...8 lines deleted...]
-              </w:rPr>
+          <w:p w14:paraId="40573BBC" w14:textId="77777777" w:rsidR="00374EC2" w:rsidRDefault="00374EC2" w:rsidP="001D52AC">
+            <w:r>
               <w:t>2 mēneši</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1912" w:type="dxa"/>
+            <w:tcW w:w="1907" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="12412565" w14:textId="77777777" w:rsidR="003507B0" w:rsidRDefault="003507B0" w:rsidP="002F0EAA">
+          <w:p w14:paraId="6D9B69F8" w14:textId="77777777" w:rsidR="00374EC2" w:rsidRPr="00CE4AE4" w:rsidRDefault="00374EC2" w:rsidP="001D52AC">
             <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
               <w:ind w:left="34" w:right="33"/>
-              <w:rPr>
+              <w:contextualSpacing/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00141FC9">
-[...15 lines deleted...]
-              <w:t xml:space="preserve">stinguma krampji, </w:t>
+            <w:r w:rsidRPr="00CE4AE4">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">difterija, stinguma krampji, </w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="68445C12" w14:textId="77777777" w:rsidR="003507B0" w:rsidRDefault="003507B0" w:rsidP="002F0EAA">
+          <w:p w14:paraId="7E3D44A7" w14:textId="77777777" w:rsidR="00374EC2" w:rsidRPr="00CE4AE4" w:rsidRDefault="00374EC2" w:rsidP="001D52AC">
             <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
               <w:ind w:left="34" w:right="33"/>
-              <w:rPr>
+              <w:contextualSpacing/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00141FC9">
-              <w:rPr>
+            <w:r w:rsidRPr="00CE4AE4">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>garais klepus, poliomielīts,</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="218D0A37" w14:textId="77777777" w:rsidR="003507B0" w:rsidRPr="00141FC9" w:rsidRDefault="003507B0" w:rsidP="002F0EAA">
-[...7 lines deleted...]
-              <w:rPr>
+          <w:p w14:paraId="0F7FBAB9" w14:textId="77777777" w:rsidR="00374EC2" w:rsidRDefault="00374EC2" w:rsidP="001D52AC">
+            <w:r w:rsidRPr="00CE4AE4">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
                 <w:i/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>b tipa Haemophilus influenzae</w:t>
             </w:r>
-            <w:r w:rsidRPr="00141FC9">
-              <w:rPr>
+            <w:r w:rsidRPr="00CE4AE4">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> infekcija, B hepatīts</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1456" w:type="dxa"/>
+            <w:tcW w:w="1744" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="3ACD9422" w14:textId="77777777" w:rsidR="003507B0" w:rsidRPr="00141FC9" w:rsidRDefault="003507B0" w:rsidP="002F0EAA">
-[...8 lines deleted...]
-              <w:rPr>
+          <w:p w14:paraId="322B0F05" w14:textId="77777777" w:rsidR="00374EC2" w:rsidRDefault="00374EC2" w:rsidP="001D52AC">
+            <w:r w:rsidRPr="00CE4AE4">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>DTaP-IPV-Hib-HB</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2065" w:type="dxa"/>
+            <w:tcW w:w="1788" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="7BB8A002" w14:textId="0D8E9137" w:rsidR="003507B0" w:rsidRPr="00AB6C08" w:rsidRDefault="00E176C7" w:rsidP="002F0EAA">
-[...8 lines deleted...]
-              <w:rPr>
+          <w:p w14:paraId="38EBF50E" w14:textId="77777777" w:rsidR="00374EC2" w:rsidRDefault="00374EC2" w:rsidP="001D52AC">
+            <w:r w:rsidRPr="00CE4AE4">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
                 <w:i/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Infanrix Hexa</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2011" w:type="dxa"/>
+            <w:tcW w:w="1587" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="74DF6DC0" w14:textId="1EC82544" w:rsidR="003507B0" w:rsidRPr="003239E2" w:rsidRDefault="002D2E04" w:rsidP="002F0EAA">
-[...9 lines deleted...]
-              <w:rPr>
+          <w:p w14:paraId="4F24E371" w14:textId="77777777" w:rsidR="00374EC2" w:rsidRDefault="00374EC2" w:rsidP="001D52AC">
+            <w:r w:rsidRPr="00CE4AE4">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
                 <w:i/>
                 <w:iCs/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>SIA “Tamro”</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="003507B0" w:rsidRPr="00141FC9" w14:paraId="701DC04C" w14:textId="77777777" w:rsidTr="44D7736D">
+      <w:tr w:rsidR="00374EC2" w14:paraId="2945B7C4" w14:textId="77777777" w:rsidTr="001D52AC">
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1509" w:type="dxa"/>
+            <w:tcW w:w="1990" w:type="dxa"/>
             <w:vMerge/>
           </w:tcPr>
-          <w:p w14:paraId="354B165B" w14:textId="77777777" w:rsidR="003507B0" w:rsidRPr="00141FC9" w:rsidRDefault="003507B0" w:rsidP="002F0EAA">
+          <w:p w14:paraId="1C3E0B03" w14:textId="77777777" w:rsidR="00374EC2" w:rsidRDefault="00374EC2" w:rsidP="001D52AC"/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1907" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="13393AA0" w14:textId="77777777" w:rsidR="00374EC2" w:rsidRDefault="00374EC2" w:rsidP="001D52AC">
+            <w:r w:rsidRPr="00CE4AE4">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>pneimokoku infekciju</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1744" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="158AB903" w14:textId="77777777" w:rsidR="00374EC2" w:rsidRDefault="00374EC2" w:rsidP="001D52AC">
+            <w:r w:rsidRPr="00CE4AE4">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>PCV</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1788" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="05E85400" w14:textId="77777777" w:rsidR="00374EC2" w:rsidRDefault="00374EC2" w:rsidP="001D52AC">
+            <w:r w:rsidRPr="00CE4AE4">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+                <w:i/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Prevenar 13</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1587" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="3CEB4869" w14:textId="77777777" w:rsidR="00374EC2" w:rsidRDefault="00374EC2" w:rsidP="001D52AC">
+            <w:r w:rsidRPr="00CE4AE4">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+                <w:i/>
+                <w:iCs/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>AS “Vakcīna”</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00374EC2" w14:paraId="00CF6930" w14:textId="77777777" w:rsidTr="001D52AC">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1990" w:type="dxa"/>
+            <w:vMerge/>
+          </w:tcPr>
+          <w:p w14:paraId="72A7A8F3" w14:textId="77777777" w:rsidR="00374EC2" w:rsidRDefault="00374EC2" w:rsidP="001D52AC"/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1907" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="25096ECF" w14:textId="77777777" w:rsidR="00374EC2" w:rsidRDefault="00374EC2" w:rsidP="001D52AC">
+            <w:r w:rsidRPr="00CE4AE4">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>rotavīrusu infekcija</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1744" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="75ECD0D7" w14:textId="77777777" w:rsidR="00374EC2" w:rsidRDefault="00374EC2" w:rsidP="001D52AC">
+            <w:r w:rsidRPr="00CE4AE4">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>RV</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1788" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="1914B98D" w14:textId="77777777" w:rsidR="00374EC2" w:rsidRDefault="00374EC2" w:rsidP="001D52AC">
+            <w:r w:rsidRPr="00CE4AE4">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+                <w:i/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>RotaTeq</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1587" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="4B1F09FF" w14:textId="77777777" w:rsidR="00374EC2" w:rsidRDefault="00374EC2" w:rsidP="001D52AC">
+            <w:r w:rsidRPr="00CE4AE4">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+                <w:i/>
+                <w:iCs/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>SIA “Tamro”</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00374EC2" w14:paraId="58ADCC0B" w14:textId="77777777" w:rsidTr="001D52AC">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1990" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+          </w:tcPr>
+          <w:p w14:paraId="3002F8FB" w14:textId="77777777" w:rsidR="00374EC2" w:rsidRDefault="00374EC2" w:rsidP="001D52AC">
+            <w:r>
+              <w:t>4 mēneši</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1907" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="7D1684E8" w14:textId="77777777" w:rsidR="00374EC2" w:rsidRPr="00CE4AE4" w:rsidRDefault="00374EC2" w:rsidP="001D52AC">
             <w:pPr>
-              <w:rPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:ind w:left="34" w:right="33"/>
+              <w:contextualSpacing/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00CE4AE4">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">difterija, stinguma krampji, </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="63F5A7CF" w14:textId="77777777" w:rsidR="00374EC2" w:rsidRPr="00CE4AE4" w:rsidRDefault="00374EC2" w:rsidP="001D52AC">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:ind w:left="34" w:right="33"/>
+              <w:contextualSpacing/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00CE4AE4">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>garais klepus, poliomielīts,</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="6233AB9B" w14:textId="77777777" w:rsidR="00374EC2" w:rsidRPr="00CE4AE4" w:rsidRDefault="00374EC2" w:rsidP="001D52AC">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00CE4AE4">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+                <w:i/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>b tipa Haemophilus influenzae</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00CE4AE4">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> infekcija, B hepatīts</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1744" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="734B395D" w14:textId="77777777" w:rsidR="00374EC2" w:rsidRPr="00CE4AE4" w:rsidRDefault="00374EC2" w:rsidP="001D52AC">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00CE4AE4">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>DTaP-IPV-Hib-HB</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1788" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="27E49FBF" w14:textId="77777777" w:rsidR="00374EC2" w:rsidRPr="00CE4AE4" w:rsidRDefault="00374EC2" w:rsidP="001D52AC">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+                <w:i/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00CE4AE4">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+                <w:i/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Infanrix Hexa</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1587" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="08D118B7" w14:textId="77777777" w:rsidR="00374EC2" w:rsidRPr="00CE4AE4" w:rsidRDefault="00374EC2" w:rsidP="001D52AC">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+                <w:i/>
+                <w:iCs/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00CE4AE4">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+                <w:i/>
+                <w:iCs/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>SIA “Tamro”</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00374EC2" w14:paraId="10A9D69E" w14:textId="77777777" w:rsidTr="001D52AC">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1990" w:type="dxa"/>
+            <w:vMerge/>
+          </w:tcPr>
+          <w:p w14:paraId="1E79983E" w14:textId="77777777" w:rsidR="00374EC2" w:rsidRDefault="00374EC2" w:rsidP="001D52AC"/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1907" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="39D2389F" w14:textId="77777777" w:rsidR="00374EC2" w:rsidRPr="00CE4AE4" w:rsidRDefault="00374EC2" w:rsidP="001D52AC">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00CE4AE4">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>pneimokoku infekciju</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1744" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="50D30B25" w14:textId="77777777" w:rsidR="00374EC2" w:rsidRPr="00CE4AE4" w:rsidRDefault="00374EC2" w:rsidP="001D52AC">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00CE4AE4">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>PCV</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1788" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="4B5F6D0C" w14:textId="77777777" w:rsidR="00374EC2" w:rsidRPr="00CE4AE4" w:rsidRDefault="00374EC2" w:rsidP="001D52AC">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+                <w:i/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00CE4AE4">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+                <w:i/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Prevenar 13</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1587" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="26E740B3" w14:textId="77777777" w:rsidR="00374EC2" w:rsidRPr="00CE4AE4" w:rsidRDefault="00374EC2" w:rsidP="001D52AC">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+                <w:i/>
+                <w:iCs/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00CE4AE4">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+                <w:i/>
+                <w:iCs/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>AS “Vakcīna”</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00374EC2" w14:paraId="776905F0" w14:textId="77777777" w:rsidTr="001D52AC">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1990" w:type="dxa"/>
+            <w:vMerge/>
+          </w:tcPr>
+          <w:p w14:paraId="5E9B18BB" w14:textId="77777777" w:rsidR="00374EC2" w:rsidRDefault="00374EC2" w:rsidP="001D52AC"/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1907" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="7F1093A6" w14:textId="77777777" w:rsidR="00374EC2" w:rsidRPr="00CE4AE4" w:rsidRDefault="00374EC2" w:rsidP="001D52AC">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00CE4AE4">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>rotavīrusu infekcija</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1744" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="39FD3FB7" w14:textId="77777777" w:rsidR="00374EC2" w:rsidRPr="00CE4AE4" w:rsidRDefault="00374EC2" w:rsidP="001D52AC">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00CE4AE4">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>RV</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1788" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="4382256C" w14:textId="77777777" w:rsidR="00374EC2" w:rsidRPr="00CE4AE4" w:rsidRDefault="00374EC2" w:rsidP="001D52AC">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+                <w:i/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00CE4AE4">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+                <w:i/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>RotaTeq</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1587" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="72E2872F" w14:textId="77777777" w:rsidR="00374EC2" w:rsidRPr="00CE4AE4" w:rsidRDefault="00374EC2" w:rsidP="001D52AC">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+                <w:i/>
+                <w:iCs/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00CE4AE4">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+                <w:i/>
+                <w:iCs/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>SIA “Tamro”</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00374EC2" w14:paraId="10A56C3B" w14:textId="77777777" w:rsidTr="001D52AC">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1990" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+          </w:tcPr>
+          <w:p w14:paraId="1315CFBC" w14:textId="77777777" w:rsidR="00374EC2" w:rsidRDefault="00374EC2" w:rsidP="001D52AC">
+            <w:r>
+              <w:t>6 mēneši</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1907" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="46CF2967" w14:textId="77777777" w:rsidR="00374EC2" w:rsidRPr="00CE4AE4" w:rsidRDefault="00374EC2" w:rsidP="001D52AC">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:ind w:left="34" w:right="33"/>
+              <w:contextualSpacing/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00CE4AE4">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">difterija, stinguma krampji, </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="1474208C" w14:textId="77777777" w:rsidR="00374EC2" w:rsidRPr="00CE4AE4" w:rsidRDefault="00374EC2" w:rsidP="001D52AC">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:ind w:left="34" w:right="33"/>
+              <w:contextualSpacing/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00CE4AE4">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>garais klepus, poliomielīts,</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="46116351" w14:textId="77777777" w:rsidR="00374EC2" w:rsidRPr="00CE4AE4" w:rsidRDefault="00374EC2" w:rsidP="001D52AC">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00CE4AE4">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+                <w:i/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>b tipa Haemophilus influenzae</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00CE4AE4">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> infekcija, B hepatīts</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1744" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="241BE6B4" w14:textId="77777777" w:rsidR="00374EC2" w:rsidRPr="00CE4AE4" w:rsidRDefault="00374EC2" w:rsidP="001D52AC">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00CE4AE4">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>DTaP-IPV-Hib-HB</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1788" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="5D6E5DC8" w14:textId="77777777" w:rsidR="00374EC2" w:rsidRPr="00CE4AE4" w:rsidRDefault="00374EC2" w:rsidP="001D52AC">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+                <w:i/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00CE4AE4">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+                <w:i/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Infanrix Hexa</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1587" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="6E10AC0D" w14:textId="77777777" w:rsidR="00374EC2" w:rsidRPr="00CE4AE4" w:rsidRDefault="00374EC2" w:rsidP="001D52AC">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+                <w:i/>
+                <w:iCs/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00CE4AE4">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+                <w:i/>
+                <w:iCs/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>SIA “Tamro”</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00374EC2" w14:paraId="1AFE14A1" w14:textId="77777777" w:rsidTr="001D52AC">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1990" w:type="dxa"/>
+            <w:vMerge/>
+          </w:tcPr>
+          <w:p w14:paraId="3535D080" w14:textId="77777777" w:rsidR="00374EC2" w:rsidRDefault="00374EC2" w:rsidP="001D52AC"/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1907" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="6C8C99C3" w14:textId="77777777" w:rsidR="00374EC2" w:rsidRPr="00CE4AE4" w:rsidRDefault="00374EC2" w:rsidP="001D52AC">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00CE4AE4">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>rotavīrusu infekcija</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1744" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="68F3B0D1" w14:textId="77777777" w:rsidR="00374EC2" w:rsidRPr="00CE4AE4" w:rsidRDefault="00374EC2" w:rsidP="001D52AC">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00CE4AE4">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>RV</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1788" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="67D3402E" w14:textId="77777777" w:rsidR="00374EC2" w:rsidRPr="00CE4AE4" w:rsidRDefault="00374EC2" w:rsidP="001D52AC">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+                <w:i/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00CE4AE4">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+                <w:i/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>RotaTeq</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1587" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="2E520106" w14:textId="77777777" w:rsidR="00374EC2" w:rsidRPr="00CE4AE4" w:rsidRDefault="00374EC2" w:rsidP="001D52AC">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+                <w:i/>
+                <w:iCs/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00CE4AE4">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+                <w:i/>
+                <w:iCs/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>SIA “Tamro”</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00374EC2" w14:paraId="596FB336" w14:textId="77777777" w:rsidTr="001D52AC">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1990" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+          </w:tcPr>
+          <w:p w14:paraId="206A28FA" w14:textId="77777777" w:rsidR="00374EC2" w:rsidRDefault="00374EC2" w:rsidP="001D52AC">
+            <w:r>
+              <w:t>12 – 15 mēneši</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1907" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="23B2B30C" w14:textId="77777777" w:rsidR="00374EC2" w:rsidRPr="00CE4AE4" w:rsidRDefault="00374EC2" w:rsidP="001D52AC">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:ind w:left="34" w:right="33"/>
+              <w:contextualSpacing/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00CE4AE4">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">difterija, stinguma krampji, </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="198B9DFE" w14:textId="77777777" w:rsidR="00374EC2" w:rsidRPr="00CE4AE4" w:rsidRDefault="00374EC2" w:rsidP="001D52AC">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:ind w:left="34" w:right="33"/>
+              <w:contextualSpacing/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00CE4AE4">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>garais klepus, poliomielīts,</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="1C38C974" w14:textId="77777777" w:rsidR="00374EC2" w:rsidRPr="00CE4AE4" w:rsidRDefault="00374EC2" w:rsidP="001D52AC">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00CE4AE4">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+                <w:i/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>b tipa Haemophilus influenzae</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00CE4AE4">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> infekcija, B hepatīts</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1744" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="4995391D" w14:textId="77777777" w:rsidR="00374EC2" w:rsidRPr="00CE4AE4" w:rsidRDefault="00374EC2" w:rsidP="001D52AC">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00CE4AE4">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>DTaP-IPV-Hib-HB</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1788" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="7CBCDC6E" w14:textId="77777777" w:rsidR="00374EC2" w:rsidRPr="00CE4AE4" w:rsidRDefault="00374EC2" w:rsidP="001D52AC">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+                <w:i/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00CE4AE4">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+                <w:i/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Infanrix Hexa</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1587" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="7461726D" w14:textId="77777777" w:rsidR="00374EC2" w:rsidRPr="00CE4AE4" w:rsidRDefault="00374EC2" w:rsidP="001D52AC">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+                <w:i/>
+                <w:iCs/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00CE4AE4">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+                <w:i/>
+                <w:iCs/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>SIA “Tamro”</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00374EC2" w14:paraId="37DC7C39" w14:textId="77777777" w:rsidTr="001D52AC">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1990" w:type="dxa"/>
+            <w:vMerge/>
+          </w:tcPr>
+          <w:p w14:paraId="2D3B02F3" w14:textId="77777777" w:rsidR="00374EC2" w:rsidRDefault="00374EC2" w:rsidP="001D52AC"/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1907" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="4BECE012" w14:textId="77777777" w:rsidR="00374EC2" w:rsidRPr="00CE4AE4" w:rsidRDefault="00374EC2" w:rsidP="001D52AC">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00CE4AE4">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>pneimokoku infekciju</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1744" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="595CEA6E" w14:textId="77777777" w:rsidR="00374EC2" w:rsidRPr="00CE4AE4" w:rsidRDefault="00374EC2" w:rsidP="001D52AC">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00CE4AE4">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>PCV</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1788" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="5C9A5A45" w14:textId="77777777" w:rsidR="00374EC2" w:rsidRPr="00CE4AE4" w:rsidRDefault="00374EC2" w:rsidP="001D52AC">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+                <w:i/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00CE4AE4">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+                <w:i/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Prevenar 13</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1587" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="288600E1" w14:textId="77777777" w:rsidR="00374EC2" w:rsidRPr="00CE4AE4" w:rsidRDefault="00374EC2" w:rsidP="001D52AC">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+                <w:i/>
+                <w:iCs/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00CE4AE4">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+                <w:i/>
+                <w:iCs/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>AS “Vakcīna”</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00374EC2" w14:paraId="626FA223" w14:textId="77777777" w:rsidTr="001D52AC">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1990" w:type="dxa"/>
+            <w:vMerge/>
+          </w:tcPr>
+          <w:p w14:paraId="2096714C" w14:textId="77777777" w:rsidR="00374EC2" w:rsidRDefault="00374EC2" w:rsidP="001D52AC"/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1907" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="46853B3D" w14:textId="77777777" w:rsidR="00374EC2" w:rsidRPr="00CE4AE4" w:rsidRDefault="00374EC2" w:rsidP="001D52AC">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00CE4AE4">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>masalas, epidēmiskais parotīts un masaliņas</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1744" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="003E69B5" w14:textId="77777777" w:rsidR="00374EC2" w:rsidRPr="00CE4AE4" w:rsidRDefault="00374EC2" w:rsidP="001D52AC">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00CE4AE4">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>MPR</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1788" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="7569F05C" w14:textId="77777777" w:rsidR="00374EC2" w:rsidRPr="00CE4AE4" w:rsidRDefault="00374EC2" w:rsidP="001D52AC">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+                <w:i/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00CE4AE4">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+                <w:i/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>M-M-RVaxPro</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1587" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="7C36EEAF" w14:textId="77777777" w:rsidR="00374EC2" w:rsidRPr="00CE4AE4" w:rsidRDefault="00374EC2" w:rsidP="001D52AC">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+                <w:i/>
+                <w:iCs/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00CE4AE4">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+                <w:i/>
+                <w:iCs/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>SIA “Oribalt-Rīga”</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00374EC2" w14:paraId="3595897A" w14:textId="77777777" w:rsidTr="001D52AC">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1990" w:type="dxa"/>
+            <w:vMerge/>
+          </w:tcPr>
+          <w:p w14:paraId="6FAC0E93" w14:textId="77777777" w:rsidR="00374EC2" w:rsidRDefault="00374EC2" w:rsidP="001D52AC"/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1907" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="36B812E4" w14:textId="77777777" w:rsidR="00374EC2" w:rsidRPr="00CE4AE4" w:rsidRDefault="00374EC2" w:rsidP="001D52AC">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00CE4AE4">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>vējbakas</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1744" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="4EB98779" w14:textId="77777777" w:rsidR="00374EC2" w:rsidRPr="00CE4AE4" w:rsidRDefault="00374EC2" w:rsidP="001D52AC">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00CE4AE4">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Varicella</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1788" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="3E8F1435" w14:textId="77777777" w:rsidR="00374EC2" w:rsidRPr="00CE4AE4" w:rsidRDefault="00374EC2" w:rsidP="001D52AC">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+                <w:i/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00CE4AE4">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+                <w:i/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Varilrix</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1587" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="12071AA3" w14:textId="77777777" w:rsidR="00374EC2" w:rsidRPr="00CE4AE4" w:rsidRDefault="00374EC2" w:rsidP="001D52AC">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+                <w:i/>
+                <w:iCs/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00CE4AE4">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+                <w:i/>
+                <w:iCs/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>SIA “Tamro”</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00374EC2" w14:paraId="0D9AD889" w14:textId="77777777" w:rsidTr="001D52AC">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1990" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+          </w:tcPr>
+          <w:p w14:paraId="44C7D1E1" w14:textId="77777777" w:rsidR="00374EC2" w:rsidRDefault="00374EC2" w:rsidP="001D52AC">
+            <w:r>
+              <w:t>7 gadi</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1907" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="40CB864C" w14:textId="77777777" w:rsidR="00374EC2" w:rsidRPr="00CE4AE4" w:rsidRDefault="00374EC2" w:rsidP="001D52AC">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00CE4AE4">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>difterija, stinguma krampji, garais klepus un poliomielīts</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1744" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="5AEBD81E" w14:textId="77777777" w:rsidR="00374EC2" w:rsidRPr="00CE4AE4" w:rsidRDefault="00374EC2" w:rsidP="001D52AC">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00CE4AE4">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>DTaP-IPV</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1788" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="24CECDD1" w14:textId="77777777" w:rsidR="00374EC2" w:rsidRPr="00CE4AE4" w:rsidRDefault="00374EC2" w:rsidP="001D52AC">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+                <w:i/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00CE4AE4">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+                <w:i/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Tetraxim</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1587" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="2CBA9961" w14:textId="77777777" w:rsidR="00374EC2" w:rsidRPr="00CE4AE4" w:rsidRDefault="00374EC2" w:rsidP="001D52AC">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+                <w:i/>
+                <w:iCs/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00CE4AE4">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+                <w:i/>
+                <w:iCs/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>SIA “Vakcīna”</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00374EC2" w14:paraId="52C9812C" w14:textId="77777777" w:rsidTr="001D52AC">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1990" w:type="dxa"/>
+            <w:vMerge/>
+          </w:tcPr>
+          <w:p w14:paraId="0871BF63" w14:textId="77777777" w:rsidR="00374EC2" w:rsidRDefault="00374EC2" w:rsidP="001D52AC"/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1907" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="0EC7F49C" w14:textId="77777777" w:rsidR="00374EC2" w:rsidRPr="00CE4AE4" w:rsidRDefault="00374EC2" w:rsidP="001D52AC">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00CE4AE4">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>masalas, epidēmiskais parotīts un masaliņas</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1744" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="27FFCEA1" w14:textId="77777777" w:rsidR="00374EC2" w:rsidRPr="00CE4AE4" w:rsidRDefault="00374EC2" w:rsidP="001D52AC">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00CE4AE4">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>MPR</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1788" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="1BA6B4AE" w14:textId="77777777" w:rsidR="00374EC2" w:rsidRPr="00CE4AE4" w:rsidRDefault="00374EC2" w:rsidP="001D52AC">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+                <w:i/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00CE4AE4">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+                <w:i/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>M-M-RVaxPro</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1587" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="656E47E8" w14:textId="77777777" w:rsidR="00374EC2" w:rsidRPr="00E743BF" w:rsidRDefault="00374EC2" w:rsidP="001D52AC">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+                <w:i/>
+                <w:iCs/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E743BF">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+                <w:i/>
+                <w:iCs/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>SIA “Oribalt-Rīga”</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00374EC2" w14:paraId="0D076DDB" w14:textId="77777777" w:rsidTr="001D52AC">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1990" w:type="dxa"/>
+            <w:vMerge/>
+          </w:tcPr>
+          <w:p w14:paraId="176D526C" w14:textId="77777777" w:rsidR="00374EC2" w:rsidRDefault="00374EC2" w:rsidP="001D52AC"/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1907" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="57FFC01E" w14:textId="77777777" w:rsidR="00374EC2" w:rsidRPr="00CE4AE4" w:rsidRDefault="00374EC2" w:rsidP="001D52AC">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00CE4AE4">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>vējbakas</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1744" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="097A124C" w14:textId="77777777" w:rsidR="00374EC2" w:rsidRPr="00CE4AE4" w:rsidRDefault="00374EC2" w:rsidP="001D52AC">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00CE4AE4">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Varicella</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1788" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="2B1CA775" w14:textId="77777777" w:rsidR="00374EC2" w:rsidRPr="00CE4AE4" w:rsidRDefault="00374EC2" w:rsidP="001D52AC">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+                <w:i/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00CE4AE4">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+                <w:i/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Varilrix</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1587" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="0550EFAD" w14:textId="77777777" w:rsidR="00374EC2" w:rsidRPr="00E743BF" w:rsidRDefault="00374EC2" w:rsidP="001D52AC">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+                <w:i/>
+                <w:iCs/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E743BF">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+                <w:i/>
+                <w:iCs/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>SIA “Tamro”</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00374EC2" w14:paraId="7474F013" w14:textId="77777777" w:rsidTr="001D52AC">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1990" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="710E3243" w14:textId="77777777" w:rsidR="00374EC2" w:rsidRDefault="00374EC2" w:rsidP="001D52AC">
+            <w:r>
+              <w:t>12 gadi</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1907" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="48AB2E06" w14:textId="77777777" w:rsidR="00374EC2" w:rsidRPr="00CE4AE4" w:rsidRDefault="00374EC2" w:rsidP="001D52AC">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00CE4AE4">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>cilvēka papilomas vīrusa infekcija</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1744" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="6A11756B" w14:textId="77777777" w:rsidR="00374EC2" w:rsidRPr="00CE4AE4" w:rsidRDefault="00374EC2" w:rsidP="001D52AC">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00CE4AE4">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>CPV</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1788" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="3AD27086" w14:textId="77777777" w:rsidR="00374EC2" w:rsidRPr="00CE4AE4" w:rsidRDefault="00374EC2" w:rsidP="001D52AC">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+                <w:i/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00CE4AE4">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+                <w:i/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Gardasil 9</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1587" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="363398AD" w14:textId="77777777" w:rsidR="00374EC2" w:rsidRPr="00E743BF" w:rsidRDefault="00374EC2" w:rsidP="001D52AC">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+                <w:i/>
+                <w:iCs/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E743BF">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+                <w:i/>
+                <w:iCs/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>SIA “Oribalt-Rīga”</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00374EC2" w14:paraId="717160AE" w14:textId="77777777" w:rsidTr="001D52AC">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1990" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="452AF0D4" w14:textId="77777777" w:rsidR="00374EC2" w:rsidRDefault="00374EC2" w:rsidP="001D52AC">
+            <w:r>
+              <w:t>14 gadi</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1907" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="1B65CC76" w14:textId="77777777" w:rsidR="00374EC2" w:rsidRPr="00CE4AE4" w:rsidRDefault="00374EC2" w:rsidP="001D52AC">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00CE4AE4">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>difterija, stinguma krampji</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> un</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00CE4AE4">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> garais klepus</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1744" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="2B617D5F" w14:textId="77777777" w:rsidR="00374EC2" w:rsidRPr="00CE4AE4" w:rsidRDefault="00374EC2" w:rsidP="001D52AC">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Tdap</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1788" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="56136952" w14:textId="77777777" w:rsidR="00374EC2" w:rsidRPr="00CE4AE4" w:rsidRDefault="00374EC2" w:rsidP="001D52AC">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+                <w:i/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+                <w:i/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Adacel/Triaxis</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1587" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="41BC5764" w14:textId="77777777" w:rsidR="00374EC2" w:rsidRPr="00E743BF" w:rsidRDefault="00374EC2" w:rsidP="001D52AC">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:contextualSpacing/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+                <w:i/>
+                <w:iCs/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E743BF">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+                <w:i/>
+                <w:iCs/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>SIA ”Magnum Medical”</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00374EC2" w14:paraId="429D9234" w14:textId="77777777" w:rsidTr="001D52AC">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1990" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="2596ECBF" w14:textId="77777777" w:rsidR="00374EC2" w:rsidRDefault="00374EC2" w:rsidP="001D52AC">
+            <w:r>
+              <w:t>ik 10 gadus</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1907" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="2A0526D7" w14:textId="77777777" w:rsidR="00374EC2" w:rsidRPr="00CE4AE4" w:rsidRDefault="00374EC2" w:rsidP="001D52AC">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>d</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00CE4AE4">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>ifterija</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> un</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00CE4AE4">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> stinguma krampji</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1744" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="22AFDC93" w14:textId="77777777" w:rsidR="00374EC2" w:rsidRPr="00CE4AE4" w:rsidRDefault="00374EC2" w:rsidP="001D52AC">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>dT</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1788" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="4FADBE68" w14:textId="77777777" w:rsidR="00374EC2" w:rsidRPr="00CE4AE4" w:rsidRDefault="00374EC2" w:rsidP="001D52AC">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+                <w:i/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+                <w:i/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Imovax dT Adult</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1587" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="576E6ECD" w14:textId="77777777" w:rsidR="00374EC2" w:rsidRPr="00CE4AE4" w:rsidRDefault="00374EC2" w:rsidP="001D52AC">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+                <w:i/>
+                <w:iCs/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E743BF">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+                <w:i/>
+                <w:iCs/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>SIA “Oribalt-Rīga”</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00374EC2" w14:paraId="1D748020" w14:textId="77777777" w:rsidTr="001D52AC">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1990" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="31FEA5AA" w14:textId="77777777" w:rsidR="00374EC2" w:rsidRDefault="00374EC2" w:rsidP="001D52AC">
+            <w:r>
+              <w:t>pacienti, kuriem veikta hemodialīze</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1907" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="11263D42" w14:textId="77777777" w:rsidR="00374EC2" w:rsidRPr="003239E2" w:rsidRDefault="00374EC2" w:rsidP="001D52AC">
+            <w:pPr>
+              <w:rPr>
+                <w:bCs/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003239E2">
+              <w:rPr>
+                <w:bCs/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">B hepatīts </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="0308BFEF" w14:textId="77777777" w:rsidR="00374EC2" w:rsidRPr="00CE4AE4" w:rsidRDefault="00374EC2" w:rsidP="001D52AC">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1912" w:type="dxa"/>
+            <w:tcW w:w="1744" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="1CA57222" w14:textId="77777777" w:rsidR="003507B0" w:rsidRPr="00141FC9" w:rsidRDefault="003507B0" w:rsidP="002F0EAA">
+          <w:p w14:paraId="01B7D4B9" w14:textId="77777777" w:rsidR="00374EC2" w:rsidRPr="00CE4AE4" w:rsidRDefault="00374EC2" w:rsidP="001D52AC">
             <w:pPr>
-              <w:ind w:left="34" w:right="33"/>
-              <w:rPr>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00141FC9">
-[...3 lines deleted...]
-              <w:t>pneimokoku infekcija</w:t>
+            <w:r>
+              <w:rPr>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>HB</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1456" w:type="dxa"/>
+            <w:tcW w:w="1788" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="12184A5C" w14:textId="77777777" w:rsidR="003507B0" w:rsidRPr="00141FC9" w:rsidRDefault="003507B0" w:rsidP="002F0EAA">
+          <w:p w14:paraId="046866B9" w14:textId="77777777" w:rsidR="00374EC2" w:rsidRPr="00CE4AE4" w:rsidRDefault="00374EC2" w:rsidP="001D52AC">
             <w:pPr>
-              <w:ind w:left="-191" w:firstLine="84"/>
-[...1 lines deleted...]
-              <w:rPr>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+                <w:i/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00141FC9">
-[...3 lines deleted...]
-              <w:t>PCV</w:t>
+            <w:r w:rsidRPr="00954296">
+              <w:rPr>
+                <w:i/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Engerix B 40 mkg/2ml</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2065" w:type="dxa"/>
+            <w:tcW w:w="1587" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="48E97441" w14:textId="418277F1" w:rsidR="003507B0" w:rsidRPr="00AB6C08" w:rsidRDefault="00124552" w:rsidP="002F0EAA">
+          <w:p w14:paraId="34398372" w14:textId="77777777" w:rsidR="00374EC2" w:rsidRPr="00CE4AE4" w:rsidRDefault="00374EC2" w:rsidP="001D52AC">
             <w:pPr>
-              <w:jc w:val="center"/>
-              <w:rPr>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
                 <w:i/>
                 <w:iCs/>
+                <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00AB6C08">
+            <w:r w:rsidRPr="3050458C">
               <w:rPr>
                 <w:i/>
                 <w:iCs/>
               </w:rPr>
-              <w:t>Vaxneuvance</w:t>
+              <w:t>SIA “Tamro”</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00374EC2" w14:paraId="765CDDBF" w14:textId="77777777" w:rsidTr="001D52AC">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1990" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="196411DF" w14:textId="77777777" w:rsidR="00374EC2" w:rsidRDefault="00374EC2" w:rsidP="001D52AC">
+            <w:r w:rsidRPr="44D7736D">
+              <w:t>2, 4, 6, 12-15 mēneši</w:t>
+            </w:r>
+            <w:r w:rsidRPr="44D7736D">
+              <w:rPr>
+                <w:rStyle w:val="FootnoteReference"/>
+              </w:rPr>
+              <w:footnoteReference w:id="7"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2011" w:type="dxa"/>
+            <w:tcW w:w="1907" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="3F1DAA5E" w14:textId="3D5DE9C9" w:rsidR="003507B0" w:rsidRPr="003239E2" w:rsidRDefault="002D2E04" w:rsidP="002F0EAA">
+          <w:p w14:paraId="2F0E69B9" w14:textId="77777777" w:rsidR="00374EC2" w:rsidRDefault="00374EC2" w:rsidP="001D52AC">
             <w:pPr>
-              <w:jc w:val="center"/>
+              <w:ind w:left="34" w:right="33"/>
+              <w:rPr>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00141FC9">
+              <w:rPr>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>difterija,</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="56FAA7E6" w14:textId="77777777" w:rsidR="00374EC2" w:rsidRDefault="00374EC2" w:rsidP="001D52AC">
+            <w:pPr>
+              <w:ind w:left="34" w:right="33"/>
+              <w:rPr>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00141FC9">
+              <w:rPr>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>stinguma krampji, garais klepus, poliomielīts,</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="690801E6" w14:textId="77777777" w:rsidR="00374EC2" w:rsidRPr="003239E2" w:rsidRDefault="00374EC2" w:rsidP="001D52AC">
+            <w:pPr>
+              <w:rPr>
+                <w:bCs/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00141FC9">
               <w:rPr>
                 <w:i/>
-                <w:iCs/>
-[...3 lines deleted...]
-            <w:r w:rsidRPr="003239E2">
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">b tipa Haemophilus </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00141FC9">
               <w:rPr>
                 <w:i/>
-                <w:iCs/>
-[...50 lines deleted...]
-            </w:pPr>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t>influenzae</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00141FC9">
+              <w:rPr>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> infekcija</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1912" w:type="dxa"/>
-[...2 lines deleted...]
-            </w:tcBorders>
+            <w:tcW w:w="1744" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="4CD916B6" w14:textId="77777777" w:rsidR="003507B0" w:rsidRPr="00141FC9" w:rsidRDefault="003507B0" w:rsidP="002F0EAA">
+          <w:p w14:paraId="733DC6E4" w14:textId="77777777" w:rsidR="00374EC2" w:rsidRDefault="00374EC2" w:rsidP="001D52AC">
             <w:pPr>
-              <w:ind w:left="34" w:right="33"/>
               <w:rPr>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00141FC9">
               <w:rPr>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t>rotavīrusu infekcija</w:t>
+              <w:lastRenderedPageBreak/>
+              <w:t>DTaP-IPV-Hib</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1456" w:type="dxa"/>
-[...2 lines deleted...]
-            </w:tcBorders>
+            <w:tcW w:w="1788" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="3F491424" w14:textId="77777777" w:rsidR="003507B0" w:rsidRPr="00141FC9" w:rsidRDefault="003507B0" w:rsidP="002F0EAA">
+          <w:p w14:paraId="24042013" w14:textId="77777777" w:rsidR="00374EC2" w:rsidRPr="00954296" w:rsidRDefault="00374EC2" w:rsidP="001D52AC">
             <w:pPr>
-              <w:ind w:left="-191" w:firstLine="84"/>
-[...1 lines deleted...]
-              <w:rPr>
+              <w:rPr>
+                <w:i/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00141FC9">
-[...3 lines deleted...]
-              <w:t>RV</w:t>
+            <w:r w:rsidRPr="00954296">
+              <w:rPr>
+                <w:i/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Pentaxim</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2065" w:type="dxa"/>
-[...2 lines deleted...]
-            </w:tcBorders>
+            <w:tcW w:w="1587" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="7196829D" w14:textId="77777777" w:rsidR="003507B0" w:rsidRPr="00AB6C08" w:rsidRDefault="003507B0" w:rsidP="002F0EAA">
+          <w:p w14:paraId="4D4F4D7F" w14:textId="77777777" w:rsidR="00374EC2" w:rsidRPr="3050458C" w:rsidRDefault="00374EC2" w:rsidP="001D52AC">
             <w:pPr>
-              <w:jc w:val="center"/>
               <w:rPr>
                 <w:i/>
-                <w:szCs w:val="24"/>
+                <w:iCs/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00AB6C08">
+            <w:r w:rsidRPr="3050458C">
               <w:rPr>
                 <w:i/>
-                <w:szCs w:val="24"/>
-[...1 lines deleted...]
-              <w:t>RotaTeq</w:t>
+                <w:iCs/>
+              </w:rPr>
+              <w:t>SIA "Vakcīna”</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00374EC2" w14:paraId="795227BE" w14:textId="77777777" w:rsidTr="001D52AC">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1990" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="63B3D5B5" w14:textId="77777777" w:rsidR="00374EC2" w:rsidRDefault="00374EC2" w:rsidP="001D52AC">
+            <w:r>
+              <w:rPr>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">1-15 gadi, </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00DB7194">
+              <w:rPr>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>bāreņ</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>i</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00DB7194">
+              <w:rPr>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> un bez vecāku gādības palikuš</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>i</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00DB7194">
+              <w:rPr>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> bērn</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>i</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00DB7194">
+              <w:rPr>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>vis</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00DB7194">
+              <w:rPr>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>ā Latvijas teritorijā</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">, </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00DB7194">
+              <w:rPr>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>bērn</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>i</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00DB7194">
+              <w:rPr>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> endēmiskajās teritorijās</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2011" w:type="dxa"/>
-[...2 lines deleted...]
-            </w:tcBorders>
+            <w:tcW w:w="1907" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="361DC390" w14:textId="7B6B78A1" w:rsidR="003507B0" w:rsidRPr="003239E2" w:rsidRDefault="002D2E04" w:rsidP="002F0EAA">
+          <w:p w14:paraId="051A5B32" w14:textId="77777777" w:rsidR="00374EC2" w:rsidRPr="003239E2" w:rsidRDefault="00374EC2" w:rsidP="001D52AC">
             <w:pPr>
-              <w:jc w:val="center"/>
-[...2 lines deleted...]
-                <w:iCs/>
+              <w:rPr>
+                <w:bCs/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="003239E2">
-[...29 lines deleted...]
-              <w:t>4 mēneši</w:t>
+            <w:r>
+              <w:rPr>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">ērču encefalīts </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1912" w:type="dxa"/>
-[...2 lines deleted...]
-            </w:tcBorders>
+            <w:tcW w:w="1744" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="07CB33DD" w14:textId="77777777" w:rsidR="003507B0" w:rsidRDefault="003507B0" w:rsidP="002F0EAA">
+          <w:p w14:paraId="5F2949DB" w14:textId="77777777" w:rsidR="00374EC2" w:rsidRDefault="00374EC2" w:rsidP="001D52AC">
             <w:pPr>
-              <w:ind w:left="34" w:right="33"/>
               <w:rPr>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00141FC9">
-[...38 lines deleted...]
-              <w:t xml:space="preserve"> infekcija, B hepatīts</w:t>
+            <w:r>
+              <w:rPr>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>NA</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1456" w:type="dxa"/>
-[...2 lines deleted...]
-            </w:tcBorders>
+            <w:tcW w:w="1788" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="1E2F5E21" w14:textId="77777777" w:rsidR="003507B0" w:rsidRPr="00141FC9" w:rsidRDefault="003507B0" w:rsidP="002F0EAA">
+          <w:p w14:paraId="4E033558" w14:textId="77777777" w:rsidR="00374EC2" w:rsidRPr="00954296" w:rsidRDefault="00374EC2" w:rsidP="001D52AC">
             <w:pPr>
-              <w:ind w:left="-191" w:firstLine="84"/>
-[...1 lines deleted...]
-              <w:rPr>
+              <w:rPr>
+                <w:i/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00141FC9">
-[...3 lines deleted...]
-              <w:t>DTaP-IPV-Hib-HB</w:t>
+            <w:r>
+              <w:rPr>
+                <w:i/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Encepur Children 0,25ml</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2065" w:type="dxa"/>
-[...2 lines deleted...]
-            </w:tcBorders>
+            <w:tcW w:w="1587" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="1A3AD68E" w14:textId="12F7ECB2" w:rsidR="003507B0" w:rsidRPr="00AB6C08" w:rsidRDefault="00E176C7" w:rsidP="002F0EAA">
+          <w:p w14:paraId="6C224230" w14:textId="77777777" w:rsidR="00374EC2" w:rsidRPr="3050458C" w:rsidRDefault="00374EC2" w:rsidP="001D52AC">
             <w:pPr>
-              <w:jc w:val="center"/>
               <w:rPr>
                 <w:i/>
-                <w:szCs w:val="24"/>
+                <w:iCs/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00AB6C08">
-              <w:rPr>
+            <w:r w:rsidRPr="00E743BF">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
                 <w:i/>
-                <w:szCs w:val="24"/>
-[...1 lines deleted...]
-              <w:t>Infanrix Hexa</w:t>
+                <w:iCs/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>SIA ”Magnum Medical”</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00374EC2" w14:paraId="73529D81" w14:textId="77777777" w:rsidTr="001D52AC">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1990" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="5FCB8B0C" w14:textId="77777777" w:rsidR="00374EC2" w:rsidRDefault="00374EC2" w:rsidP="001D52AC">
+            <w:r>
+              <w:rPr>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">16-17 gadi, </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00DB7194">
+              <w:rPr>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>bāreņ</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>i</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00DB7194">
+              <w:rPr>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> un bez vecāku gādības palikuš</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>i</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00DB7194">
+              <w:rPr>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> bērn</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>i</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00DB7194">
+              <w:rPr>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>vis</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00DB7194">
+              <w:rPr>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>ā Latvijas teritorijā</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">, </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00DB7194">
+              <w:rPr>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>bērn</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>i</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00DB7194">
+              <w:rPr>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> endēmiskajās teritorijās</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2011" w:type="dxa"/>
-[...2 lines deleted...]
-            </w:tcBorders>
+            <w:tcW w:w="1907" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="5E45D2C3" w14:textId="403DBCFB" w:rsidR="003507B0" w:rsidRPr="003239E2" w:rsidRDefault="002D2E04" w:rsidP="002F0EAA">
+          <w:p w14:paraId="1EA24246" w14:textId="77777777" w:rsidR="00374EC2" w:rsidRPr="003239E2" w:rsidRDefault="00374EC2" w:rsidP="001D52AC">
             <w:pPr>
-              <w:jc w:val="center"/>
-[...2 lines deleted...]
-                <w:iCs/>
+              <w:rPr>
+                <w:bCs/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="003239E2">
-[...21 lines deleted...]
-            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">ērču encefalīts </w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1912" w:type="dxa"/>
+            <w:tcW w:w="1744" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="598DCE76" w14:textId="77777777" w:rsidR="00124552" w:rsidRPr="00141FC9" w:rsidRDefault="00124552" w:rsidP="00124552">
+          <w:p w14:paraId="51D53505" w14:textId="77777777" w:rsidR="00374EC2" w:rsidRDefault="00374EC2" w:rsidP="001D52AC">
             <w:pPr>
-              <w:ind w:left="34" w:right="33"/>
               <w:rPr>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00141FC9">
-[...3 lines deleted...]
-              <w:t>pneimokoku infekcija</w:t>
+            <w:r>
+              <w:rPr>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>NA</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1456" w:type="dxa"/>
+            <w:tcW w:w="1788" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="30366467" w14:textId="77777777" w:rsidR="00124552" w:rsidRPr="00141FC9" w:rsidRDefault="00124552" w:rsidP="00124552">
+          <w:p w14:paraId="7B5FE67E" w14:textId="77777777" w:rsidR="00374EC2" w:rsidRPr="00954296" w:rsidRDefault="00374EC2" w:rsidP="001D52AC">
             <w:pPr>
-              <w:ind w:left="-191" w:firstLine="84"/>
-[...1 lines deleted...]
-              <w:rPr>
+              <w:rPr>
+                <w:i/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00141FC9">
-[...3 lines deleted...]
-              <w:t>PCV</w:t>
+            <w:r>
+              <w:rPr>
+                <w:i/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Encepur Adult 0,5ml</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2065" w:type="dxa"/>
+            <w:tcW w:w="1587" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="31B68D99" w14:textId="4B5223D5" w:rsidR="00124552" w:rsidRPr="00AB6C08" w:rsidRDefault="00124552" w:rsidP="00124552">
+          <w:p w14:paraId="291A5C45" w14:textId="77777777" w:rsidR="00374EC2" w:rsidRPr="3050458C" w:rsidRDefault="00374EC2" w:rsidP="001D52AC">
             <w:pPr>
-              <w:jc w:val="center"/>
               <w:rPr>
                 <w:i/>
-                <w:szCs w:val="24"/>
+                <w:iCs/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00AB6C08">
-              <w:rPr>
+            <w:r w:rsidRPr="00E743BF">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
                 <w:i/>
-                <w:szCs w:val="24"/>
-[...1 lines deleted...]
-              <w:t>Vaxneuvance</w:t>
+                <w:iCs/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>SIA ”Magnum Medical”</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00374EC2" w14:paraId="35603E87" w14:textId="77777777" w:rsidTr="001D52AC">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1990" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="437140EB" w14:textId="77777777" w:rsidR="00374EC2" w:rsidRDefault="00374EC2" w:rsidP="001D52AC">
+            <w:r>
+              <w:rPr>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>grūtnieces</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2011" w:type="dxa"/>
+            <w:tcW w:w="1907" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="4362F9AD" w14:textId="068903E3" w:rsidR="00124552" w:rsidRPr="003239E2" w:rsidRDefault="00124552" w:rsidP="00124552">
+          <w:p w14:paraId="6AD4564E" w14:textId="77777777" w:rsidR="00374EC2" w:rsidRPr="003239E2" w:rsidRDefault="00374EC2" w:rsidP="001D52AC">
             <w:pPr>
-              <w:jc w:val="center"/>
-[...2 lines deleted...]
-                <w:iCs/>
+              <w:rPr>
+                <w:bCs/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="003239E2">
-[...6 lines deleted...]
-            </w:r>
             <w:r>
               <w:rPr>
-                <w:i/>
-[...11 lines deleted...]
-              <w:t xml:space="preserve"> “</w:t>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>d</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00141FC9">
+              <w:rPr>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>ifterija</w:t>
             </w:r>
             <w:r>
               <w:rPr>
-                <w:i/>
-[...27 lines deleted...]
-            </w:pPr>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">, </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00141FC9">
+              <w:rPr>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">stinguma krampji </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>un garais klepus</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1912" w:type="dxa"/>
+            <w:tcW w:w="1744" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="3FA06B76" w14:textId="77777777" w:rsidR="003507B0" w:rsidRPr="00141FC9" w:rsidRDefault="003507B0" w:rsidP="002F0EAA">
+          <w:p w14:paraId="6EFFCD7E" w14:textId="77777777" w:rsidR="00374EC2" w:rsidRDefault="00374EC2" w:rsidP="001D52AC">
             <w:pPr>
-              <w:ind w:left="34" w:right="33"/>
               <w:rPr>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00141FC9">
-[...3 lines deleted...]
-              <w:t>rotavīrusu infekcija</w:t>
+            <w:r>
+              <w:rPr>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Tdap</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1456" w:type="dxa"/>
+            <w:tcW w:w="1788" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="084763D0" w14:textId="77777777" w:rsidR="003507B0" w:rsidRPr="00141FC9" w:rsidRDefault="003507B0" w:rsidP="002F0EAA">
+          <w:p w14:paraId="667B4EFC" w14:textId="77777777" w:rsidR="00374EC2" w:rsidRPr="00954296" w:rsidRDefault="00374EC2" w:rsidP="001D52AC">
             <w:pPr>
-              <w:ind w:left="-191" w:firstLine="84"/>
-[...1 lines deleted...]
-              <w:rPr>
+              <w:rPr>
+                <w:i/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00141FC9">
-[...3 lines deleted...]
-              <w:t>RV</w:t>
+            <w:r>
+              <w:rPr>
+                <w:i/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Adacel/Triaxis</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2065" w:type="dxa"/>
+            <w:tcW w:w="1587" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="35CCE327" w14:textId="77777777" w:rsidR="003507B0" w:rsidRPr="00AB6C08" w:rsidRDefault="003507B0" w:rsidP="002F0EAA">
+          <w:p w14:paraId="23920F43" w14:textId="77777777" w:rsidR="00374EC2" w:rsidRPr="3050458C" w:rsidRDefault="00374EC2" w:rsidP="001D52AC">
             <w:pPr>
-              <w:jc w:val="center"/>
               <w:rPr>
                 <w:i/>
-                <w:szCs w:val="24"/>
+                <w:iCs/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00AB6C08">
-              <w:rPr>
+            <w:r w:rsidRPr="00E743BF">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
                 <w:i/>
-                <w:szCs w:val="24"/>
-[...1 lines deleted...]
-              <w:t>RotaTeq</w:t>
+                <w:iCs/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>SIA ”Magnum Medical”</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00374EC2" w14:paraId="6E51B8A9" w14:textId="77777777" w:rsidTr="001D52AC">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1990" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="484B9BEE" w14:textId="77777777" w:rsidR="00374EC2" w:rsidRDefault="00374EC2" w:rsidP="001D52AC">
+            <w:pPr>
+              <w:rPr>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="007B0CBE">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>pēc klīniskām un epidemioloģiskām indikācijām</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2011" w:type="dxa"/>
+            <w:tcW w:w="1907" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="103318AD" w14:textId="61B8A197" w:rsidR="003507B0" w:rsidRPr="003239E2" w:rsidRDefault="002D2E04" w:rsidP="002F0EAA">
+          <w:p w14:paraId="17A9DFF7" w14:textId="77777777" w:rsidR="00374EC2" w:rsidRDefault="00374EC2" w:rsidP="001D52AC">
             <w:pPr>
-              <w:jc w:val="center"/>
-[...2 lines deleted...]
-                <w:iCs/>
+              <w:rPr>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="003239E2">
-[...26 lines deleted...]
-              <w:t>6 mēneši</w:t>
+            <w:r>
+              <w:rPr>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>trakumsērga</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1912" w:type="dxa"/>
+            <w:tcW w:w="1744" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="34E04C70" w14:textId="77777777" w:rsidR="003507B0" w:rsidRPr="00141FC9" w:rsidRDefault="003507B0" w:rsidP="002F0EAA">
+          <w:p w14:paraId="6B01CCC9" w14:textId="77777777" w:rsidR="00374EC2" w:rsidRDefault="00374EC2" w:rsidP="001D52AC">
             <w:pPr>
-              <w:ind w:left="34" w:right="33"/>
               <w:rPr>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00141FC9">
-[...16 lines deleted...]
-              <w:t xml:space="preserve"> infekcija, B hepatīts</w:t>
+            <w:r>
+              <w:rPr>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Verorab</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1456" w:type="dxa"/>
+            <w:tcW w:w="1788" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="1BE130E4" w14:textId="77777777" w:rsidR="003507B0" w:rsidRPr="00141FC9" w:rsidRDefault="003507B0" w:rsidP="002F0EAA">
+          <w:p w14:paraId="3F1A34DA" w14:textId="77777777" w:rsidR="00374EC2" w:rsidRDefault="00374EC2" w:rsidP="001D52AC">
             <w:pPr>
-              <w:ind w:left="-191" w:firstLine="84"/>
-[...1 lines deleted...]
-              <w:rPr>
+              <w:rPr>
+                <w:i/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00141FC9">
-[...3 lines deleted...]
-              <w:t>DTaP-IPV-Hib-HB</w:t>
+            <w:r w:rsidRPr="00954296">
+              <w:rPr>
+                <w:i/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Verorab</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2065" w:type="dxa"/>
+            <w:tcW w:w="1587" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="291D6A41" w14:textId="7AB8B7DF" w:rsidR="003507B0" w:rsidRPr="00AB6C08" w:rsidRDefault="00E176C7" w:rsidP="002F0EAA">
+          <w:p w14:paraId="6B6A7685" w14:textId="77777777" w:rsidR="00374EC2" w:rsidRPr="3050458C" w:rsidRDefault="00374EC2" w:rsidP="001D52AC">
             <w:pPr>
-              <w:jc w:val="center"/>
-[...20 lines deleted...]
-              <w:jc w:val="center"/>
               <w:rPr>
                 <w:i/>
                 <w:iCs/>
-                <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="003239E2">
-              <w:rPr>
+            <w:r w:rsidRPr="00E743BF">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
                 <w:i/>
                 <w:iCs/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t>SIA “Tamro”</w:t>
-[...2303 lines deleted...]
-              <w:t>SIA “Oribalt-Rīga”</w:t>
+              <w:t>SIA ”Magnum Medical”</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="TableGrid"/>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:insideH w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:insideV w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="2835"/>
         <w:gridCol w:w="6226"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00195DE4" w:rsidRPr="00127687" w14:paraId="6322C969" w14:textId="77777777" w:rsidTr="002F0EAA">
+      <w:tr w:rsidR="00195DE4" w:rsidRPr="00CE4AE4" w14:paraId="6322C969" w14:textId="77777777" w:rsidTr="002F0EAA">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2835" w:type="dxa"/>
           </w:tcPr>
-          <w:bookmarkEnd w:id="3"/>
-          <w:p w14:paraId="5CDBB21C" w14:textId="6C7F3DEA" w:rsidR="00195DE4" w:rsidRDefault="00195DE4" w:rsidP="00195DE4">
+          <w:p w14:paraId="5CDBB21C" w14:textId="6C7F3DEA" w:rsidR="00195DE4" w:rsidRPr="00CE4AE4" w:rsidRDefault="00195DE4" w:rsidP="00CE4AE4">
             <w:pPr>
-              <w:rPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:contextualSpacing/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
                 <w:i/>
                 <w:iCs/>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00127687">
-              <w:rPr>
+            <w:r w:rsidRPr="00CE4AE4">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
                 <w:i/>
                 <w:iCs/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>SIA “Oribalt-Rīga”</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6226" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="734CC4B2" w14:textId="09733CD5" w:rsidR="00195DE4" w:rsidRPr="00AB6C08" w:rsidRDefault="00195DE4" w:rsidP="00195DE4">
+          <w:p w14:paraId="734CC4B2" w14:textId="66971D89" w:rsidR="00195DE4" w:rsidRPr="00CE4AE4" w:rsidRDefault="00195DE4" w:rsidP="00CE4AE4">
             <w:pPr>
-              <w:rPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:contextualSpacing/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00AB6C08">
-              <w:rPr>
+            <w:r w:rsidRPr="00CE4AE4">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Dzelzavas iela 120M, Rīga, tālr. </w:t>
             </w:r>
-            <w:r w:rsidRPr="00AB6C08">
-              <w:rPr>
+            <w:r w:rsidRPr="00CE4AE4">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>67840807</w:t>
             </w:r>
-            <w:r w:rsidR="0000114A" w:rsidRPr="00AB6C08">
-              <w:rPr>
+            <w:r w:rsidR="0000114A" w:rsidRPr="00CE4AE4">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> (</w:t>
             </w:r>
-            <w:r w:rsidR="0000114A" w:rsidRPr="00AB6C08">
-              <w:rPr>
+            <w:r w:rsidR="00247DC5" w:rsidRPr="00CE4AE4">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
                 <w:i/>
                 <w:iCs/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">Verorab, </w:t>
-[...2 lines deleted...]
-              <w:rPr>
+              <w:t>Imovax dT Adult</w:t>
+            </w:r>
+            <w:r w:rsidR="00293D0A" w:rsidRPr="00CE4AE4">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
                 <w:i/>
                 <w:iCs/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">Imovax dT Adult vai </w:t>
-[...2 lines deleted...]
-              <w:rPr>
+              <w:t xml:space="preserve">, </w:t>
+            </w:r>
+            <w:r w:rsidR="00A04041" w:rsidRPr="00CE4AE4">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
                 <w:i/>
                 <w:iCs/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>Diftavax</w:t>
-[...2 lines deleted...]
-              <w:rPr>
+              <w:t>M-M-RvaxPro, Gardasil 9</w:t>
+            </w:r>
+            <w:r w:rsidR="0000114A" w:rsidRPr="00CE4AE4">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00195DE4" w:rsidRPr="00127687" w14:paraId="6B184F93" w14:textId="77777777" w:rsidTr="002F0EAA">
+      <w:tr w:rsidR="00195DE4" w:rsidRPr="00CE4AE4" w14:paraId="6B184F93" w14:textId="77777777" w:rsidTr="002F0EAA">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2835" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="1E143438" w14:textId="77777777" w:rsidR="00195DE4" w:rsidRPr="00127687" w:rsidRDefault="00195DE4" w:rsidP="00195DE4">
+          <w:p w14:paraId="1E143438" w14:textId="77777777" w:rsidR="00195DE4" w:rsidRPr="00CE4AE4" w:rsidRDefault="00195DE4" w:rsidP="00CE4AE4">
             <w:pPr>
-              <w:rPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:contextualSpacing/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
                 <w:b/>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00127687">
-              <w:rPr>
+            <w:r w:rsidRPr="00CE4AE4">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
                 <w:i/>
                 <w:iCs/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>SIA “Tamro</w:t>
-[...7 lines deleted...]
-              <w:t>”</w:t>
+              <w:t>SIA “Tamro”</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6226" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="082413CD" w14:textId="0A898F3E" w:rsidR="00195DE4" w:rsidRPr="00AB6C08" w:rsidRDefault="00195DE4" w:rsidP="00195DE4">
+          <w:p w14:paraId="082413CD" w14:textId="23E1BEDF" w:rsidR="00195DE4" w:rsidRPr="00CE4AE4" w:rsidRDefault="00195DE4" w:rsidP="00CE4AE4">
             <w:pPr>
-              <w:rPr>
-                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:contextualSpacing/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
                 <w:color w:val="1F497D"/>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00AB6C08">
-              <w:rPr>
+            <w:r w:rsidRPr="00CE4AE4">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">Noliktavu iela 5, Dreiliņi, Stopiņu novads, Rīgas rajons, tālr. </w:t>
-[...2 lines deleted...]
-              <w:rPr>
+              <w:t xml:space="preserve">Noliktavu iela 5, Dreiliņi, tālr. </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00CE4AE4">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
                 <w:b/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">67067845 </w:t>
             </w:r>
-            <w:r w:rsidRPr="00AB6C08">
-              <w:rPr>
+            <w:r w:rsidRPr="00CE4AE4">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>(</w:t>
             </w:r>
-            <w:r w:rsidR="0000114A" w:rsidRPr="00AB6C08">
-              <w:rPr>
+            <w:r w:rsidR="00197E6C" w:rsidRPr="00CE4AE4">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+                <w:bCs/>
+                <w:i/>
+                <w:iCs/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Varilrix,</w:t>
+            </w:r>
+            <w:r w:rsidR="00197E6C" w:rsidRPr="00CE4AE4">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="0000114A" w:rsidRPr="00CE4AE4">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
                 <w:i/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">EngerixB 10 mkg, </w:t>
             </w:r>
-            <w:r w:rsidR="002104F7" w:rsidRPr="00AB6C08">
-              <w:rPr>
+            <w:r w:rsidR="002104F7" w:rsidRPr="00CE4AE4">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
                 <w:i/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>EngerixB 20 mkg</w:t>
             </w:r>
-            <w:r w:rsidRPr="00AB6C08">
-              <w:rPr>
+            <w:r w:rsidRPr="00CE4AE4">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>)</w:t>
             </w:r>
-            <w:r w:rsidR="0000114A" w:rsidRPr="00AB6C08">
-              <w:rPr>
+            <w:r w:rsidR="0000114A" w:rsidRPr="00CE4AE4">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>;</w:t>
             </w:r>
-            <w:r w:rsidRPr="00AB6C08">
-              <w:rPr>
+            <w:r w:rsidRPr="00CE4AE4">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> tālr. </w:t>
             </w:r>
-            <w:r w:rsidRPr="00AB6C08">
-              <w:rPr>
+            <w:r w:rsidRPr="00CE4AE4">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
                 <w:b/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>67067819</w:t>
             </w:r>
-            <w:r w:rsidRPr="00AB6C08">
-              <w:rPr>
+            <w:r w:rsidRPr="00CE4AE4">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> (</w:t>
             </w:r>
-            <w:r w:rsidRPr="00AB6C08">
-              <w:rPr>
+            <w:r w:rsidRPr="00CE4AE4">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
                 <w:i/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>RotaTeq, Infanrix Hexa</w:t>
             </w:r>
-            <w:r w:rsidRPr="00AB6C08">
-              <w:rPr>
+            <w:r w:rsidRPr="00CE4AE4">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">) </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00195DE4" w:rsidRPr="00127687" w14:paraId="1C567918" w14:textId="77777777" w:rsidTr="002F0EAA">
+      <w:tr w:rsidR="00195DE4" w:rsidRPr="00CE4AE4" w14:paraId="1C567918" w14:textId="77777777" w:rsidTr="002F0EAA">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2835" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="63357D37" w14:textId="77777777" w:rsidR="00195DE4" w:rsidRDefault="00195DE4" w:rsidP="00195DE4">
+          <w:p w14:paraId="63357D37" w14:textId="77777777" w:rsidR="00195DE4" w:rsidRPr="00CE4AE4" w:rsidRDefault="00195DE4" w:rsidP="00CE4AE4">
             <w:pPr>
-              <w:rPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:contextualSpacing/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
                 <w:i/>
                 <w:iCs/>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00127687">
-              <w:rPr>
+            <w:r w:rsidRPr="00CE4AE4">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
                 <w:i/>
                 <w:iCs/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">SIA </w:t>
             </w:r>
-            <w:r w:rsidR="002104F7">
-              <w:rPr>
+            <w:r w:rsidR="002104F7" w:rsidRPr="00CE4AE4">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
                 <w:i/>
                 <w:iCs/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>”</w:t>
             </w:r>
-            <w:r w:rsidRPr="00127687">
-              <w:rPr>
+            <w:r w:rsidRPr="00CE4AE4">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
                 <w:i/>
                 <w:iCs/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>Vakcīna</w:t>
-[...7 lines deleted...]
-              <w:t>”</w:t>
+              <w:t>Vakcīna”</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="3B2E2B71" w14:textId="77777777" w:rsidR="0000114A" w:rsidRDefault="0000114A" w:rsidP="00195DE4">
+          <w:p w14:paraId="3B2E2B71" w14:textId="77777777" w:rsidR="0000114A" w:rsidRPr="00CE4AE4" w:rsidRDefault="0000114A" w:rsidP="00CE4AE4">
             <w:pPr>
-              <w:rPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:contextualSpacing/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
                 <w:b/>
                 <w:i/>
                 <w:iCs/>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w14:paraId="1EB1ABC5" w14:textId="0A12BF51" w:rsidR="0000114A" w:rsidRPr="00127687" w:rsidRDefault="0000114A" w:rsidP="00195DE4">
+          <w:p w14:paraId="1EB1ABC5" w14:textId="60EE1B0E" w:rsidR="00364415" w:rsidRPr="00CE4AE4" w:rsidRDefault="0000114A" w:rsidP="00CE4AE4">
             <w:pPr>
-              <w:rPr>
-[...5 lines deleted...]
-              <w:rPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:contextualSpacing/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
                 <w:i/>
                 <w:iCs/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">SIA </w:t>
-[...2 lines deleted...]
-              <w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00CE4AE4">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
                 <w:i/>
                 <w:iCs/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>”</w:t>
-[...15 lines deleted...]
-              <w:t>”</w:t>
+              <w:t>SIA ”Elpis”</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6226" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="7D88F597" w14:textId="5CBAB487" w:rsidR="00195DE4" w:rsidRPr="00AB6C08" w:rsidRDefault="00195DE4" w:rsidP="00195DE4">
+          <w:p w14:paraId="7D88F597" w14:textId="70E2D2B3" w:rsidR="00195DE4" w:rsidRPr="00CE4AE4" w:rsidRDefault="00195DE4" w:rsidP="00CE4AE4">
             <w:pPr>
-              <w:rPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:contextualSpacing/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00AB6C08">
-              <w:rPr>
+            <w:r w:rsidRPr="00CE4AE4">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Lielvārdes iela 68, Rīga, tālr. </w:t>
             </w:r>
-            <w:r w:rsidRPr="00AB6C08">
-              <w:rPr>
+            <w:r w:rsidRPr="00CE4AE4">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>67582948</w:t>
             </w:r>
-            <w:r w:rsidR="0000114A" w:rsidRPr="00AB6C08">
-              <w:rPr>
+            <w:r w:rsidR="0000114A" w:rsidRPr="00CE4AE4">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> (</w:t>
             </w:r>
-            <w:r w:rsidR="00961BB0" w:rsidRPr="00AB6C08">
-[...7 lines deleted...]
-              <w:rPr>
+            <w:r w:rsidR="0000114A" w:rsidRPr="00CE4AE4">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
                 <w:i/>
                 <w:iCs/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve"> </w:t>
-[...2 lines deleted...]
-              <w:rPr>
+              <w:t xml:space="preserve">Pentaxim, Tetraxim, </w:t>
+            </w:r>
+            <w:r w:rsidR="00197E6C" w:rsidRPr="00CE4AE4">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
                 <w:i/>
                 <w:iCs/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>Pentaxim, Tetraxim, Tico Vac 0,25, Tico Vac 0,5, Tuberculin</w:t>
-[...2 lines deleted...]
-              <w:rPr>
+              <w:t>Prevenar 1</w:t>
+            </w:r>
+            <w:r w:rsidR="00364415" w:rsidRPr="00CE4AE4">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+                <w:i/>
+                <w:iCs/>
                 <w:sz w:val="20"/>
               </w:rPr>
+              <w:t>3,</w:t>
+            </w:r>
+            <w:r w:rsidR="0000114A" w:rsidRPr="00CE4AE4">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+                <w:i/>
+                <w:iCs/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Tuberculin</w:t>
+            </w:r>
+            <w:r w:rsidR="00156D3C" w:rsidRPr="00CE4AE4">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+                <w:i/>
+                <w:iCs/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>, šļirces BCG ievadīšanai</w:t>
+            </w:r>
+            <w:r w:rsidR="0000114A" w:rsidRPr="00CE4AE4">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
               <w:t>)</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="211777AA" w14:textId="75EA259D" w:rsidR="0000114A" w:rsidRPr="00AB6C08" w:rsidRDefault="0000114A" w:rsidP="00195DE4">
+          <w:p w14:paraId="211777AA" w14:textId="54183E14" w:rsidR="00364415" w:rsidRPr="00CE4AE4" w:rsidRDefault="0000114A" w:rsidP="00CE4AE4">
             <w:pPr>
-              <w:rPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:contextualSpacing/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00CE4AE4">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Rāmuļu iela 15, Rīga, tālr.</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00CE4AE4">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
                 <w:b/>
                 <w:sz w:val="20"/>
               </w:rPr>
-            </w:pPr>
-[...11 lines deleted...]
-              </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidRPr="00AB6C08">
-              <w:rPr>
+            <w:r w:rsidRPr="00CE4AE4">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>67517693</w:t>
             </w:r>
-            <w:r w:rsidRPr="00AB6C08">
-              <w:rPr>
+            <w:r w:rsidRPr="00CE4AE4">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> (</w:t>
             </w:r>
-            <w:r w:rsidRPr="00AB6C08">
-              <w:rPr>
+            <w:r w:rsidRPr="00CE4AE4">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
                 <w:i/>
                 <w:iCs/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>BCG</w:t>
             </w:r>
-            <w:r w:rsidRPr="00AB6C08">
-              <w:rPr>
+            <w:r w:rsidRPr="00CE4AE4">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00195DE4" w:rsidRPr="00127687" w14:paraId="495CD8DC" w14:textId="77777777" w:rsidTr="002F0EAA">
+      <w:tr w:rsidR="00195DE4" w:rsidRPr="00CE4AE4" w14:paraId="495CD8DC" w14:textId="77777777" w:rsidTr="002F0EAA">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2835" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="5525311F" w14:textId="1C0BC4CC" w:rsidR="00124552" w:rsidRDefault="00124552" w:rsidP="00124552">
+          <w:p w14:paraId="5525311F" w14:textId="3A7295F5" w:rsidR="00124552" w:rsidRPr="00CE4AE4" w:rsidRDefault="00124552" w:rsidP="00CE4AE4">
             <w:pPr>
-              <w:rPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:contextualSpacing/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
                 <w:i/>
                 <w:iCs/>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
-              <w:rPr>
+            <w:r w:rsidRPr="00CE4AE4">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
                 <w:i/>
                 <w:iCs/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>AS</w:t>
-[...2 lines deleted...]
-              <w:rPr>
+              <w:t>S</w:t>
+            </w:r>
+            <w:r w:rsidR="00545901" w:rsidRPr="00CE4AE4">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
                 <w:i/>
                 <w:iCs/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve"> </w:t>
-[...2 lines deleted...]
-              <w:rPr>
+              <w:t>IA</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00CE4AE4">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
                 <w:i/>
                 <w:iCs/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>”Recipe Plus”</w:t>
+              <w:t xml:space="preserve"> ”</w:t>
+            </w:r>
+            <w:r w:rsidR="00545901" w:rsidRPr="00CE4AE4">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+                <w:i/>
+                <w:iCs/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Magnum Medical</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00CE4AE4">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+                <w:i/>
+                <w:iCs/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>”</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="1FACD5B5" w14:textId="456880E2" w:rsidR="00BD5DD3" w:rsidRPr="00127687" w:rsidRDefault="00BD5DD3" w:rsidP="00195DE4">
+          <w:p w14:paraId="1FACD5B5" w14:textId="456880E2" w:rsidR="00BD5DD3" w:rsidRPr="00CE4AE4" w:rsidRDefault="00BD5DD3" w:rsidP="00CE4AE4">
             <w:pPr>
-              <w:rPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:contextualSpacing/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
                 <w:b/>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6226" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="1C039851" w14:textId="1DB7C07A" w:rsidR="00124552" w:rsidRPr="00AB6C08" w:rsidRDefault="00124552" w:rsidP="00195DE4">
+          <w:p w14:paraId="1C039851" w14:textId="4FC542A2" w:rsidR="00124552" w:rsidRPr="00CE4AE4" w:rsidRDefault="0019683D" w:rsidP="00CE4AE4">
             <w:pPr>
-              <w:rPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:contextualSpacing/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00AB6C08">
-              <w:rPr>
+            <w:r w:rsidRPr="00CE4AE4">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">Mūkusalas iela 41B, Rīga, tālr. </w:t>
-[...2 lines deleted...]
-              <w:rPr>
+              <w:t>Ulbrokas iela 23, Rīga, tālr.</w:t>
+            </w:r>
+            <w:r w:rsidR="000933E6" w:rsidRPr="00CE4AE4">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="00717181" w:rsidRPr="00CE4AE4">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>67815842</w:t>
-[...2 lines deleted...]
-              <w:rPr>
+              <w:t>67718723</w:t>
+            </w:r>
+            <w:r w:rsidR="00124552" w:rsidRPr="00CE4AE4">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve"> (</w:t>
-[...2 lines deleted...]
-              <w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="00124552" w:rsidRPr="00CE4AE4">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
                 <w:i/>
                 <w:iCs/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>Gardasil 9, Varivax,</w:t>
-[...8 lines deleted...]
-              <w:rPr>
+              <w:t>(</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00CE4AE4">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
                 <w:i/>
                 <w:iCs/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>M-M-RVaxPro, Vaxneuvance</w:t>
-[...2 lines deleted...]
-              <w:rPr>
+              <w:t>Adacel/Triaxis</w:t>
+            </w:r>
+            <w:r w:rsidR="00293D0A" w:rsidRPr="00CE4AE4">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
                 <w:i/>
                 <w:iCs/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>, BCG šķirces</w:t>
-[...5 lines deleted...]
-              <w:t>)</w:t>
+              <w:t>, Verorab, Encepur Children 0,25ml, Encepur Adult 0,5ml)</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="448F5280" w14:textId="35CC33C0" w:rsidR="00BD5DD3" w:rsidRPr="00AB6C08" w:rsidRDefault="00BD5DD3" w:rsidP="00BD5DD3">
+          <w:p w14:paraId="448F5280" w14:textId="35CC33C0" w:rsidR="00BD5DD3" w:rsidRPr="00CE4AE4" w:rsidRDefault="00BD5DD3" w:rsidP="00CE4AE4">
             <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:contextualSpacing/>
               <w:jc w:val="both"/>
               <w:rPr>
+                <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="12D6EAAC" w14:textId="77777777" w:rsidR="003507B0" w:rsidRDefault="003507B0" w:rsidP="003507B0">
-[...1 lines deleted...]
-        <w:rPr>
+    <w:p w14:paraId="59F590F0" w14:textId="783CD906" w:rsidR="003507B0" w:rsidRPr="00CE4AE4" w:rsidRDefault="003507B0" w:rsidP="00CE4AE4">
+      <w:pPr>
+        <w:spacing w:line="276" w:lineRule="auto"/>
+        <w:contextualSpacing/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
           <w:b/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:r>
-        <w:rPr>
+      <w:r w:rsidRPr="00CE4AE4">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
           <w:b/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>Papildus piezīmes.</w:t>
+        <w:t>Papildus piezīmes</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="59F590F0" w14:textId="77777777" w:rsidR="003507B0" w:rsidRDefault="003507B0" w:rsidP="003507B0">
-[...8 lines deleted...]
-      <w:pPr>
+    <w:p w14:paraId="3CC639D4" w14:textId="135BF809" w:rsidR="003507B0" w:rsidRPr="00CE4AE4" w:rsidRDefault="003507B0" w:rsidP="00CE4AE4">
+      <w:pPr>
+        <w:spacing w:line="276" w:lineRule="auto"/>
         <w:ind w:firstLine="567"/>
+        <w:contextualSpacing/>
         <w:jc w:val="both"/>
         <w:rPr>
+          <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
           <w:color w:val="000000"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="0EC7E346">
-        <w:rPr>
+      <w:r w:rsidRPr="00CE4AE4">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>Ja bērns nav saņēmis kādu no 1. tabulā norādīt</w:t>
       </w:r>
-      <w:r w:rsidR="00E9142B" w:rsidRPr="0EC7E346">
-        <w:rPr>
+      <w:r w:rsidR="00E9142B" w:rsidRPr="00CE4AE4">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>a</w:t>
       </w:r>
-      <w:r w:rsidRPr="0EC7E346">
-        <w:rPr>
+      <w:r w:rsidRPr="00CE4AE4">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t xml:space="preserve">jām vakcinācijām, viņam ir tiesības to saņemt </w:t>
       </w:r>
-      <w:r w:rsidRPr="0EC7E346">
-        <w:rPr>
+      <w:r w:rsidRPr="00CE4AE4">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t>līdz</w:t>
       </w:r>
-      <w:r w:rsidRPr="0EC7E346">
-        <w:rPr>
+      <w:r w:rsidRPr="00CE4AE4">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="00AF5503" w:rsidRPr="0EC7E346">
-        <w:rPr>
+      <w:r w:rsidR="00AF5503" w:rsidRPr="00CE4AE4">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>17 gadu vecumam</w:t>
       </w:r>
-      <w:r w:rsidR="00E60C65">
-        <w:rPr>
+      <w:r w:rsidR="00E60C65" w:rsidRPr="00CE4AE4">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>,</w:t>
       </w:r>
-      <w:r w:rsidRPr="0EC7E346">
-        <w:rPr>
+      <w:r w:rsidRPr="00CE4AE4">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t xml:space="preserve"> ja to pieļauj vakcīnas lietošanas instrukcija un ja konkrētā vakcīna ir bijusi iekļauta vakcinācijas kalendārā laikā, kad bērnam bija N</w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="00CE4AE4">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+        </w:rPr>
         <w:t>oteikumu</w:t>
       </w:r>
-      <w:r w:rsidRPr="0EC7E346">
-        <w:rPr>
+      <w:r w:rsidRPr="00CE4AE4">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
           <w:noProof/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="0EC7E346">
-        <w:rPr>
+      <w:r w:rsidRPr="00CE4AE4">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t xml:space="preserve">1. pielikumā norādītais vakcinācijai atbilstošais vecums. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1BA55069" w14:textId="7F1EF3B8" w:rsidR="003507B0" w:rsidRDefault="003507B0" w:rsidP="003507B0">
+    <w:p w14:paraId="1BA55069" w14:textId="7F1EF3B8" w:rsidR="003507B0" w:rsidRPr="00CE4AE4" w:rsidRDefault="003507B0" w:rsidP="00CE4AE4">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1134"/>
         </w:tabs>
+        <w:spacing w:line="276" w:lineRule="auto"/>
         <w:ind w:firstLine="720"/>
+        <w:contextualSpacing/>
         <w:jc w:val="both"/>
         <w:rPr>
+          <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
           <w:noProof/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="005073B2">
-        <w:rPr>
+      <w:r w:rsidRPr="00CE4AE4">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
           <w:noProof/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
         <w:t>Kontaktpersonu vakcināciju veic atbilstoši Noteikumu 3.6. apakšpunktam, kas no</w:t>
       </w:r>
-      <w:r w:rsidR="001D5AD1" w:rsidRPr="005073B2">
-        <w:rPr>
+      <w:r w:rsidR="001D5AD1" w:rsidRPr="00CE4AE4">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
           <w:noProof/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
         <w:t>teic</w:t>
       </w:r>
-      <w:r w:rsidRPr="005073B2">
-        <w:rPr>
+      <w:r w:rsidRPr="00CE4AE4">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
           <w:noProof/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
-        <w:t>, ka epidemioloģiski nozīmīgas infekcijas slimības (difterija, poliomielīts, masalas, masaliņas un epidēmiskais parotīts) gadījumā nevakcinētas kontaktpersonas</w:t>
-[...2 lines deleted...]
-        <w:rPr>
+        <w:t>, ka epidemioloģiski nozīmīgas infekcijas slimības (difterija, poliomielīts, masalas, masaliņas un epidēmiskais parotīts) gadījumā nevakcinētas kontaktpersonas vakcinācija veicama par valsts budžeta līdzekļiem, lai nepieļautu infekcijas slimību plašu izplatīšanos. Šim nolūkam tiek izmantotas Jūsu rīcībā esošas vai standarta veidā pasūtāmās valsts apmaksātās vakcīnas. Vakcīnu pasūtījumu kontaktpersonu vakcināci</w:t>
+      </w:r>
+      <w:r w:rsidR="00A46FBF" w:rsidRPr="00CE4AE4">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
           <w:noProof/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
-        <w:t xml:space="preserve"> vakcinācija veicama par valsts budžeta līdzekļiem, lai nepieļautu infekcijas slimību plašu izplatīšanos. Šim nolūkam tiek izmantotas Jūsu rīcībā esošas vai standarta veidā pasūtāmās valsts apmaksātās vakcīnas. </w:t>
-[...2 lines deleted...]
-        <w:rPr>
+        <w:t>ja</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CE4AE4">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
           <w:noProof/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
-        <w:lastRenderedPageBreak/>
-[...15 lines deleted...]
-        </w:rPr>
         <w:t xml:space="preserve">i var izmantot ārpus kārtas vakcīnu pasūtīšanas iespējas, kad vitāli svarīgas vakcīnas tiek piegādātas 24 stundu laikā.  </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3AE2A7BD" w14:textId="77777777" w:rsidR="0056263F" w:rsidRDefault="0056263F" w:rsidP="003507B0">
+    <w:p w14:paraId="3AE2A7BD" w14:textId="77777777" w:rsidR="0056263F" w:rsidRPr="00CE4AE4" w:rsidRDefault="0056263F" w:rsidP="00CE4AE4">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1134"/>
         </w:tabs>
+        <w:spacing w:line="276" w:lineRule="auto"/>
         <w:ind w:firstLine="720"/>
+        <w:contextualSpacing/>
         <w:jc w:val="both"/>
         <w:rPr>
+          <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
           <w:noProof/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="6E900B9E" w14:textId="37D049AF" w:rsidR="0058423E" w:rsidRPr="0058423E" w:rsidRDefault="003507B0" w:rsidP="0058423E">
+    <w:p w14:paraId="24E080F4" w14:textId="77777777" w:rsidR="004E47B1" w:rsidRDefault="004E47B1">
+      <w:pPr>
+        <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="3" w:name="_Toc219366512"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+        </w:rPr>
+        <w:br w:type="page"/>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6E900B9E" w14:textId="05979FF7" w:rsidR="0058423E" w:rsidRPr="00CE4AE4" w:rsidRDefault="003507B0" w:rsidP="00CE4AE4">
       <w:pPr>
         <w:pStyle w:val="Heading1"/>
-      </w:pPr>
-[...1 lines deleted...]
-      <w:r>
+        <w:spacing w:line="276" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00CE4AE4">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
         <w:t>Vakcīnu un šļirču pasūtīšana</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="3"/>
+    </w:p>
+    <w:p w14:paraId="7F99DBA5" w14:textId="77777777" w:rsidR="004E47B1" w:rsidRDefault="004E47B1" w:rsidP="00CE4AE4">
+      <w:pPr>
+        <w:pStyle w:val="Heading2"/>
+        <w:spacing w:line="276" w:lineRule="auto"/>
+        <w:contextualSpacing/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+          <w:lang w:eastAsia="lv-LV"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="4" w:name="_Toc219366513"/>
+    </w:p>
+    <w:p w14:paraId="56469DC3" w14:textId="53BFC949" w:rsidR="00F41C6A" w:rsidRPr="00CE4AE4" w:rsidRDefault="00F41C6A" w:rsidP="00CE4AE4">
+      <w:pPr>
+        <w:pStyle w:val="Heading2"/>
+        <w:spacing w:line="276" w:lineRule="auto"/>
+        <w:contextualSpacing/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+          <w:lang w:eastAsia="lv-LV"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00CE4AE4">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+          <w:lang w:eastAsia="lv-LV"/>
+        </w:rPr>
+        <w:t>Vakcīnu kārtēj</w:t>
+      </w:r>
+      <w:r w:rsidR="008667A4" w:rsidRPr="00CE4AE4">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+          <w:lang w:eastAsia="lv-LV"/>
+        </w:rPr>
+        <w:t>ais</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CE4AE4">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+          <w:lang w:eastAsia="lv-LV"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> pasūtījum</w:t>
+      </w:r>
+      <w:r w:rsidR="008667A4" w:rsidRPr="00CE4AE4">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+          <w:lang w:eastAsia="lv-LV"/>
+        </w:rPr>
+        <w:t>s</w:t>
       </w:r>
       <w:bookmarkEnd w:id="4"/>
     </w:p>
-    <w:p w14:paraId="5D3C8350" w14:textId="52B46B95" w:rsidR="0058423E" w:rsidRPr="0058423E" w:rsidRDefault="0058423E" w:rsidP="0058423E">
+    <w:p w14:paraId="204A0BDB" w14:textId="3A41D9D7" w:rsidR="003507B0" w:rsidRPr="00CE4AE4" w:rsidRDefault="003507B0" w:rsidP="00CE4AE4">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1134"/>
         </w:tabs>
+        <w:spacing w:line="276" w:lineRule="auto"/>
+        <w:ind w:firstLine="720"/>
+        <w:contextualSpacing/>
         <w:jc w:val="both"/>
         <w:rPr>
+          <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00CE4AE4">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="lv-LV"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Vakcinācijas iestādes katru mēnesi </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CE4AE4">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
           <w:b/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="lv-LV"/>
+        </w:rPr>
+        <w:t xml:space="preserve">līdz </w:t>
+      </w:r>
+      <w:r w:rsidR="0056263F" w:rsidRPr="00CE4AE4">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+          <w:b/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="lv-LV"/>
+        </w:rPr>
+        <w:t>15</w:t>
+      </w:r>
+      <w:r w:rsidR="006373FC" w:rsidRPr="00CE4AE4">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+          <w:b/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="lv-LV"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CE4AE4">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+          <w:b/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="lv-LV"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> datumam</w:t>
+      </w:r>
+      <w:r w:rsidR="00124552" w:rsidRPr="00CE4AE4">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+          <w:b/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="lv-LV"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00BD3771" w:rsidRPr="00CE4AE4">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
           <w:bCs/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
-      </w:pPr>
-[...2 lines deleted...]
-          <w:b/>
+        <w:t xml:space="preserve">E-veselības portālā </w:t>
+      </w:r>
+      <w:r w:rsidR="00176C85" w:rsidRPr="00CE4AE4">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
           <w:bCs/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
-        <w:t>Vakcīnu kārtējais pasūtījums</w:t>
-[...23 lines deleted...]
-        <w:rPr>
+        <w:t>veic vakcīnu pasūtīšanu</w:t>
+      </w:r>
+      <w:r w:rsidR="008B2395" w:rsidRPr="00CE4AE4">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
           <w:b/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
-        <w:t xml:space="preserve">līdz </w:t>
-[...5 lines deleted...]
-          <w:szCs w:val="24"/>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="008B2395" w:rsidRPr="00CE4AE4">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
-        <w:t>15</w:t>
-[...49 lines deleted...]
-        </w:rPr>
         <w:t xml:space="preserve">(SPKC tīmekļa vietnē </w:t>
       </w:r>
       <w:hyperlink r:id="rId11" w:history="1">
-        <w:r w:rsidR="008B2395" w:rsidRPr="00806B4B">
+        <w:r w:rsidR="008B2395" w:rsidRPr="00CE4AE4">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
+            <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
             <w:lang w:eastAsia="lv-LV"/>
           </w:rPr>
           <w:t>https://www.spkc.gov.lv/lv/vakcinacija</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r w:rsidR="008B2395">
-        <w:rPr>
+      <w:r w:rsidR="008B2395" w:rsidRPr="00CE4AE4">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
         <w:t xml:space="preserve">  pie sadaļas </w:t>
       </w:r>
-      <w:r w:rsidR="008B2395" w:rsidRPr="00EF6FF8">
-        <w:rPr>
+      <w:r w:rsidR="008B2395" w:rsidRPr="00CE4AE4">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
           <w:i/>
           <w:iCs/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
         <w:t xml:space="preserve">‘’Vakcīnu pasūtīšana un vakcinācijas fakta ievadīšana E-veselībā’’ </w:t>
       </w:r>
-      <w:r w:rsidR="008B2395" w:rsidRPr="00887728">
-        <w:rPr>
+      <w:r w:rsidR="008B2395" w:rsidRPr="00CE4AE4">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
-        <w:t xml:space="preserve">pieejams mācību materiāls </w:t>
-[...5 lines deleted...]
-        <w:t>– Vakcīnu pasūtīšanas E-veselībā).</w:t>
+        <w:t>pieejams mācību materiāls – Vakcīnu pasūtīšanas E-veselībā).</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="53B58D8D" w14:textId="77777777" w:rsidR="003507B0" w:rsidRDefault="003507B0" w:rsidP="003507B0">
-      <w:pPr>
+    <w:p w14:paraId="53B58D8D" w14:textId="77777777" w:rsidR="003507B0" w:rsidRPr="00CE4AE4" w:rsidRDefault="003507B0" w:rsidP="00CE4AE4">
+      <w:pPr>
+        <w:spacing w:line="276" w:lineRule="auto"/>
         <w:ind w:firstLine="720"/>
+        <w:contextualSpacing/>
         <w:jc w:val="both"/>
         <w:rPr>
+          <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
           <w:color w:val="000000"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="007B14D6">
-        <w:rPr>
+      <w:r w:rsidRPr="00CE4AE4">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
           <w:noProof/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="0E1A5FA1" wp14:editId="30CB07B2">
             <wp:extent cx="4610100" cy="3000375"/>
             <wp:effectExtent l="0" t="228600" r="0" b="200025"/>
             <wp:docPr id="5" name="Diagram 5">
               <a:extLst xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                 <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                   <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{CB9BA0D6-1380-4ABB-8AC5-D099FC59FEE1}"/>
                 </a:ext>
               </a:extLst>
             </wp:docPr>
             <wp:cNvGraphicFramePr/>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/diagram">
                 <dgm:relIds xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:dm="rId12" r:lo="rId13" r:qs="rId14" r:cs="rId15"/>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
-    <w:p w14:paraId="77042E84" w14:textId="706FE1FC" w:rsidR="003507B0" w:rsidRPr="00677F53" w:rsidRDefault="003507B0" w:rsidP="003507B0">
-      <w:pPr>
+    <w:p w14:paraId="203783A8" w14:textId="56DD92A6" w:rsidR="004B21C8" w:rsidRPr="00CE4AE4" w:rsidRDefault="005B1A78" w:rsidP="00CE4AE4">
+      <w:pPr>
+        <w:spacing w:line="276" w:lineRule="auto"/>
         <w:ind w:firstLine="720"/>
+        <w:contextualSpacing/>
         <w:jc w:val="both"/>
-      </w:pPr>
-      <w:r>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00CE4AE4">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Piegādātajs piegādā </w:t>
+      </w:r>
+      <w:r w:rsidR="004B21C8" w:rsidRPr="00CE4AE4">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+        </w:rPr>
+        <w:t>kārtēj</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CE4AE4">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+        </w:rPr>
+        <w:t>o vakcīnu</w:t>
+      </w:r>
+      <w:r w:rsidR="004B21C8" w:rsidRPr="00CE4AE4">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> pasūtījum</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CE4AE4">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+        </w:rPr>
+        <w:t>u</w:t>
+      </w:r>
+      <w:r w:rsidR="004B21C8" w:rsidRPr="00CE4AE4">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 10 (desmit) dienu laikā pēc pasūtījuma saņemšanas, bet ne vēlāk kā līdz mēneša pēdējam datumam</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CE4AE4">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="77042E84" w14:textId="059AD705" w:rsidR="003507B0" w:rsidRPr="00CE4AE4" w:rsidRDefault="003507B0" w:rsidP="00CE4AE4">
+      <w:pPr>
+        <w:spacing w:line="276" w:lineRule="auto"/>
+        <w:ind w:firstLine="720"/>
+        <w:contextualSpacing/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00CE4AE4">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+        </w:rPr>
         <w:t>Jāņem vērā, ka visas</w:t>
       </w:r>
-      <w:r w:rsidR="00844799">
+      <w:r w:rsidR="00844799" w:rsidRPr="00CE4AE4">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+        </w:rPr>
         <w:t xml:space="preserve"> Ieteikumos minētas</w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="00CE4AE4">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+        </w:rPr>
         <w:t xml:space="preserve"> vakcīnas</w:t>
       </w:r>
-      <w:r w:rsidR="003F73B6">
+      <w:r w:rsidR="003F73B6" w:rsidRPr="00CE4AE4">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+        </w:rPr>
         <w:t>, izņemot BCG,</w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="00CE4AE4">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+        </w:rPr>
         <w:t xml:space="preserve"> ir fasējumā pa vienai devai un pasūtījumā jānorāda nepieciešamais devu skaits. Pasūtot BCG vakcīnu, jāņem vērā, ka vienā flakonā ir 10 devas (0,1 ml). Tādēļ pasūt</w:t>
       </w:r>
-      <w:r w:rsidR="003F73B6">
+      <w:r w:rsidR="003F73B6" w:rsidRPr="00CE4AE4">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+        </w:rPr>
         <w:t>ā</w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="00CE4AE4">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+        </w:rPr>
         <w:t xml:space="preserve">mo devu skaitam ir jābūt dalāmam ar 10 bez atlikuma. Šļirces BCG vakcīnas ievadīšanai ir fasētas pa 100 šļircēm vienā iepakojumā. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7679650D" w14:textId="372BD01E" w:rsidR="003507B0" w:rsidRPr="001671BE" w:rsidRDefault="003507B0" w:rsidP="003507B0">
-      <w:pPr>
+    <w:p w14:paraId="7679650D" w14:textId="372BD01E" w:rsidR="003507B0" w:rsidRPr="00CE4AE4" w:rsidRDefault="003507B0" w:rsidP="00CE4AE4">
+      <w:pPr>
+        <w:spacing w:line="276" w:lineRule="auto"/>
         <w:ind w:firstLine="720"/>
+        <w:contextualSpacing/>
         <w:jc w:val="both"/>
-      </w:pPr>
-      <w:r>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00CE4AE4">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+        </w:rPr>
         <w:t xml:space="preserve">Pasūtot standarta tuberkulīnu, jāņem vērā, ka fasējuma veids ir ampula un vienā ampulā ir </w:t>
       </w:r>
-      <w:r w:rsidR="00C90435">
+      <w:r w:rsidR="00C90435" w:rsidRPr="00CE4AE4">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+        </w:rPr>
         <w:t>10</w:t>
       </w:r>
-      <w:r>
-[...5 lines deleted...]
-      <w:r w:rsidR="00C90435" w:rsidRPr="001671BE">
+      <w:r w:rsidRPr="00CE4AE4">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> devas (1ml). Tādēļ pasūtamo devu skaitam jābūt dalāmam ar 1</w:t>
+      </w:r>
+      <w:r w:rsidR="00C90435" w:rsidRPr="00CE4AE4">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+        </w:rPr>
         <w:t>0</w:t>
       </w:r>
-      <w:r w:rsidRPr="001671BE">
+      <w:r w:rsidRPr="00CE4AE4">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+        </w:rPr>
         <w:t xml:space="preserve"> bez atlikuma.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2A26A187" w14:textId="35FEE60D" w:rsidR="003507B0" w:rsidRPr="001671BE" w:rsidRDefault="003507B0" w:rsidP="003507B0">
+    <w:p w14:paraId="2A26A187" w14:textId="35FEE60D" w:rsidR="003507B0" w:rsidRPr="00CE4AE4" w:rsidRDefault="003507B0" w:rsidP="00CE4AE4">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1134"/>
         </w:tabs>
+        <w:spacing w:line="276" w:lineRule="auto"/>
         <w:ind w:firstLine="720"/>
+        <w:contextualSpacing/>
         <w:jc w:val="both"/>
         <w:rPr>
+          <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="001671BE">
-        <w:rPr>
+      <w:r w:rsidRPr="00CE4AE4">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
         <w:t>Noteikumu 10.3. apakšpunk</w:t>
       </w:r>
-      <w:r w:rsidR="00D3233E" w:rsidRPr="001671BE">
-        <w:rPr>
+      <w:r w:rsidR="00D3233E" w:rsidRPr="00CE4AE4">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
         <w:t>ts paredz, ka</w:t>
       </w:r>
-      <w:r w:rsidRPr="001671BE">
-        <w:rPr>
+      <w:r w:rsidRPr="00CE4AE4">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
         <w:t xml:space="preserve"> vakcinācijas iestādes </w:t>
       </w:r>
-      <w:r w:rsidRPr="00D65641">
-        <w:rPr>
+      <w:r w:rsidRPr="00CE4AE4">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
           <w:i/>
           <w:iCs/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
         <w:t>“atbild par vakcīnu racionālu plānošanu, pasūtīšanu, krājumu uzturēšanu, uzglabāšanu un izlietojumu, kā arī norīko atbildīgo personu par vakcīnu saņemšanu, uzglabāšanu, izlietošanu, uzskaiti, atdošanu atpakaļ vai norakstīšanu un iznīcināšanu vakcinācijas iestādē”</w:t>
       </w:r>
-      <w:r w:rsidRPr="001671BE">
-        <w:rPr>
+      <w:r w:rsidRPr="00CE4AE4">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="270F90FC" w14:textId="77777777" w:rsidR="003507B0" w:rsidRPr="001671BE" w:rsidRDefault="003507B0" w:rsidP="003507B0">
+    <w:p w14:paraId="270F90FC" w14:textId="77777777" w:rsidR="003507B0" w:rsidRPr="00CE4AE4" w:rsidRDefault="003507B0" w:rsidP="00CE4AE4">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1134"/>
         </w:tabs>
+        <w:spacing w:line="276" w:lineRule="auto"/>
         <w:ind w:firstLine="720"/>
+        <w:contextualSpacing/>
         <w:jc w:val="both"/>
         <w:rPr>
+          <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="001671BE">
-        <w:rPr>
+      <w:r w:rsidRPr="00CE4AE4">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Pirms vakcīnas pasūtīšanas jāpārliecinās par iespēju nodrošināt vakcināciju telpā, kas atbilst Noteikumu 17. punkta prasībām, un ievērot atbilstošus vakcīnas uzglabāšanas noteikumus.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1B39DE54" w14:textId="60778CA7" w:rsidR="003507B0" w:rsidRPr="00DA2E5D" w:rsidRDefault="003507B0" w:rsidP="003507B0">
+    <w:p w14:paraId="1B39DE54" w14:textId="60778CA7" w:rsidR="003507B0" w:rsidRPr="00CE4AE4" w:rsidRDefault="003507B0" w:rsidP="00CE4AE4">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1134"/>
         </w:tabs>
+        <w:spacing w:line="276" w:lineRule="auto"/>
         <w:ind w:firstLine="720"/>
+        <w:contextualSpacing/>
         <w:jc w:val="both"/>
         <w:rPr>
+          <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="001671BE">
-        <w:rPr>
+      <w:r w:rsidRPr="00CE4AE4">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
         <w:t xml:space="preserve">Nepieciešamās vakcīnas pasūta tādā daudzumā, kas nepārsniedz vakcinācijas iestādes divu mēnešu vidējo katras vakcīnas izlietojumu, ņemot vērā vakcinējamo personu skaitu, esošo vakcīnu atlikumu un iespējas nodrošināt vakcīnu uzglabāšanu atbilstoši Noteikumu 18. punktā minētajām prasībām. Maksimālo </w:t>
       </w:r>
-      <w:r w:rsidR="007D2572" w:rsidRPr="001671BE">
-        <w:rPr>
+      <w:r w:rsidR="007D2572" w:rsidRPr="00CE4AE4">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
         <w:t>pasūt</w:t>
       </w:r>
-      <w:r w:rsidR="004E126E" w:rsidRPr="001671BE">
-        <w:rPr>
+      <w:r w:rsidR="004E126E" w:rsidRPr="00CE4AE4">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
         <w:t>ā</w:t>
       </w:r>
-      <w:r w:rsidR="007D2572" w:rsidRPr="001671BE">
-        <w:rPr>
+      <w:r w:rsidR="007D2572" w:rsidRPr="00CE4AE4">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
         <w:t>mo</w:t>
       </w:r>
-      <w:r w:rsidRPr="00DA2E5D">
-        <w:rPr>
+      <w:r w:rsidRPr="00CE4AE4">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
         <w:t xml:space="preserve"> vakcīnu daudzumu aprēķina, izmantojot šādu formulu:</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1612FAA2" w14:textId="77777777" w:rsidR="003507B0" w:rsidRPr="00DA2E5D" w:rsidRDefault="003507B0" w:rsidP="003507B0">
+    <w:p w14:paraId="1612FAA2" w14:textId="77777777" w:rsidR="003507B0" w:rsidRPr="00CE4AE4" w:rsidRDefault="003507B0" w:rsidP="00CE4AE4">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1134"/>
         </w:tabs>
+        <w:spacing w:line="276" w:lineRule="auto"/>
         <w:ind w:firstLine="720"/>
+        <w:contextualSpacing/>
         <w:jc w:val="both"/>
         <w:rPr>
+          <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="004570D5">
-        <w:rPr>
+      <w:r w:rsidRPr="00CE4AE4">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
           <w:b/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
         <w:t>Pmax = I × 2 – A,</w:t>
       </w:r>
-      <w:r w:rsidRPr="00DA2E5D">
-        <w:rPr>
+      <w:r w:rsidRPr="00CE4AE4">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
         <w:t xml:space="preserve"> kur</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7125E294" w14:textId="335CA15A" w:rsidR="003507B0" w:rsidRPr="00DA2E5D" w:rsidRDefault="003507B0" w:rsidP="003507B0">
+    <w:p w14:paraId="7125E294" w14:textId="335CA15A" w:rsidR="003507B0" w:rsidRPr="00CE4AE4" w:rsidRDefault="003507B0" w:rsidP="00CE4AE4">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1134"/>
         </w:tabs>
+        <w:spacing w:line="276" w:lineRule="auto"/>
         <w:ind w:firstLine="720"/>
+        <w:contextualSpacing/>
         <w:jc w:val="both"/>
         <w:rPr>
+          <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00DA2E5D">
-        <w:rPr>
+      <w:r w:rsidRPr="00CE4AE4">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
+        <w:lastRenderedPageBreak/>
         <w:t xml:space="preserve">Pmax – maksimālais </w:t>
       </w:r>
-      <w:r w:rsidR="007D2572" w:rsidRPr="00DA2E5D">
-        <w:rPr>
+      <w:r w:rsidR="007D2572" w:rsidRPr="00CE4AE4">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
         <w:t>pasūtamo</w:t>
       </w:r>
-      <w:r w:rsidRPr="00DA2E5D">
-        <w:rPr>
+      <w:r w:rsidRPr="00CE4AE4">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
         <w:t xml:space="preserve"> vakcīnu daudzums;</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="55723DC7" w14:textId="77777777" w:rsidR="003507B0" w:rsidRPr="00DA2E5D" w:rsidRDefault="003507B0" w:rsidP="003507B0">
+    <w:p w14:paraId="55723DC7" w14:textId="77777777" w:rsidR="003507B0" w:rsidRPr="00CE4AE4" w:rsidRDefault="003507B0" w:rsidP="00CE4AE4">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1134"/>
         </w:tabs>
+        <w:spacing w:line="276" w:lineRule="auto"/>
         <w:ind w:firstLine="720"/>
+        <w:contextualSpacing/>
         <w:jc w:val="both"/>
         <w:rPr>
+          <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00DA2E5D">
-        <w:rPr>
+      <w:r w:rsidRPr="00CE4AE4">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
         <w:t>I – vidējais vakcīnas izlietojums pēdējo 12 mēnešu laikā;</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1AB8D86E" w14:textId="77777777" w:rsidR="003507B0" w:rsidRPr="00DA2E5D" w:rsidRDefault="003507B0" w:rsidP="003507B0">
+    <w:p w14:paraId="1AB8D86E" w14:textId="77777777" w:rsidR="003507B0" w:rsidRPr="00CE4AE4" w:rsidRDefault="003507B0" w:rsidP="00CE4AE4">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1134"/>
         </w:tabs>
+        <w:spacing w:line="276" w:lineRule="auto"/>
         <w:ind w:firstLine="720"/>
+        <w:contextualSpacing/>
         <w:jc w:val="both"/>
         <w:rPr>
+          <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00DA2E5D">
-        <w:rPr>
+      <w:r w:rsidRPr="00CE4AE4">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
         <w:t>2 – divi mēneši;</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4053C555" w14:textId="77777777" w:rsidR="003507B0" w:rsidRPr="00DA2E5D" w:rsidRDefault="003507B0" w:rsidP="003507B0">
+    <w:p w14:paraId="4053C555" w14:textId="77777777" w:rsidR="003507B0" w:rsidRPr="00CE4AE4" w:rsidRDefault="003507B0" w:rsidP="00CE4AE4">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1134"/>
         </w:tabs>
+        <w:spacing w:line="276" w:lineRule="auto"/>
         <w:ind w:firstLine="720"/>
+        <w:contextualSpacing/>
         <w:jc w:val="both"/>
         <w:rPr>
+          <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00DA2E5D">
-        <w:rPr>
+      <w:r w:rsidRPr="00CE4AE4">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
-        <w:lastRenderedPageBreak/>
         <w:t>A – vakcīnas atlikums pasūtījuma noformēšanas dienā;</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="68C631C2" w14:textId="31A31A7C" w:rsidR="003507B0" w:rsidRDefault="00077BA1" w:rsidP="00077BA1">
+    <w:p w14:paraId="68C631C2" w14:textId="31A31A7C" w:rsidR="003507B0" w:rsidRPr="00CE4AE4" w:rsidRDefault="00077BA1" w:rsidP="00CE4AE4">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1134"/>
         </w:tabs>
+        <w:spacing w:line="276" w:lineRule="auto"/>
+        <w:contextualSpacing/>
         <w:jc w:val="both"/>
         <w:rPr>
+          <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
       </w:pPr>
-      <w:r>
-        <w:rPr>
+      <w:r w:rsidRPr="00CE4AE4">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
         <w:tab/>
         <w:t>V</w:t>
       </w:r>
-      <w:r w:rsidR="003507B0" w:rsidRPr="00AB5908">
-        <w:rPr>
+      <w:r w:rsidR="003507B0" w:rsidRPr="00CE4AE4">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
         <w:t>akcīnas</w:t>
       </w:r>
-      <w:r w:rsidR="003507B0" w:rsidRPr="2956A309">
-        <w:rPr>
+      <w:r w:rsidR="003507B0" w:rsidRPr="00CE4AE4">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
         <w:t>, kuras netiek izmantotas regulāri vai vakcinācijas kalendārā iekļautas no jauna, pasūta, balstoties uz vakcīnu izlietojuma prognozi, nepārsniedzot divu mēnešu krājuma apjomu</w:t>
       </w:r>
-      <w:r w:rsidR="00254229" w:rsidRPr="2956A309">
-        <w:rPr>
+      <w:r w:rsidR="00254229" w:rsidRPr="00CE4AE4">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
         <w:t xml:space="preserve"> (Noteikumu </w:t>
       </w:r>
-      <w:r>
-        <w:rPr>
+      <w:r w:rsidRPr="00CE4AE4">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
         <w:t>10.1.2. punkts</w:t>
       </w:r>
-      <w:r w:rsidR="00254229" w:rsidRPr="2956A309">
-        <w:rPr>
+      <w:r w:rsidR="00254229" w:rsidRPr="00CE4AE4">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
         <w:t>)</w:t>
       </w:r>
-      <w:r w:rsidR="003507B0" w:rsidRPr="2956A309">
-        <w:rPr>
+      <w:r w:rsidR="003507B0" w:rsidRPr="00CE4AE4">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3B80105A" w14:textId="77777777" w:rsidR="003507B0" w:rsidRDefault="003507B0" w:rsidP="00C362A7">
+    <w:p w14:paraId="3B80105A" w14:textId="77777777" w:rsidR="003507B0" w:rsidRPr="00CE4AE4" w:rsidRDefault="003507B0" w:rsidP="00CE4AE4">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1134"/>
         </w:tabs>
+        <w:spacing w:line="276" w:lineRule="auto"/>
+        <w:contextualSpacing/>
         <w:jc w:val="both"/>
         <w:rPr>
+          <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
           <w:b/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="0E49592A" w14:textId="1E2998CC" w:rsidR="003507B0" w:rsidRPr="0058423E" w:rsidRDefault="003507B0" w:rsidP="0058423E">
+    <w:p w14:paraId="0E49592A" w14:textId="44B04B34" w:rsidR="003507B0" w:rsidRPr="00CE4AE4" w:rsidRDefault="003507B0" w:rsidP="00CE4AE4">
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
-        <w:rPr>
+        <w:spacing w:line="276" w:lineRule="auto"/>
+        <w:contextualSpacing/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
       </w:pPr>
-      <w:bookmarkStart w:id="5" w:name="_Toc182299895"/>
-[...1 lines deleted...]
-        <w:rPr>
+      <w:bookmarkStart w:id="5" w:name="_Toc219366514"/>
+      <w:r w:rsidRPr="00CE4AE4">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
-        <w:t>Vakcīnu pasūtīšana ārpus kārtējā pasūtījuma</w:t>
+        <w:t xml:space="preserve">Vakcīnu </w:t>
+      </w:r>
+      <w:r w:rsidR="006373FC" w:rsidRPr="00CE4AE4">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+          <w:lang w:eastAsia="lv-LV"/>
+        </w:rPr>
+        <w:t>ā</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CE4AE4">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+          <w:lang w:eastAsia="lv-LV"/>
+        </w:rPr>
+        <w:t>rpus kārt</w:t>
+      </w:r>
+      <w:r w:rsidR="006373FC" w:rsidRPr="00CE4AE4">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+          <w:lang w:eastAsia="lv-LV"/>
+        </w:rPr>
+        <w:t xml:space="preserve">as </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CE4AE4">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+          <w:lang w:eastAsia="lv-LV"/>
+        </w:rPr>
+        <w:t>pasūtījum</w:t>
+      </w:r>
+      <w:r w:rsidR="006373FC" w:rsidRPr="00CE4AE4">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+          <w:lang w:eastAsia="lv-LV"/>
+        </w:rPr>
+        <w:t>s</w:t>
       </w:r>
       <w:bookmarkEnd w:id="5"/>
     </w:p>
-    <w:p w14:paraId="70848461" w14:textId="13883F0C" w:rsidR="00AC5092" w:rsidRPr="00887728" w:rsidRDefault="00E718F5" w:rsidP="00ED6006">
+    <w:p w14:paraId="70848461" w14:textId="13883F0C" w:rsidR="00AC5092" w:rsidRPr="00CE4AE4" w:rsidRDefault="00E718F5" w:rsidP="00CE4AE4">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1134"/>
         </w:tabs>
+        <w:spacing w:line="276" w:lineRule="auto"/>
         <w:ind w:firstLine="720"/>
+        <w:contextualSpacing/>
         <w:jc w:val="both"/>
         <w:rPr>
+          <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
           <w:sz w:val="20"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00EE0138">
-        <w:rPr>
+      <w:r w:rsidRPr="00CE4AE4">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
         <w:t xml:space="preserve">Ja kādu apstākļu dēļ </w:t>
       </w:r>
-      <w:r w:rsidR="00AC2946" w:rsidRPr="00EE0138">
-        <w:rPr>
+      <w:r w:rsidR="00AC2946" w:rsidRPr="00CE4AE4">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
         <w:t>ir n</w:t>
       </w:r>
-      <w:r w:rsidR="003507B0" w:rsidRPr="00EE0138">
-        <w:rPr>
+      <w:r w:rsidR="003507B0" w:rsidRPr="00CE4AE4">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
         <w:t>epieciešama papildu vakcīna, vakcinācijas iestāde</w:t>
       </w:r>
-      <w:r w:rsidR="00790DF9" w:rsidRPr="00EE0138">
-        <w:rPr>
+      <w:r w:rsidR="00790DF9" w:rsidRPr="00CE4AE4">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
         <w:t xml:space="preserve">, </w:t>
       </w:r>
-      <w:r w:rsidR="00EE0138" w:rsidRPr="00EE0138">
-        <w:rPr>
+      <w:r w:rsidR="00EE0138" w:rsidRPr="00CE4AE4">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
         <w:t>E-veselības portālā</w:t>
       </w:r>
-      <w:r w:rsidR="00790DF9" w:rsidRPr="00EE0138">
-        <w:rPr>
+      <w:r w:rsidR="00790DF9" w:rsidRPr="00CE4AE4">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="009B1F1A" w:rsidRPr="00EE0138">
-        <w:rPr>
+      <w:r w:rsidR="009B1F1A" w:rsidRPr="00CE4AE4">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
         <w:t xml:space="preserve">veic vakcīnu </w:t>
       </w:r>
-      <w:r w:rsidR="00274872" w:rsidRPr="00EE0138">
-        <w:rPr>
+      <w:r w:rsidR="00274872" w:rsidRPr="00CE4AE4">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
         <w:t>pieprasījumu ārpus kārtēja pasūtījumā</w:t>
       </w:r>
-      <w:r w:rsidR="00E847F6">
-        <w:rPr>
+      <w:r w:rsidR="00E847F6" w:rsidRPr="00CE4AE4">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
         <w:t xml:space="preserve"> (</w:t>
       </w:r>
-      <w:r w:rsidR="00EF6FF8">
-        <w:rPr>
+      <w:r w:rsidR="00EF6FF8" w:rsidRPr="00CE4AE4">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
         <w:t xml:space="preserve">SPKC tīmekļa vietnē </w:t>
       </w:r>
       <w:hyperlink r:id="rId17" w:history="1">
-        <w:r w:rsidR="00EF6FF8" w:rsidRPr="00806B4B">
+        <w:r w:rsidR="00EF6FF8" w:rsidRPr="00CE4AE4">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
+            <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
             <w:lang w:eastAsia="lv-LV"/>
           </w:rPr>
           <w:t>https://www.spkc.gov.lv/lv/vakcinacija</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r w:rsidR="00EF6FF8">
-        <w:rPr>
+      <w:r w:rsidR="00EF6FF8" w:rsidRPr="00CE4AE4">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
-        <w:t xml:space="preserve"> </w:t>
-[...8 lines deleted...]
-        <w:rPr>
+        <w:t xml:space="preserve">  pie sadaļas </w:t>
+      </w:r>
+      <w:r w:rsidR="00EF6FF8" w:rsidRPr="00CE4AE4">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
           <w:i/>
           <w:iCs/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
         <w:t xml:space="preserve">‘’Vakcīnu pasūtīšana un vakcinācijas fakta ievadīšana E-veselībā’’ </w:t>
       </w:r>
-      <w:r w:rsidR="00887728" w:rsidRPr="00887728">
-        <w:rPr>
+      <w:r w:rsidR="00887728" w:rsidRPr="00CE4AE4">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
-        <w:t xml:space="preserve">pieejams mācību materiāls </w:t>
-[...5 lines deleted...]
-        <w:t>– Vakcīnu pasūtīšanas E-veselībā).</w:t>
+        <w:t>pieejams mācību materiāls – Vakcīnu pasūtīšanas E-veselībā).</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2EEE486C" w14:textId="34CB262E" w:rsidR="003507B0" w:rsidRDefault="003507B0" w:rsidP="003507B0">
-[...18 lines deleted...]
-      <w:pPr>
+    <w:p w14:paraId="2EEE486C" w14:textId="67A29A1C" w:rsidR="003507B0" w:rsidRPr="00CE4AE4" w:rsidRDefault="003507B0" w:rsidP="00CE4AE4">
+      <w:pPr>
+        <w:spacing w:line="276" w:lineRule="auto"/>
         <w:ind w:firstLine="720"/>
         <w:contextualSpacing/>
         <w:jc w:val="both"/>
-      </w:pPr>
-      <w:r>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00CE4AE4">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+          <w:lang w:eastAsia="lv-LV"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Piegādātājs piegādā vakcīnu </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CE4AE4">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+        </w:rPr>
+        <w:t>5 (piecu) darbadienu laikā pēc pasūtījuma saņemšanas no SPKC (līguma 3.4.2. punkts).</w:t>
+      </w:r>
+      <w:r w:rsidR="00775ABD" w:rsidRPr="00CE4AE4">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Preces piegādes termiņu sāk skaitīt ar nākamo dienu pēc Centra nosūtītā pasūtījuma EPIDEM sistēmā.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="065D1880" w14:textId="6396B0DE" w:rsidR="003507B0" w:rsidRPr="00CE4AE4" w:rsidRDefault="003507B0" w:rsidP="00CE4AE4">
+      <w:pPr>
+        <w:spacing w:line="276" w:lineRule="auto"/>
+        <w:ind w:firstLine="720"/>
+        <w:contextualSpacing/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00CE4AE4">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+        </w:rPr>
         <w:t xml:space="preserve">Ja iestājusies vitāli un/vai epidemioloģiski svarīga situācija, prece piegādājam </w:t>
       </w:r>
-      <w:r w:rsidR="00AA4812">
+      <w:r w:rsidR="00AA4812" w:rsidRPr="00CE4AE4">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+        </w:rPr>
         <w:t xml:space="preserve">jāpiegādā </w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="00CE4AE4">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+        </w:rPr>
         <w:t>pasūtījumā norādīt</w:t>
       </w:r>
-      <w:r w:rsidR="00AA4812">
+      <w:r w:rsidR="00AA4812" w:rsidRPr="00CE4AE4">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+        </w:rPr>
         <w:t>a</w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="00CE4AE4">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+        </w:rPr>
         <w:t xml:space="preserve">jā laikā, bet ne vēlāk kā </w:t>
       </w:r>
-      <w:r w:rsidRPr="0EC7E346">
-        <w:rPr>
+      <w:r w:rsidRPr="00CE4AE4">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>24 (divdesmit četru) stundu laikā.</w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="00CE4AE4">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+        </w:rPr>
         <w:t xml:space="preserve">  Vitāli svarīgas situācijas līguma izpratnē ir situācijas, kuru novēršanai ir nepieciešamas šādas vakcīnas:</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3C81A1FE" w14:textId="77777777" w:rsidR="003507B0" w:rsidRPr="00677F53" w:rsidRDefault="003507B0" w:rsidP="00BD3771">
+    <w:p w14:paraId="3C81A1FE" w14:textId="77777777" w:rsidR="003507B0" w:rsidRPr="00CE4AE4" w:rsidRDefault="003507B0" w:rsidP="00CE4AE4">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="34"/>
         </w:numPr>
-        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
           <w:b/>
           <w:bCs/>
           <w:iCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00677F53">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+      <w:r w:rsidRPr="00CE4AE4">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
           <w:b/>
           <w:bCs/>
           <w:iCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>vakcīna pret trakumsērgu;</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="54306FA7" w14:textId="77777777" w:rsidR="003507B0" w:rsidRPr="00677F53" w:rsidRDefault="003507B0" w:rsidP="00BD3771">
+    <w:p w14:paraId="54306FA7" w14:textId="77777777" w:rsidR="003507B0" w:rsidRPr="00CE4AE4" w:rsidRDefault="003507B0" w:rsidP="00CE4AE4">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="34"/>
         </w:numPr>
-        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
           <w:b/>
           <w:bCs/>
           <w:iCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00677F53">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+      <w:r w:rsidRPr="00CE4AE4">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
           <w:b/>
           <w:bCs/>
           <w:iCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>vakcīna pret difteriju un stingumkrampjiem (dT adult);</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="61384676" w14:textId="35DFDA21" w:rsidR="003507B0" w:rsidRPr="00677F53" w:rsidRDefault="003507B0" w:rsidP="00BD3771">
+    <w:p w14:paraId="61384676" w14:textId="35DFDA21" w:rsidR="003507B0" w:rsidRPr="00CE4AE4" w:rsidRDefault="003507B0" w:rsidP="00CE4AE4">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="34"/>
         </w:numPr>
-        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
           <w:b/>
           <w:bCs/>
           <w:iCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00677F53">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+      <w:r w:rsidRPr="00CE4AE4">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
           <w:b/>
           <w:bCs/>
           <w:iCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>vakcīna pret B hepatītu</w:t>
       </w:r>
-      <w:r w:rsidR="00FE5E3E">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+      <w:r w:rsidR="00FE5E3E" w:rsidRPr="00CE4AE4">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
           <w:b/>
           <w:bCs/>
           <w:iCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>;</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="46F4132E" w14:textId="6EF0E711" w:rsidR="003507B0" w:rsidRPr="00677F53" w:rsidRDefault="003507B0" w:rsidP="00BD3771">
+    <w:p w14:paraId="46F4132E" w14:textId="6EF0E711" w:rsidR="003507B0" w:rsidRPr="00CE4AE4" w:rsidRDefault="003507B0" w:rsidP="00CE4AE4">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="34"/>
         </w:numPr>
-        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
           <w:iCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00677F53">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+      <w:r w:rsidRPr="00CE4AE4">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
           <w:b/>
           <w:bCs/>
           <w:iCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>vakcīna pret masalā</w:t>
-[...3 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        <w:t xml:space="preserve">vakcīna pret masalām, masaliņām un epidēmisko parotītu </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CE4AE4">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+          <w:iCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>(līguma 3.5 punkts)</w:t>
+      </w:r>
+      <w:r w:rsidR="00C362A7" w:rsidRPr="00CE4AE4">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+          <w:iCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="737C4738" w14:textId="52D9170D" w:rsidR="00A56CA7" w:rsidRPr="00CE4AE4" w:rsidRDefault="00A56CA7" w:rsidP="00CE4AE4">
+      <w:pPr>
+        <w:spacing w:line="276" w:lineRule="auto"/>
+        <w:ind w:firstLine="720"/>
+        <w:contextualSpacing/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+          <w:iCs/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00CE4AE4">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+          <w:iCs/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Veicot ārpus kārtas vakcīnu pasūtīšanu, piezīmēs ir jānorāda pie katra preparāta</w:t>
+      </w:r>
+      <w:r w:rsidR="00F20BA8" w:rsidRPr="00CE4AE4">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+          <w:iCs/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CE4AE4">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+          <w:iCs/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">pamatojums, kāpēc pasūtījums </w:t>
+      </w:r>
+      <w:r w:rsidR="00F20BA8" w:rsidRPr="00CE4AE4">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+          <w:iCs/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>nevar gaidīt kārtējā pasūtījuma izpildes laiku.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1F327A3A" w14:textId="77777777" w:rsidR="00F20BA8" w:rsidRPr="00CE4AE4" w:rsidRDefault="00F20BA8" w:rsidP="00CE4AE4">
+      <w:pPr>
+        <w:spacing w:line="276" w:lineRule="auto"/>
+        <w:contextualSpacing/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+          <w:iCs/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="1C909E49" w14:textId="77777777" w:rsidR="003507B0" w:rsidRPr="00CE4AE4" w:rsidRDefault="003507B0" w:rsidP="00CE4AE4">
+      <w:pPr>
+        <w:pStyle w:val="Heading1"/>
+        <w:spacing w:line="276" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="6" w:name="_Toc219366515"/>
+      <w:r w:rsidRPr="00CE4AE4">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+        </w:rPr>
+        <w:t>Vakcīnu piegāde un saņemšana</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="6"/>
+    </w:p>
+    <w:p w14:paraId="0A248231" w14:textId="1B87892B" w:rsidR="003507B0" w:rsidRPr="00CE4AE4" w:rsidRDefault="003507B0" w:rsidP="00CE4AE4">
+      <w:pPr>
+        <w:spacing w:line="276" w:lineRule="auto"/>
+        <w:ind w:firstLine="720"/>
+        <w:contextualSpacing/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00CE4AE4">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+        </w:rPr>
+        <w:t>Ārstniecības personām, kuras veic imunizāciju, pirms vakcinācijas veikšanas obligāti jāiepazīstas ar vakcīnas lietošanas instrukciju, kur</w:t>
+      </w:r>
+      <w:r w:rsidR="00BA6205" w:rsidRPr="00CE4AE4">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+        </w:rPr>
+        <w:t>a</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CE4AE4">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+        </w:rPr>
+        <w:t>s ir pieejamas Zāļu valsts aģentūra</w:t>
+      </w:r>
+      <w:r w:rsidR="00892E6A" w:rsidRPr="00CE4AE4">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+        </w:rPr>
+        <w:t>s</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CE4AE4">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> mājas lap</w:t>
+      </w:r>
+      <w:r w:rsidR="00892E6A" w:rsidRPr="00CE4AE4">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+        </w:rPr>
+        <w:t>as</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CE4AE4">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Latvijas zāļu reģistrā</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CE4AE4">
+        <w:rPr>
+          <w:rStyle w:val="FootnoteReference"/>
+          <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+        </w:rPr>
+        <w:footnoteReference w:id="8"/>
+      </w:r>
+      <w:r w:rsidRPr="00CE4AE4">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+        </w:rPr>
+        <w:t>. Savukārt vakcīnu piegādātājiem (Zāļu lieltirgotavām) piegāžu līgumos ir norādīts, ka „</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CE4AE4">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+          <w:i/>
+          <w:iCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">katram Preces (vakcīnas) iepakojumam jābūt pievienotai Latvijas Republikā Zāļu valsts aģentūras apstiprinātai lietošanas instrukcijai latviešu valodā”. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CE4AE4">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+        </w:rPr>
+        <w:t>Vēršam uzmanību, ka vakcīnu lietošanas instrukcijas paredz dažādas vakcinācijas shēmas un intervālus, tomēr plānveida imunizācija Latvijā veicama atbilstoši apstiprinātajam vakcinācijas kalendāram.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="35A33BB0" w14:textId="7D1D6734" w:rsidR="003507B0" w:rsidRPr="00CE4AE4" w:rsidRDefault="00A04395" w:rsidP="00CE4AE4">
+      <w:pPr>
+        <w:spacing w:line="276" w:lineRule="auto"/>
+        <w:ind w:firstLine="720"/>
+        <w:contextualSpacing/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00CE4AE4">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>S</w:t>
+      </w:r>
+      <w:r w:rsidR="003507B0" w:rsidRPr="00CE4AE4">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">aņemot vakcīnas, pirms pavaddokumentu parakstīšanas </w:t>
+      </w:r>
+      <w:r w:rsidR="003507B0" w:rsidRPr="00CE4AE4">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
           <w:b/>
           <w:bCs/>
-          <w:iCs/>
-[...21 lines deleted...]
-        <w:t>.</w:t>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>obligāti</w:t>
+      </w:r>
+      <w:r w:rsidR="003507B0" w:rsidRPr="00CE4AE4">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="004A6916" w:rsidRPr="00CE4AE4">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>jā</w:t>
+      </w:r>
+      <w:r w:rsidR="003507B0" w:rsidRPr="00CE4AE4">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>pārliecinās</w:t>
+      </w:r>
+      <w:r w:rsidR="005C336B" w:rsidRPr="00CE4AE4">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>:</w:t>
+      </w:r>
+      <w:r w:rsidR="003507B0" w:rsidRPr="00CE4AE4">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1C909E49" w14:textId="77777777" w:rsidR="003507B0" w:rsidRPr="001834E0" w:rsidRDefault="003507B0" w:rsidP="00B075D9">
-[...127 lines deleted...]
-    <w:p w14:paraId="7B79F1BA" w14:textId="77777777" w:rsidR="003C58C9" w:rsidRPr="00D9175D" w:rsidRDefault="003507B0" w:rsidP="003C58C9">
+    <w:p w14:paraId="7B79F1BA" w14:textId="77777777" w:rsidR="003C58C9" w:rsidRPr="00CE4AE4" w:rsidRDefault="003507B0" w:rsidP="00CE4AE4">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="38"/>
         </w:numPr>
+        <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00D9175D">
+      <w:r w:rsidRPr="00CE4AE4">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>vai saņemtā vakcīna atbilst pasūtītajai;</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="29B495A1" w14:textId="77777777" w:rsidR="00723CC2" w:rsidRPr="00D9175D" w:rsidRDefault="003507B0" w:rsidP="00723CC2">
+    <w:p w14:paraId="29B495A1" w14:textId="77777777" w:rsidR="00723CC2" w:rsidRPr="00CE4AE4" w:rsidRDefault="003507B0" w:rsidP="00CE4AE4">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="38"/>
         </w:numPr>
+        <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00D9175D">
+      <w:r w:rsidRPr="00CE4AE4">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">vai saņemtais vakcīnas daudzums atbilst pasūtītajam </w:t>
       </w:r>
-      <w:r w:rsidR="004A6916" w:rsidRPr="00D9175D">
+      <w:r w:rsidR="004A6916" w:rsidRPr="00CE4AE4">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">daudzumam </w:t>
       </w:r>
-      <w:r w:rsidRPr="00D9175D">
+      <w:r w:rsidRPr="00CE4AE4">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>un pavadzīmē norādīt</w:t>
       </w:r>
-      <w:r w:rsidR="004A6916" w:rsidRPr="00D9175D">
+      <w:r w:rsidR="004A6916" w:rsidRPr="00CE4AE4">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>a</w:t>
       </w:r>
-      <w:r w:rsidRPr="00D9175D">
+      <w:r w:rsidRPr="00CE4AE4">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>jam apjomam;</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="361A8E1B" w14:textId="330B5979" w:rsidR="006925CC" w:rsidRPr="00D9175D" w:rsidRDefault="000005A2" w:rsidP="006925CC">
+    <w:p w14:paraId="361A8E1B" w14:textId="330B5979" w:rsidR="006925CC" w:rsidRPr="00CE4AE4" w:rsidRDefault="000005A2" w:rsidP="00CE4AE4">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="38"/>
         </w:numPr>
+        <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00D9175D">
+      <w:r w:rsidRPr="00CE4AE4">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>vai ir atbilstošs</w:t>
       </w:r>
-      <w:r w:rsidR="003507B0" w:rsidRPr="00D9175D">
+      <w:r w:rsidR="003507B0" w:rsidRPr="00CE4AE4">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> vakcīnas derīguma termiņ</w:t>
       </w:r>
-      <w:r w:rsidR="00B047E4" w:rsidRPr="00D9175D">
+      <w:r w:rsidR="00B047E4" w:rsidRPr="00CE4AE4">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">š un vai sakrīt </w:t>
       </w:r>
-      <w:r w:rsidR="00861520" w:rsidRPr="00D9175D">
+      <w:r w:rsidR="00861520" w:rsidRPr="00CE4AE4">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>derīguma termiņš</w:t>
       </w:r>
-      <w:r w:rsidR="003507B0" w:rsidRPr="00D9175D">
+      <w:r w:rsidR="003507B0" w:rsidRPr="00CE4AE4">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> uz iepakojuma un pavadzīmē;</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4319F316" w14:textId="77777777" w:rsidR="00D9175D" w:rsidRPr="00D9175D" w:rsidRDefault="003507B0" w:rsidP="00D9175D">
+    <w:p w14:paraId="4319F316" w14:textId="77777777" w:rsidR="00D9175D" w:rsidRPr="00CE4AE4" w:rsidRDefault="003507B0" w:rsidP="00CE4AE4">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="38"/>
         </w:numPr>
+        <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00D9175D">
+      <w:r w:rsidRPr="00CE4AE4">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>vai ir pievienotas lietošanas instrukcijas (līguma 4.6. punkts);</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5683C7B6" w14:textId="1A443FD5" w:rsidR="003507B0" w:rsidRPr="00D9175D" w:rsidRDefault="005C336B" w:rsidP="00D9175D">
+    <w:p w14:paraId="5683C7B6" w14:textId="1A443FD5" w:rsidR="003507B0" w:rsidRPr="00CE4AE4" w:rsidRDefault="005C336B" w:rsidP="00CE4AE4">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="38"/>
         </w:numPr>
+        <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00D9175D">
+      <w:r w:rsidRPr="00CE4AE4">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
+        <w:lastRenderedPageBreak/>
         <w:t xml:space="preserve">vai </w:t>
       </w:r>
-      <w:r w:rsidR="00D9175D" w:rsidRPr="00D9175D">
+      <w:r w:rsidR="00D9175D" w:rsidRPr="00CE4AE4">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>vakcīna</w:t>
       </w:r>
-      <w:r w:rsidR="003507B0" w:rsidRPr="00D9175D">
+      <w:r w:rsidR="003507B0" w:rsidRPr="00CE4AE4">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> ir atbilstoši iepakota un transportēta (līguma 4.4. un 4.5. punkts)</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="18916869" w14:textId="6C0D2E39" w:rsidR="003507B0" w:rsidRPr="005C336B" w:rsidRDefault="003507B0" w:rsidP="003507B0">
-      <w:pPr>
+    <w:p w14:paraId="18916869" w14:textId="6C0D2E39" w:rsidR="003507B0" w:rsidRPr="00CE4AE4" w:rsidRDefault="003507B0" w:rsidP="00CE4AE4">
+      <w:pPr>
+        <w:spacing w:line="276" w:lineRule="auto"/>
         <w:ind w:firstLine="720"/>
+        <w:contextualSpacing/>
         <w:jc w:val="both"/>
         <w:rPr>
+          <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
           <w:szCs w:val="24"/>
           <w:u w:val="single"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="005C336B">
-        <w:rPr>
+      <w:r w:rsidRPr="00CE4AE4">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
           <w:szCs w:val="24"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t xml:space="preserve">Uz pavadzīmes jānorāda </w:t>
       </w:r>
-      <w:r w:rsidR="009A7B1E">
-        <w:rPr>
+      <w:r w:rsidR="009A7B1E" w:rsidRPr="00CE4AE4">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
           <w:szCs w:val="24"/>
           <w:u w:val="single"/>
         </w:rPr>
-        <w:t>faktiskais</w:t>
-[...2 lines deleted...]
-        <w:rPr>
+        <w:t xml:space="preserve">faktiskais </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CE4AE4">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
           <w:szCs w:val="24"/>
           <w:u w:val="single"/>
         </w:rPr>
+        <w:t>vakcīnas piegādes laiks vakcinācijas iestādē</w:t>
+      </w:r>
+      <w:r w:rsidR="005F0A59" w:rsidRPr="00CE4AE4">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+          <w:szCs w:val="24"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1D5F4F13" w14:textId="77777777" w:rsidR="003507B0" w:rsidRPr="00CE4AE4" w:rsidRDefault="003507B0" w:rsidP="00CE4AE4">
+      <w:pPr>
+        <w:spacing w:line="276" w:lineRule="auto"/>
+        <w:ind w:firstLine="720"/>
+        <w:contextualSpacing/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="6C6957F4" w14:textId="5B9D4C9E" w:rsidR="003507B0" w:rsidRPr="00CE4AE4" w:rsidRDefault="003507B0" w:rsidP="00CE4AE4">
+      <w:pPr>
+        <w:spacing w:line="276" w:lineRule="auto"/>
+        <w:ind w:firstLine="720"/>
+        <w:contextualSpacing/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00CE4AE4">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">SPKC katru mēnesi apkopo datus par vakcinācijas iestāžu vakcīnu pasūtījumu un </w:t>
+      </w:r>
+      <w:r w:rsidR="00B52C17" w:rsidRPr="00CE4AE4">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">nepieciešamības </w:t>
+      </w:r>
+      <w:r w:rsidR="009B0F40" w:rsidRPr="00CE4AE4">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>gadījumā</w:t>
+      </w:r>
+      <w:r w:rsidR="005F7BD0" w:rsidRPr="00CE4AE4">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="005C336B">
-[...11 lines deleted...]
-        <w:t>.</w:t>
+      <w:r w:rsidRPr="00CE4AE4">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>veic korekcijas,</w:t>
+      </w:r>
+      <w:r w:rsidR="009B0F40" w:rsidRPr="00CE4AE4">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> piemēram,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CE4AE4">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> ja pasūtījums bez pamatojuma pārsniedz vakcinācijas iestādes vidējo vakcīnas izlietojumu paredzētajā pasūtījuma periodā, neatbilst vakcīnas izlietojuma prognozei un epidemioloģiskajai situācijai, kā arī, ja netiek ņemts vērā vakcinācijas iestādē esošais vakcīnas atlikums. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1D5F4F13" w14:textId="77777777" w:rsidR="003507B0" w:rsidRDefault="003507B0" w:rsidP="003507B0">
-      <w:pPr>
+    <w:p w14:paraId="2060137E" w14:textId="77777777" w:rsidR="003507B0" w:rsidRPr="00CE4AE4" w:rsidRDefault="003507B0" w:rsidP="00CE4AE4">
+      <w:pPr>
+        <w:spacing w:line="276" w:lineRule="auto"/>
         <w:ind w:firstLine="720"/>
+        <w:contextualSpacing/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:szCs w:val="24"/>
-[...64 lines deleted...]
-        <w:rPr>
+          <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
           <w:b/>
           <w:bCs/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:r>
-[...25 lines deleted...]
-        <w:rPr>
+      <w:r w:rsidRPr="00CE4AE4">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">SPKC katru mēnesi līdz 18. datumam iesniedz kopējo vakcīnu pasūtījumu zāļu lieltirgotavai (3. tabula), kura nodrošina vakcīnu piegādi vakcinācijas iestādēm ne vēlāk kā </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CE4AE4">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
           <w:b/>
           <w:bCs/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>līdz katra mēneša pēdējam datumam.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="20D89953" w14:textId="77777777" w:rsidR="003507B0" w:rsidRPr="00F21EED" w:rsidRDefault="003507B0" w:rsidP="003507B0">
-[...1 lines deleted...]
-        <w:ind w:firstLine="720"/>
+    <w:p w14:paraId="14114821" w14:textId="77777777" w:rsidR="00AC0E73" w:rsidRPr="00CE4AE4" w:rsidRDefault="00AC0E73" w:rsidP="00CE4AE4">
+      <w:pPr>
+        <w:spacing w:line="276" w:lineRule="auto"/>
+        <w:contextualSpacing/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:b/>
-[...1 lines deleted...]
-          <w:szCs w:val="24"/>
+          <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="307EC2BF" w14:textId="294B95D7" w:rsidR="003507B0" w:rsidRPr="00AF6B32" w:rsidRDefault="003507B0" w:rsidP="003507B0">
-[...983 lines deleted...]
-    <w:p w14:paraId="7F57F526" w14:textId="306AD389" w:rsidR="002B01B3" w:rsidRDefault="002B01B3" w:rsidP="002B01B3">
+    <w:p w14:paraId="7F57F526" w14:textId="306AD389" w:rsidR="002B01B3" w:rsidRPr="00CE4AE4" w:rsidRDefault="002B01B3" w:rsidP="00CE4AE4">
       <w:pPr>
         <w:pStyle w:val="Heading1"/>
-        <w:rPr>
+        <w:spacing w:line="276" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
       </w:pPr>
-      <w:bookmarkStart w:id="7" w:name="_Toc182299897"/>
-[...1 lines deleted...]
-        <w:rPr>
+      <w:bookmarkStart w:id="7" w:name="_Toc219366516"/>
+      <w:r w:rsidRPr="00CE4AE4">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
         <w:t>Vakcīnu atlikumu pārraudzība</w:t>
       </w:r>
       <w:bookmarkEnd w:id="7"/>
     </w:p>
-    <w:p w14:paraId="2A460405" w14:textId="77777777" w:rsidR="002F487B" w:rsidRPr="00BC1802" w:rsidRDefault="002F487B" w:rsidP="002F487B">
-      <w:pPr>
+    <w:p w14:paraId="2A460405" w14:textId="77777777" w:rsidR="002F487B" w:rsidRPr="00CE4AE4" w:rsidRDefault="002F487B" w:rsidP="00CE4AE4">
+      <w:pPr>
+        <w:spacing w:line="276" w:lineRule="auto"/>
         <w:ind w:firstLine="709"/>
+        <w:contextualSpacing/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:szCs w:val="24"/>
-[...3 lines deleted...]
-        <w:rPr>
+          <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00CE4AE4">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">Vakcinācijas iestādēm, gatavojot vakcīnu pasūtījumus, jāņem vērā vakcinējamo personu skaits un </w:t>
       </w:r>
-      <w:r w:rsidRPr="00B45EA0">
-        <w:rPr>
+      <w:r w:rsidRPr="00CE4AE4">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
           <w:b/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>esošo vakcīnu atlikums, kas nedrīkst pārsniegt vakcinācijas iestādes viena mēneša vakcīnu pasūtījumu</w:t>
       </w:r>
-      <w:r>
-[...9 lines deleted...]
-        <w:t xml:space="preserve"> iesaka vakcinācijas iestādēs uzturēt tikai tādu vakcīnu daudzumu, kas ir nepieciešams darbam no vienas vakcīnu piegādes līdz nākamajai ar minimālo rezervi (drošuma krājumu), kas nepārsniedz 25% no vidēji mēnesī izlietoto devu skaita katrai konkrētajai vakcīnai.</w:t>
+      <w:r w:rsidRPr="00CE4AE4">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>. PVO iesaka vakcinācijas iestādēs uzturēt tikai tādu vakcīnu daudzumu, kas ir nepieciešams darbam no vienas vakcīnu piegādes līdz nākamajai ar minimālo rezervi (drošuma krājumu), kas nepārsniedz 25% no vidēji mēnesī izlietoto devu skaita katrai konkrētajai vakcīnai.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5B1503D7" w14:textId="77777777" w:rsidR="002F487B" w:rsidRPr="00133A62" w:rsidRDefault="002F487B" w:rsidP="002F487B">
-      <w:pPr>
+    <w:p w14:paraId="5B1503D7" w14:textId="77777777" w:rsidR="002F487B" w:rsidRPr="00CE4AE4" w:rsidRDefault="002F487B" w:rsidP="00CE4AE4">
+      <w:pPr>
+        <w:spacing w:line="276" w:lineRule="auto"/>
         <w:ind w:firstLine="709"/>
+        <w:contextualSpacing/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:szCs w:val="24"/>
-[...3 lines deleted...]
-        <w:rPr>
+          <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00CE4AE4">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Lielu vakcīnu atlikumu uzturēšana vakcinācijas iestādēs ir saistīta ar būtiskiem riskiem un iespējamām negatīvām sekām:</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="504128A5" w14:textId="77777777" w:rsidR="002F487B" w:rsidRPr="00133A62" w:rsidRDefault="002F487B" w:rsidP="002F487B">
-      <w:pPr>
+    <w:p w14:paraId="504128A5" w14:textId="77777777" w:rsidR="002F487B" w:rsidRPr="00CE4AE4" w:rsidRDefault="002F487B" w:rsidP="00CE4AE4">
+      <w:pPr>
+        <w:spacing w:line="276" w:lineRule="auto"/>
         <w:ind w:firstLine="709"/>
+        <w:contextualSpacing/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:szCs w:val="24"/>
-[...3 lines deleted...]
-        <w:rPr>
+          <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00CE4AE4">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> 1) sakarā ar nevienmērīgu vakcīnu sadalījumu gada beigās vairākās vakcinācijas iestādēs var izveidoties vakcīnu trūkums, kuru novēršanai ir nepieciešama papildus vakcīnu iegāde, kam nav atvēlēti līdzekļi;</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6EC11E1A" w14:textId="77777777" w:rsidR="002F487B" w:rsidRPr="00133A62" w:rsidRDefault="002F487B" w:rsidP="002F487B">
-      <w:pPr>
+    <w:p w14:paraId="6EC11E1A" w14:textId="77777777" w:rsidR="002F487B" w:rsidRPr="00CE4AE4" w:rsidRDefault="002F487B" w:rsidP="00CE4AE4">
+      <w:pPr>
+        <w:spacing w:line="276" w:lineRule="auto"/>
         <w:ind w:firstLine="709"/>
+        <w:contextualSpacing/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:szCs w:val="24"/>
-[...3 lines deleted...]
-        <w:rPr>
+          <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00CE4AE4">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">2) vakcinācijas iestāžu ledusskapji parasti nav paredzēti ilgstošai vakcīnu uzglabāšanai, jo darba laikā bieži notiek durvju atvēršana un siltums pakāpeniski (kumulatīvi) iedarbojas uz vakcīnām; turklāt lieli vakcīnu apjomi ledusskapī nav pieļaujami, jo traucē gaisa cirkulācijai, kas arī negatīvi ietekmē temperatūras režīmu un vakcīnu kvalitāti (efektivitāti un drošumu); </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="01ACB553" w14:textId="77777777" w:rsidR="002F487B" w:rsidRPr="00133A62" w:rsidRDefault="002F487B" w:rsidP="002F487B">
-      <w:pPr>
+    <w:p w14:paraId="01ACB553" w14:textId="77777777" w:rsidR="002F487B" w:rsidRPr="00CE4AE4" w:rsidRDefault="002F487B" w:rsidP="00CE4AE4">
+      <w:pPr>
+        <w:spacing w:line="276" w:lineRule="auto"/>
         <w:ind w:firstLine="709"/>
+        <w:contextualSpacing/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:szCs w:val="24"/>
-[...3 lines deleted...]
-        <w:rPr>
+          <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00CE4AE4">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">3) vakcīnu zudumi ir iespējami (un diemžēl laiku pa laikam tas arī notiek) saistībā ar dažādiem ārējiem faktoriem (piemēram, elektrības padeves traucējumi, ugunsgrēks, ledusskapja bojājums), un valsts budžeta zaudējumi ir tieši proporcionāli vakcinācijas iestādē uzturēto vakcīnu daudzumam; </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="59B4D797" w14:textId="77777777" w:rsidR="002F487B" w:rsidRPr="00133A62" w:rsidRDefault="002F487B" w:rsidP="002F487B">
-      <w:pPr>
+    <w:p w14:paraId="59B4D797" w14:textId="77777777" w:rsidR="002F487B" w:rsidRPr="00CE4AE4" w:rsidRDefault="002F487B" w:rsidP="00CE4AE4">
+      <w:pPr>
+        <w:spacing w:line="276" w:lineRule="auto"/>
         <w:ind w:firstLine="709"/>
+        <w:contextualSpacing/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:szCs w:val="24"/>
-[...3 lines deleted...]
-        <w:rPr>
+          <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00CE4AE4">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">4) ne vienmēr lielus vakcīnu atlikumus ir iespējams izlietot savlaicīgi, līdz ar to iespējama vakcīnu norakstīšana, kad beidzas derīguma termiņš. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="358B45CC" w14:textId="09BF9CAB" w:rsidR="002B01B3" w:rsidRDefault="002F487B" w:rsidP="002F487B">
-      <w:pPr>
+    <w:p w14:paraId="358B45CC" w14:textId="09BF9CAB" w:rsidR="002B01B3" w:rsidRPr="00CE4AE4" w:rsidRDefault="002F487B" w:rsidP="00CE4AE4">
+      <w:pPr>
+        <w:spacing w:line="276" w:lineRule="auto"/>
         <w:ind w:firstLine="709"/>
-        <w:rPr>
-[...4 lines deleted...]
-        <w:rPr>
+        <w:contextualSpacing/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00CE4AE4">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Lai novērstu minētos riskus, stingri jāievēro Noteikumu prasības un bez vajadzības neuzglabāt pārāk lielus vakcīnu atlikumus un neveikt nepamatoti lielus vakcīnu pasūtījumus.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7E356C5B" w14:textId="77777777" w:rsidR="002F487B" w:rsidRPr="002B01B3" w:rsidRDefault="002F487B" w:rsidP="002F487B">
-[...1 lines deleted...]
-        <w:rPr>
+    <w:p w14:paraId="7E356C5B" w14:textId="77777777" w:rsidR="002F487B" w:rsidRPr="00CE4AE4" w:rsidRDefault="002F487B" w:rsidP="00CE4AE4">
+      <w:pPr>
+        <w:spacing w:line="276" w:lineRule="auto"/>
+        <w:contextualSpacing/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="3217A255" w14:textId="231BAF5C" w:rsidR="003507B0" w:rsidRDefault="00F573C9" w:rsidP="00B075D9">
+    <w:p w14:paraId="3217A255" w14:textId="231BAF5C" w:rsidR="003507B0" w:rsidRPr="00CE4AE4" w:rsidRDefault="00F573C9" w:rsidP="00CE4AE4">
       <w:pPr>
         <w:pStyle w:val="Heading1"/>
-        <w:rPr>
+        <w:spacing w:line="276" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
       </w:pPr>
-      <w:bookmarkStart w:id="8" w:name="_Toc182299898"/>
-[...1 lines deleted...]
-        <w:rPr>
+      <w:bookmarkStart w:id="8" w:name="_Toc219366517"/>
+      <w:r w:rsidRPr="00CE4AE4">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
         <w:t>V</w:t>
       </w:r>
-      <w:r w:rsidR="003507B0" w:rsidRPr="495F979C">
-        <w:rPr>
+      <w:r w:rsidR="003507B0" w:rsidRPr="00CE4AE4">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
         <w:t>akcīnu norakstīšan</w:t>
       </w:r>
-      <w:r>
-        <w:rPr>
+      <w:r w:rsidRPr="00CE4AE4">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
         <w:t>a</w:t>
       </w:r>
       <w:bookmarkEnd w:id="8"/>
     </w:p>
-    <w:p w14:paraId="2B2A25DB" w14:textId="3C7FAD0E" w:rsidR="00EC4D3C" w:rsidRDefault="003507B0" w:rsidP="003507B0">
+    <w:p w14:paraId="2B2A25DB" w14:textId="3C7FAD0E" w:rsidR="00EC4D3C" w:rsidRPr="00CE4AE4" w:rsidRDefault="003507B0" w:rsidP="00CE4AE4">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1134"/>
         </w:tabs>
+        <w:spacing w:line="276" w:lineRule="auto"/>
         <w:ind w:firstLine="720"/>
+        <w:contextualSpacing/>
         <w:jc w:val="both"/>
         <w:rPr>
+          <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="0EC7E346">
-        <w:rPr>
+      <w:r w:rsidRPr="00CE4AE4">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
         <w:t>Lai uzlabotu vakcinācijas drošuma pārraudzību</w:t>
       </w:r>
-      <w:r w:rsidR="00EC7FF8">
-        <w:rPr>
+      <w:r w:rsidR="00EC7FF8" w:rsidRPr="00CE4AE4">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
         <w:t xml:space="preserve">, kā arī </w:t>
       </w:r>
-      <w:r w:rsidRPr="0EC7E346">
-        <w:rPr>
+      <w:r w:rsidRPr="00CE4AE4">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
         <w:t>lai iegūtu un analizētu informāciju par vakcīnu norakstīšanas iemesliem, vakcinācijas iestādēm</w:t>
       </w:r>
-      <w:r w:rsidR="009D7E5C">
-        <w:rPr>
+      <w:r w:rsidR="009D7E5C" w:rsidRPr="00CE4AE4">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
-        <w:t xml:space="preserve">, kuras </w:t>
-[...2 lines deleted...]
-        <w:rPr>
+        <w:t>, kuras konstatē lietošanai nederīgu vakcīnu, kas iegādāta par valsts budžeta līdzekļiem</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CE4AE4">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
-        <w:t>konstatē lietošanai nederīgu vakcīnu, kas iegādāta par valsts budžeta līdzekļiem</w:t>
-[...2 lines deleted...]
-        <w:rPr>
+        <w:t xml:space="preserve"> ir pienākums</w:t>
+      </w:r>
+      <w:r w:rsidR="009D7E5C" w:rsidRPr="00CE4AE4">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
-        <w:t xml:space="preserve"> ir pienākums</w:t>
-[...2 lines deleted...]
-        <w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="004A7162" w:rsidRPr="00CE4AE4">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
-        <w:t xml:space="preserve"> </w:t>
-[...2 lines deleted...]
-        <w:rPr>
+        <w:t xml:space="preserve">E-veselības portālā </w:t>
+      </w:r>
+      <w:r w:rsidR="00D810A0" w:rsidRPr="00CE4AE4">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
-        <w:t xml:space="preserve">E-veselības portālā </w:t>
-[...2 lines deleted...]
-        <w:rPr>
+        <w:t xml:space="preserve">nodrošināt vakcīnu </w:t>
+      </w:r>
+      <w:r w:rsidR="00EC4D3C" w:rsidRPr="00CE4AE4">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
-        <w:t xml:space="preserve">nodrošināt vakcīnu </w:t>
-[...4 lines deleted...]
-        </w:rPr>
         <w:t>norakstīšanu</w:t>
       </w:r>
-      <w:r w:rsidR="00EC4D3C" w:rsidRPr="00EC4D3C">
-        <w:rPr>
+      <w:r w:rsidR="00EC4D3C" w:rsidRPr="00CE4AE4">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
           <w:b/>
           <w:bCs/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
-        <w:t xml:space="preserve"> </w:t>
-[...4 lines deleted...]
-          <w:bCs/>
+        <w:t xml:space="preserve"> piecu darbdienu</w:t>
+      </w:r>
+      <w:r w:rsidR="00EC4D3C" w:rsidRPr="00CE4AE4">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
-        <w:t>piecu darbdienu</w:t>
-[...2 lines deleted...]
-        <w:rPr>
+        <w:t xml:space="preserve"> laikā</w:t>
+      </w:r>
+      <w:r w:rsidR="009210C7" w:rsidRPr="00CE4AE4">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
-        <w:t xml:space="preserve"> laikā</w:t>
-[...2 lines deleted...]
-        <w:rPr>
+        <w:t xml:space="preserve"> (Noteikumu </w:t>
+      </w:r>
+      <w:r w:rsidR="003031DA" w:rsidRPr="00CE4AE4">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
-        <w:t xml:space="preserve"> (Noteikumu </w:t>
-[...4 lines deleted...]
-        </w:rPr>
         <w:t>18.</w:t>
       </w:r>
-      <w:r w:rsidR="003031DA" w:rsidRPr="003031DA">
-        <w:rPr>
+      <w:r w:rsidR="003031DA" w:rsidRPr="00CE4AE4">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
           <w:vertAlign w:val="superscript"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
         <w:t>4</w:t>
       </w:r>
-      <w:r w:rsidR="003031DA">
-        <w:rPr>
+      <w:r w:rsidR="003031DA" w:rsidRPr="00CE4AE4">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
         <w:t xml:space="preserve"> punkts</w:t>
       </w:r>
-      <w:r w:rsidR="009210C7">
-        <w:rPr>
+      <w:r w:rsidR="009210C7" w:rsidRPr="00CE4AE4">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
         <w:t>)</w:t>
       </w:r>
-      <w:r w:rsidR="00FE5E3E">
-        <w:rPr>
+      <w:r w:rsidR="00FE5E3E" w:rsidRPr="00CE4AE4">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
           <w:bCs/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="10314548" w14:textId="77777777" w:rsidR="00086998" w:rsidRDefault="00086998"/>
-    <w:sectPr w:rsidR="00086998" w:rsidSect="002F0EAA">
+    <w:p w14:paraId="10314548" w14:textId="77777777" w:rsidR="00086998" w:rsidRPr="00CE4AE4" w:rsidRDefault="00086998" w:rsidP="00CE4AE4">
+      <w:pPr>
+        <w:spacing w:line="276" w:lineRule="auto"/>
+        <w:contextualSpacing/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:sectPr w:rsidR="00086998" w:rsidRPr="00CE4AE4" w:rsidSect="002F0EAA">
       <w:footerReference w:type="default" r:id="rId18"/>
       <w:pgSz w:w="11906" w:h="16838"/>
       <w:pgMar w:top="1134" w:right="1134" w:bottom="1134" w:left="1701" w:header="709" w:footer="709" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
+<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="5D858915" w14:textId="77777777" w:rsidR="00901433" w:rsidRDefault="00901433" w:rsidP="003507B0">
+    <w:p w14:paraId="2740AF8A" w14:textId="77777777" w:rsidR="006D4E84" w:rsidRDefault="006D4E84" w:rsidP="003507B0">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="0D38A513" w14:textId="77777777" w:rsidR="00901433" w:rsidRDefault="00901433" w:rsidP="003507B0">
+    <w:p w14:paraId="12782A60" w14:textId="77777777" w:rsidR="006D4E84" w:rsidRDefault="006D4E84" w:rsidP="003507B0">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationNotice" w:id="1">
-    <w:p w14:paraId="101B1E26" w14:textId="77777777" w:rsidR="00901433" w:rsidRDefault="00901433"/>
+    <w:p w14:paraId="09422755" w14:textId="77777777" w:rsidR="006D4E84" w:rsidRDefault="006D4E84"/>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
-<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du">
+<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
-    <w:altName w:val="Times New Roman PS"/>
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="02"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
@@ -10705,363 +10248,403 @@
     <w:altName w:val="游ゴシック Light"/>
     <w:panose1 w:val="020B0300000000000000"/>
     <w:charset w:val="80"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00002FF" w:usb1="2AC7FDFF" w:usb2="00000016" w:usb3="00000000" w:csb0="0002009F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Segoe UI">
     <w:panose1 w:val="020B0502040204020203"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C000E47F" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Yu Mincho">
     <w:altName w:val="游明朝"/>
     <w:charset w:val="80"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="800002E7" w:usb1="2AC7FCFF" w:usb2="00000012" w:usb3="00000000" w:csb0="0002009F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:sdt>
     <w:sdtPr>
       <w:id w:val="-26489653"/>
       <w:docPartObj>
         <w:docPartGallery w:val="Page Numbers (Bottom of Page)"/>
         <w:docPartUnique/>
       </w:docPartObj>
     </w:sdtPr>
     <w:sdtEndPr>
       <w:rPr>
         <w:noProof/>
       </w:rPr>
     </w:sdtEndPr>
     <w:sdtContent>
       <w:p w14:paraId="756CF8B0" w14:textId="77777777" w:rsidR="003507B0" w:rsidRDefault="003507B0">
         <w:pPr>
           <w:pStyle w:val="Footer"/>
           <w:jc w:val="center"/>
         </w:pPr>
         <w:r>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
         <w:r>
           <w:instrText xml:space="preserve"> PAGE   \* MERGEFORMAT </w:instrText>
         </w:r>
         <w:r>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
         <w:r w:rsidR="00B0788B">
           <w:rPr>
             <w:noProof/>
           </w:rPr>
-          <w:t>12</w:t>
+          <w:t>1</w:t>
+        </w:r>
+        <w:r w:rsidR="00B0788B">
+          <w:rPr>
+            <w:noProof/>
+          </w:rPr>
+          <w:t>2</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:p>
     </w:sdtContent>
   </w:sdt>
   <w:p w14:paraId="708D7CEF" w14:textId="77777777" w:rsidR="003507B0" w:rsidRDefault="003507B0" w:rsidP="002F0EAA">
     <w:pPr>
       <w:pStyle w:val="Footer"/>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
+<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="113BEB64" w14:textId="77777777" w:rsidR="00901433" w:rsidRDefault="00901433" w:rsidP="003507B0">
+    <w:p w14:paraId="63F32773" w14:textId="77777777" w:rsidR="006D4E84" w:rsidRDefault="006D4E84" w:rsidP="003507B0">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="29574B2A" w14:textId="77777777" w:rsidR="00901433" w:rsidRDefault="00901433" w:rsidP="003507B0">
+    <w:p w14:paraId="02F8DE2B" w14:textId="77777777" w:rsidR="006D4E84" w:rsidRDefault="006D4E84" w:rsidP="003507B0">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationNotice" w:id="1">
-    <w:p w14:paraId="24972E53" w14:textId="77777777" w:rsidR="00901433" w:rsidRDefault="00901433"/>
+    <w:p w14:paraId="7D2B371A" w14:textId="77777777" w:rsidR="006D4E84" w:rsidRDefault="006D4E84"/>
   </w:footnote>
   <w:footnote w:id="2">
-    <w:p w14:paraId="5940A479" w14:textId="77777777" w:rsidR="003507B0" w:rsidRPr="00BB1A1F" w:rsidRDefault="003507B0" w:rsidP="003507B0">
+    <w:p w14:paraId="5940A479" w14:textId="77777777" w:rsidR="003507B0" w:rsidRPr="00505D61" w:rsidRDefault="003507B0" w:rsidP="003507B0">
       <w:pPr>
         <w:pStyle w:val="FootnoteText"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="003415B0">
+      <w:r w:rsidRPr="00505D61">
         <w:rPr>
           <w:rStyle w:val="FootnoteReference"/>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
         </w:rPr>
         <w:footnoteRef/>
       </w:r>
-      <w:r w:rsidRPr="003415B0">
+      <w:r w:rsidRPr="00505D61">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:hyperlink r:id="rId1" w:history="1">
-        <w:r w:rsidRPr="00BB1A1F">
+        <w:r w:rsidRPr="00505D61">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+            <w:color w:val="auto"/>
             <w:sz w:val="16"/>
             <w:szCs w:val="16"/>
           </w:rPr>
           <w:t>http://likumi.lv/doc.php?id=11215</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
   </w:footnote>
   <w:footnote w:id="3">
-    <w:p w14:paraId="1FF2963E" w14:textId="365A31A8" w:rsidR="003507B0" w:rsidRPr="00BB1A1F" w:rsidRDefault="003507B0" w:rsidP="003507B0">
+    <w:p w14:paraId="1FF2963E" w14:textId="41E62D83" w:rsidR="003507B0" w:rsidRPr="00505D61" w:rsidRDefault="003507B0" w:rsidP="003507B0">
       <w:pPr>
         <w:pStyle w:val="FootnoteText"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00BB1A1F">
+      <w:r w:rsidRPr="00505D61">
         <w:rPr>
           <w:rStyle w:val="FootnoteReference"/>
           <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
         </w:rPr>
         <w:footnoteRef/>
       </w:r>
-      <w:r w:rsidRPr="00BB1A1F">
+      <w:r w:rsidRPr="00505D61">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
         </w:rPr>
-        <w:t xml:space="preserve"> Bērnu vakcinācijas kalendārs profesionāļiem </w:t>
-[...19 lines deleted...]
-        <w:pStyle w:val="FootnoteText"/>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00505D61">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
-          <w:lang w:val="lv-LV"/>
-[...4 lines deleted...]
-          <w:rStyle w:val="FootnoteReference"/>
+        </w:rPr>
+        <w:t>Bērnu</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00505D61">
+        <w:rPr>
           <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
         </w:rPr>
-        <w:footnoteRef/>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="00BB1A1F">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00505D61">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
-          <w:lang w:val="lv-LV"/>
-[...6 lines deleted...]
-          <w:color w:val="333333"/>
+        </w:rPr>
+        <w:t>vakcinācijas</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00505D61">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
-          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
-[...4 lines deleted...]
-      <w:r w:rsidRPr="00BB1A1F">
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00505D61">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
-          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
-[...4 lines deleted...]
-      <w:r w:rsidRPr="00BB1A1F">
+        </w:rPr>
+        <w:t>kalendārs</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00505D61">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
-          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
-[...6 lines deleted...]
-        <w:r w:rsidRPr="00BB1A1F">
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00505D61">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+        </w:rPr>
+        <w:t>profesionāļiem</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00505D61">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId2" w:history="1">
+        <w:r w:rsidR="00ED094C" w:rsidRPr="00505D61">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
             <w:color w:val="auto"/>
             <w:sz w:val="16"/>
             <w:szCs w:val="16"/>
-            <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
-            <w:lang w:val="lv-LV"/>
           </w:rPr>
-          <w:t>Izmeklēšanas kārtība tuberkulozes un tuberkulozes infekcijas diagnostikai</w:t>
+          <w:t>https://www.spkc.gov.lv/lv/media/18729/download?attachment</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r w:rsidRPr="00BB1A1F">
-[...3 lines deleted...]
-          <w:color w:val="333333"/>
+      <w:r w:rsidR="00ED094C" w:rsidRPr="00505D61">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
-          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
-[...5 lines deleted...]
-      <w:r w:rsidRPr="00BB1A1F">
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+  </w:footnote>
+  <w:footnote w:id="4">
+    <w:p w14:paraId="387A8BA9" w14:textId="065EFDFC" w:rsidR="003507B0" w:rsidRPr="00505D61" w:rsidRDefault="003507B0" w:rsidP="003507B0">
+      <w:pPr>
+        <w:pStyle w:val="FootnoteText"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00505D61">
+        <w:rPr>
+          <w:rStyle w:val="FootnoteReference"/>
+          <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+        </w:rPr>
+        <w:footnoteRef/>
+      </w:r>
+      <w:r w:rsidRPr="00505D61">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:hyperlink r:id="rId4" w:history="1">
-[...9 lines deleted...]
-      </w:hyperlink>
+      <w:r w:rsidR="00505D61" w:rsidRPr="00505D61">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t>https://www.spkc.gov.lv/lv/tuberkuloze</w:t>
+      </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:id="5">
     <w:p w14:paraId="504CA2A4" w14:textId="77777777" w:rsidR="003507B0" w:rsidRPr="003415B0" w:rsidRDefault="003507B0" w:rsidP="003507B0">
       <w:pPr>
         <w:pStyle w:val="FootnoteText"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00BB1A1F">
+      <w:r w:rsidRPr="00505D61">
         <w:rPr>
           <w:rStyle w:val="FootnoteReference"/>
           <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
         </w:rPr>
         <w:footnoteRef/>
       </w:r>
-      <w:r w:rsidRPr="00BB1A1F">
+      <w:r w:rsidRPr="00505D61">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00BB1A1F">
+      <w:r w:rsidRPr="00505D61">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:t xml:space="preserve">Informācija Zāļu reģistrā: </w:t>
       </w:r>
-      <w:hyperlink r:id="rId5" w:history="1">
-        <w:r w:rsidRPr="00BB1A1F">
+      <w:hyperlink r:id="rId3" w:history="1">
+        <w:r w:rsidRPr="00505D61">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+            <w:color w:val="auto"/>
             <w:sz w:val="16"/>
             <w:szCs w:val="16"/>
             <w:lang w:val="lv-LV"/>
           </w:rPr>
-          <w:t>https://www.zva.gov.lv/zvais/zalu-registrs/?iss=1&amp;lang=lv&amp;q=Infanrix+hexa&amp;ON=&amp;NAC=on&amp;ESC=on&amp;ESI=on&amp;SAT=on&amp;DEC=on&amp;PIM=on&amp;SN=&amp;RN=&amp;AK=&amp;DIA=&amp;RA=&amp;LB=&amp;MFR=&amp;MDO=&amp;IK=</w:t>
+          <w:t>https://www.</w:t>
+        </w:r>
+        <w:r w:rsidRPr="00505D61">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+            <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+            <w:color w:val="auto"/>
+            <w:sz w:val="16"/>
+            <w:szCs w:val="16"/>
+            <w:lang w:val="lv-LV"/>
+          </w:rPr>
+          <w:t>z</w:t>
+        </w:r>
+        <w:r w:rsidRPr="00505D61">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+            <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+            <w:color w:val="auto"/>
+            <w:sz w:val="16"/>
+            <w:szCs w:val="16"/>
+            <w:lang w:val="lv-LV"/>
+          </w:rPr>
+          <w:t>va.gov.lv/zvais/zalu-registrs/?iss=1&amp;lang=lv&amp;q=Infanrix+hexa&amp;ON=&amp;NAC=on&amp;ESC=on&amp;ESI=on&amp;SAT=on&amp;DEC=on&amp;PIM=on&amp;SN=&amp;RN=&amp;AK=&amp;DIA=&amp;RA=&amp;LB=&amp;MFR=&amp;MDO=&amp;IK=</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
   </w:footnote>
   <w:footnote w:id="6">
     <w:p w14:paraId="27085C06" w14:textId="77777777" w:rsidR="003507B0" w:rsidRPr="009C3A5D" w:rsidRDefault="003507B0" w:rsidP="003507B0">
       <w:pPr>
         <w:pStyle w:val="FootnoteText"/>
         <w:rPr>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00DA0184">
         <w:rPr>
           <w:rStyle w:val="FootnoteReference"/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
         </w:rPr>
         <w:footnoteRef/>
       </w:r>
       <w:r w:rsidRPr="00DA0184">
         <w:rPr>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
           <w:lang w:val="lv-LV"/>
@@ -11075,66 +10658,66 @@
           <w:szCs w:val="16"/>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:t>2000.gada 26.septembra MK noteikumu Nr.330 “</w:t>
       </w:r>
       <w:r w:rsidRPr="009C3A5D">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:noProof/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
           <w:lang w:val="lv-LV" w:eastAsia="lv-LV"/>
         </w:rPr>
         <w:t xml:space="preserve">Vakcinācijas noteikumi” 1. pielikuma 3. </w:t>
       </w:r>
       <w:r w:rsidRPr="009C3A5D">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:noProof/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
           <w:lang w:val="lv-LV" w:eastAsia="lv-LV"/>
         </w:rPr>
         <w:t xml:space="preserve">punkts </w:t>
       </w:r>
-      <w:hyperlink r:id="rId6" w:history="1">
+      <w:hyperlink r:id="rId4" w:history="1">
         <w:r w:rsidRPr="009C3A5D">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
             <w:sz w:val="16"/>
             <w:szCs w:val="16"/>
             <w:lang w:val="lv-LV"/>
           </w:rPr>
           <w:t>https://likumi.lv/ta/id/11215-vakcinacijas-noteikumi</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
   </w:footnote>
   <w:footnote w:id="7">
-    <w:p w14:paraId="1C7A049B" w14:textId="77777777" w:rsidR="00124552" w:rsidRPr="00F03177" w:rsidRDefault="00124552" w:rsidP="003507B0">
+    <w:p w14:paraId="50261E69" w14:textId="77777777" w:rsidR="00374EC2" w:rsidRPr="00F03177" w:rsidRDefault="00374EC2" w:rsidP="00374EC2">
       <w:pPr>
         <w:pStyle w:val="FootnoteText"/>
         <w:rPr>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00C607D9">
         <w:rPr>
           <w:rStyle w:val="FootnoteReference"/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
         </w:rPr>
         <w:footnoteRef/>
       </w:r>
       <w:r w:rsidRPr="00C607D9">
         <w:rPr>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00F03177">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
@@ -11161,69 +10744,69 @@
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00F21EED">
         <w:rPr>
           <w:rStyle w:val="FootnoteReference"/>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
         </w:rPr>
         <w:footnoteRef/>
       </w:r>
       <w:r w:rsidRPr="00DA5053">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:hyperlink r:id="rId7" w:history="1">
+      <w:hyperlink r:id="rId5" w:history="1">
         <w:r w:rsidRPr="00DA5053">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
             <w:sz w:val="16"/>
             <w:szCs w:val="16"/>
             <w:lang w:val="lv-LV"/>
           </w:rPr>
           <w:t>https://www.zva.gov.lv/zvais/zalu-registrs/?lang=lv</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
+<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="FFFFFF1D"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="E8A2284C"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="0"/>
         </w:tabs>
         <w:ind w:left="0" w:firstLine="0"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
@@ -11883,50 +11466,139 @@
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="4680" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="04260019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5400" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0426001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6120" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="15" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="09C15DE9"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="23DC1664"/>
+    <w:lvl w:ilvl="0" w:tplc="0426000F">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="04260019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%2."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="0426001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%3."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="0426000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="04260019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%5."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="0426001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%6."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="0426000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="04260019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="0426001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%9."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="16" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="11C3278B"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="B86E0B94"/>
     <w:lvl w:ilvl="0" w:tplc="04090001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
@@ -11995,51 +11667,51 @@
     <w:lvl w:ilvl="7" w:tplc="04090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="04090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="7200" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="16" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="17" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="14803533"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="EA8C9BF0"/>
     <w:lvl w:ilvl="0" w:tplc="0426000F">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04260019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0426001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
@@ -12081,51 +11753,51 @@
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="04260019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0426001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="7200" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="17" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="18" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="14943753"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="4372C166"/>
     <w:lvl w:ilvl="0" w:tplc="479EDF5A">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="-"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1080" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04260003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1800" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
@@ -12194,51 +11866,51 @@
     <w:lvl w:ilvl="7" w:tplc="04260003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6120" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="04260005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6840" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="18" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="19" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="1AEA366D"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="623AAF3A"/>
     <w:lvl w:ilvl="0" w:tplc="0426000F">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04260019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0426001B" w:tentative="1">
@@ -12283,51 +11955,51 @@
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="04260019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0426001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="19" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="20" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="1E8E5B5C"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="4DA06680"/>
     <w:lvl w:ilvl="0" w:tplc="0426000F">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04260019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0426001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
@@ -12369,51 +12041,51 @@
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="04260019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0426001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="7200" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="20" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="21" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="222109D4"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="E17845CC"/>
     <w:lvl w:ilvl="0" w:tplc="BEC87870">
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="420" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:eastAsia="Times New Roman" w:hAnsi="Symbol" w:cs="Times New Roman" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1140" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
@@ -12481,51 +12153,51 @@
     <w:lvl w:ilvl="7" w:tplc="04090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5460" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="04090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6180" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="21" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="22" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="23B47652"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="03F87BC8"/>
     <w:lvl w:ilvl="0" w:tplc="A5BA7ECE">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="-"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1080" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04260003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1800" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
@@ -12594,51 +12266,51 @@
     <w:lvl w:ilvl="7" w:tplc="04260003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6120" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="04260005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6840" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="22" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="23" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="284C1A0F"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="73C490CC"/>
     <w:lvl w:ilvl="0" w:tplc="69545B28">
       <w:start w:val="2"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1494" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04260019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2214" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0426001B" w:tentative="1">
@@ -12683,51 +12355,51 @@
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5814" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="04260019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6534" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0426001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="7254" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="23" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="24" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="2D68331A"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="3D846E12"/>
     <w:lvl w:ilvl="0" w:tplc="0426000F">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04260019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0426001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
@@ -12769,51 +12441,51 @@
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="04260019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0426001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="24" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="25" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="311418C9"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="4E78D19A"/>
     <w:lvl w:ilvl="0" w:tplc="0426000F">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04260019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0426001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
@@ -12855,51 +12527,140 @@
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="04260019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0426001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="7200" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="25" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="26" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="32FD6066"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="382A1DE4"/>
+    <w:lvl w:ilvl="0" w:tplc="0426000F">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="04260019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%2."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="0426001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%3."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="0426000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="04260019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%5."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="0426001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%6."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="0426000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="04260019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="0426001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%9."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="27" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="397B66E0"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="D5907F40"/>
     <w:lvl w:ilvl="0" w:tplc="EF6C8DAE">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1080" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04090019">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1800" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0409001B" w:tentative="1">
@@ -12944,51 +12705,51 @@
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5400" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="04090019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6120" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0409001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6840" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="26" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="28" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="3B2E060E"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="BCB63782"/>
     <w:lvl w:ilvl="0" w:tplc="0426000F">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04260019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0426001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
@@ -13030,51 +12791,51 @@
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="04260019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0426001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="27" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="29" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="552E03CC"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="F7A62A2E"/>
     <w:lvl w:ilvl="0" w:tplc="5BF05DC0">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1080" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04260019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1800" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0426001B" w:tentative="1">
@@ -13119,51 +12880,51 @@
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5400" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="04260019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6120" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0426001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6840" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="28" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="30" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="5D5000AE"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="8280FB9E"/>
     <w:lvl w:ilvl="0" w:tplc="CC06B8FE">
       <w:start w:val="4"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="-"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1080" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1800" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
@@ -13232,51 +12993,51 @@
     <w:lvl w:ilvl="7" w:tplc="04090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6120" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="04090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6840" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="29" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="31" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="5F2B318E"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="B388DC90"/>
     <w:lvl w:ilvl="0" w:tplc="0426000F">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1854" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04260019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2574" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0426001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
@@ -13318,51 +13079,51 @@
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6174" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="04260019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6894" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0426001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="7614" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="30" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="32" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="5FBD23E0"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="F7A62A2E"/>
     <w:lvl w:ilvl="0" w:tplc="5BF05DC0">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1080" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04260019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1800" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0426001B" w:tentative="1">
@@ -13407,51 +13168,140 @@
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5400" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="04260019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6120" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0426001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6840" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="31" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="33" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="68765672"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="DD70C506"/>
+    <w:lvl w:ilvl="0" w:tplc="0426000F">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="04260019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%2."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="0426001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%3."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="0426000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="04260019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%5."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="0426001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%6."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="0426000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="04260019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="0426001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%9."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="34" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="6F265905"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="CD68BC3C"/>
     <w:lvl w:ilvl="0" w:tplc="0426000F">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04260019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0426001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
@@ -13493,51 +13343,51 @@
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="04260019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0426001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="32" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="35" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="6F776723"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="75C4787A"/>
     <w:lvl w:ilvl="0" w:tplc="0426000F">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04260019">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0426001B" w:tentative="1">
@@ -13582,51 +13432,51 @@
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="04260019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0426001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="33" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="36" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="73293973"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="7BA4E97A"/>
     <w:lvl w:ilvl="0" w:tplc="0426000F">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2574" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04260019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3294" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0426001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
@@ -13668,51 +13518,51 @@
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6894" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="04260019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="7614" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0426001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="8334" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="34" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="37" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="78FE6A46"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="8C2AC706"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="2"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="360" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1.%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
@@ -13781,51 +13631,51 @@
     <w:lvl w:ilvl="7">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1.%2.%3.%4.%5.%6.%7.%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="9000" w:hanging="1440"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1.%2.%3.%4.%5.%6.%7.%8.%9."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="10440" w:hanging="1800"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="35" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="38" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="79FD372B"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="4E78D19A"/>
     <w:lvl w:ilvl="0" w:tplc="0426000F">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04260019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0426001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
@@ -13867,51 +13717,51 @@
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="04260019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0426001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="7200" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="36" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="39" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="7ABD07B9"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="32BE17E6"/>
     <w:lvl w:ilvl="0" w:tplc="D7046124">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1494" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04260019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2214" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0426001B" w:tentative="1">
@@ -13956,51 +13806,51 @@
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5814" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="04260019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6534" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0426001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="7254" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="37" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="40" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="7F9F4FD6"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="05BAEAFE"/>
     <w:lvl w:ilvl="0" w:tplc="0409000F">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04090019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0409001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
@@ -14043,629 +13893,756 @@
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="04090019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0409001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="7200" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1" w16cid:durableId="1414932595">
-    <w:abstractNumId w:val="32"/>
+    <w:abstractNumId w:val="35"/>
   </w:num>
   <w:num w:numId="2" w16cid:durableId="1285773773">
-    <w:abstractNumId w:val="34"/>
+    <w:abstractNumId w:val="37"/>
   </w:num>
   <w:num w:numId="3" w16cid:durableId="1911573957">
     <w:abstractNumId w:val="10"/>
   </w:num>
   <w:num w:numId="4" w16cid:durableId="817111019">
     <w:abstractNumId w:val="8"/>
   </w:num>
   <w:num w:numId="5" w16cid:durableId="96683106">
     <w:abstractNumId w:val="7"/>
   </w:num>
   <w:num w:numId="6" w16cid:durableId="535043692">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="7" w16cid:durableId="501820682">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="8" w16cid:durableId="863247736">
     <w:abstractNumId w:val="9"/>
   </w:num>
   <w:num w:numId="9" w16cid:durableId="1953197074">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="10" w16cid:durableId="1962611340">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="11" w16cid:durableId="838279358">
     <w:abstractNumId w:val="2"/>
   </w:num>
   <w:num w:numId="12" w16cid:durableId="826677564">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="13" w16cid:durableId="928806092">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="14" w16cid:durableId="1485702740">
+    <w:abstractNumId w:val="21"/>
+  </w:num>
+  <w:num w:numId="15" w16cid:durableId="1699088074">
+    <w:abstractNumId w:val="30"/>
+  </w:num>
+  <w:num w:numId="16" w16cid:durableId="710611177">
+    <w:abstractNumId w:val="18"/>
+  </w:num>
+  <w:num w:numId="17" w16cid:durableId="1442606520">
+    <w:abstractNumId w:val="22"/>
+  </w:num>
+  <w:num w:numId="18" w16cid:durableId="930309131">
+    <w:abstractNumId w:val="19"/>
+  </w:num>
+  <w:num w:numId="19" w16cid:durableId="999187993">
+    <w:abstractNumId w:val="17"/>
+  </w:num>
+  <w:num w:numId="20" w16cid:durableId="1640921371">
+    <w:abstractNumId w:val="29"/>
+  </w:num>
+  <w:num w:numId="21" w16cid:durableId="1550528759">
+    <w:abstractNumId w:val="32"/>
+  </w:num>
+  <w:num w:numId="22" w16cid:durableId="1694191642">
+    <w:abstractNumId w:val="23"/>
+  </w:num>
+  <w:num w:numId="23" w16cid:durableId="1742214234">
+    <w:abstractNumId w:val="39"/>
+  </w:num>
+  <w:num w:numId="24" w16cid:durableId="155150616">
     <w:abstractNumId w:val="20"/>
   </w:num>
-  <w:num w:numId="15" w16cid:durableId="1699088074">
-    <w:abstractNumId w:val="28"/>
+  <w:num w:numId="25" w16cid:durableId="1148548926">
+    <w:abstractNumId w:val="25"/>
   </w:num>
-  <w:num w:numId="16" w16cid:durableId="710611177">
-    <w:abstractNumId w:val="17"/>
+  <w:num w:numId="26" w16cid:durableId="1341808631">
+    <w:abstractNumId w:val="38"/>
   </w:num>
-  <w:num w:numId="17" w16cid:durableId="1442606520">
-    <w:abstractNumId w:val="21"/>
+  <w:num w:numId="27" w16cid:durableId="1788039861">
+    <w:abstractNumId w:val="31"/>
   </w:num>
-  <w:num w:numId="18" w16cid:durableId="930309131">
-[...14 lines deleted...]
-  <w:num w:numId="23" w16cid:durableId="1742214234">
+  <w:num w:numId="28" w16cid:durableId="184448329">
     <w:abstractNumId w:val="36"/>
   </w:num>
-  <w:num w:numId="24" w16cid:durableId="155150616">
-[...13 lines deleted...]
-  </w:num>
   <w:num w:numId="29" w16cid:durableId="658921414">
-    <w:abstractNumId w:val="31"/>
+    <w:abstractNumId w:val="34"/>
   </w:num>
   <w:num w:numId="30" w16cid:durableId="456488171">
     <w:abstractNumId w:val="14"/>
   </w:num>
   <w:num w:numId="31" w16cid:durableId="786584965">
     <w:abstractNumId w:val="13"/>
   </w:num>
   <w:num w:numId="32" w16cid:durableId="2104185314">
-    <w:abstractNumId w:val="25"/>
+    <w:abstractNumId w:val="27"/>
   </w:num>
   <w:num w:numId="33" w16cid:durableId="1745224639">
-    <w:abstractNumId w:val="37"/>
+    <w:abstractNumId w:val="40"/>
   </w:num>
   <w:num w:numId="34" w16cid:durableId="534082406">
-    <w:abstractNumId w:val="15"/>
+    <w:abstractNumId w:val="16"/>
   </w:num>
   <w:num w:numId="35" w16cid:durableId="2000619191">
     <w:abstractNumId w:val="12"/>
   </w:num>
   <w:num w:numId="36" w16cid:durableId="1304047133">
-    <w:abstractNumId w:val="26"/>
+    <w:abstractNumId w:val="28"/>
   </w:num>
   <w:num w:numId="37" w16cid:durableId="998577747">
-    <w:abstractNumId w:val="23"/>
+    <w:abstractNumId w:val="24"/>
   </w:num>
   <w:num w:numId="38" w16cid:durableId="2066906204">
     <w:abstractNumId w:val="11"/>
+  </w:num>
+  <w:num w:numId="39" w16cid:durableId="1464539681">
+    <w:abstractNumId w:val="15"/>
+  </w:num>
+  <w:num w:numId="40" w16cid:durableId="389891000">
+    <w:abstractNumId w:val="26"/>
+  </w:num>
+  <w:num w:numId="41" w16cid:durableId="1855076571">
+    <w:abstractNumId w:val="33"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du">
-[...1 lines deleted...]
-  <w:proofState w:grammar="clean"/>
+<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
+  <w:zoom w:percent="90"/>
+  <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="720"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
     <w:footnote w:id="1"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
     <w:endnote w:id="1"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="003507B0"/>
     <w:rsid w:val="000005A2"/>
     <w:rsid w:val="0000114A"/>
     <w:rsid w:val="000027CA"/>
     <w:rsid w:val="000052F0"/>
+    <w:rsid w:val="0000558E"/>
     <w:rsid w:val="00010965"/>
     <w:rsid w:val="000236D5"/>
     <w:rsid w:val="00024275"/>
+    <w:rsid w:val="00027E73"/>
     <w:rsid w:val="00030252"/>
     <w:rsid w:val="000324AA"/>
     <w:rsid w:val="00036526"/>
+    <w:rsid w:val="00042062"/>
     <w:rsid w:val="00044804"/>
+    <w:rsid w:val="00047344"/>
     <w:rsid w:val="00071CE5"/>
     <w:rsid w:val="00076804"/>
     <w:rsid w:val="00077BA1"/>
     <w:rsid w:val="000858AB"/>
     <w:rsid w:val="00086998"/>
     <w:rsid w:val="00091436"/>
+    <w:rsid w:val="000933E6"/>
     <w:rsid w:val="00094F85"/>
     <w:rsid w:val="000950A9"/>
+    <w:rsid w:val="000A0E2B"/>
     <w:rsid w:val="000A2216"/>
     <w:rsid w:val="000B2D12"/>
     <w:rsid w:val="000B42E9"/>
     <w:rsid w:val="000B5498"/>
+    <w:rsid w:val="000B5BD6"/>
     <w:rsid w:val="000B662A"/>
     <w:rsid w:val="000C1123"/>
     <w:rsid w:val="000C7814"/>
     <w:rsid w:val="000D480A"/>
+    <w:rsid w:val="000F3B3C"/>
     <w:rsid w:val="00102E2E"/>
     <w:rsid w:val="00103D55"/>
     <w:rsid w:val="001050DA"/>
     <w:rsid w:val="00112329"/>
     <w:rsid w:val="001128AF"/>
     <w:rsid w:val="001216F8"/>
     <w:rsid w:val="00121BAF"/>
     <w:rsid w:val="00124552"/>
+    <w:rsid w:val="00124FB9"/>
     <w:rsid w:val="00131455"/>
     <w:rsid w:val="00152C7F"/>
+    <w:rsid w:val="00156D3C"/>
     <w:rsid w:val="00160492"/>
+    <w:rsid w:val="001642A3"/>
     <w:rsid w:val="001671BE"/>
     <w:rsid w:val="00171E4E"/>
     <w:rsid w:val="001725F1"/>
     <w:rsid w:val="00175D20"/>
     <w:rsid w:val="00176C85"/>
     <w:rsid w:val="00184A0B"/>
     <w:rsid w:val="0019321A"/>
+    <w:rsid w:val="001932F4"/>
     <w:rsid w:val="00195C81"/>
     <w:rsid w:val="00195DE4"/>
+    <w:rsid w:val="0019683D"/>
+    <w:rsid w:val="00197E6C"/>
     <w:rsid w:val="001B53CE"/>
     <w:rsid w:val="001B639E"/>
     <w:rsid w:val="001C0E07"/>
+    <w:rsid w:val="001C30EF"/>
     <w:rsid w:val="001C5CAE"/>
     <w:rsid w:val="001D07EF"/>
     <w:rsid w:val="001D38C0"/>
     <w:rsid w:val="001D5513"/>
     <w:rsid w:val="001D5AD1"/>
     <w:rsid w:val="001D5B7E"/>
     <w:rsid w:val="001D6260"/>
     <w:rsid w:val="001D6B7E"/>
     <w:rsid w:val="001D7D37"/>
     <w:rsid w:val="001E02F1"/>
     <w:rsid w:val="001E4FF8"/>
+    <w:rsid w:val="001E5CBC"/>
     <w:rsid w:val="001F599B"/>
+    <w:rsid w:val="001F72CC"/>
+    <w:rsid w:val="0020065A"/>
     <w:rsid w:val="002007DF"/>
     <w:rsid w:val="00206286"/>
     <w:rsid w:val="002104F7"/>
+    <w:rsid w:val="00213CE8"/>
     <w:rsid w:val="0021742A"/>
+    <w:rsid w:val="00220370"/>
     <w:rsid w:val="002351E4"/>
     <w:rsid w:val="0024348A"/>
     <w:rsid w:val="00245ACC"/>
     <w:rsid w:val="00245B64"/>
     <w:rsid w:val="00247DC5"/>
     <w:rsid w:val="00247F93"/>
+    <w:rsid w:val="00253996"/>
     <w:rsid w:val="00254229"/>
     <w:rsid w:val="00266CAA"/>
     <w:rsid w:val="00274872"/>
+    <w:rsid w:val="00274E12"/>
     <w:rsid w:val="00287B6B"/>
     <w:rsid w:val="0029307D"/>
     <w:rsid w:val="00293374"/>
+    <w:rsid w:val="00293D0A"/>
     <w:rsid w:val="002975C1"/>
     <w:rsid w:val="002A1D5E"/>
     <w:rsid w:val="002A3D69"/>
     <w:rsid w:val="002B01B3"/>
     <w:rsid w:val="002B7113"/>
     <w:rsid w:val="002C37AA"/>
     <w:rsid w:val="002D2E04"/>
     <w:rsid w:val="002D64D4"/>
+    <w:rsid w:val="002D6FEB"/>
     <w:rsid w:val="002D76AB"/>
     <w:rsid w:val="002E46F7"/>
     <w:rsid w:val="002F0EAA"/>
     <w:rsid w:val="002F0F34"/>
     <w:rsid w:val="002F487B"/>
     <w:rsid w:val="003031DA"/>
     <w:rsid w:val="00303A04"/>
     <w:rsid w:val="00313002"/>
     <w:rsid w:val="0031537B"/>
     <w:rsid w:val="00316534"/>
     <w:rsid w:val="003200FD"/>
     <w:rsid w:val="00320AB0"/>
     <w:rsid w:val="0032242F"/>
     <w:rsid w:val="00323B3E"/>
     <w:rsid w:val="00331131"/>
     <w:rsid w:val="003336A3"/>
     <w:rsid w:val="0034034D"/>
     <w:rsid w:val="00344B42"/>
     <w:rsid w:val="003507B0"/>
+    <w:rsid w:val="0035575E"/>
+    <w:rsid w:val="00364415"/>
     <w:rsid w:val="0036477F"/>
     <w:rsid w:val="0037322E"/>
     <w:rsid w:val="00374649"/>
+    <w:rsid w:val="00374EC2"/>
     <w:rsid w:val="00375DFA"/>
     <w:rsid w:val="00376CF1"/>
     <w:rsid w:val="003806F8"/>
     <w:rsid w:val="0038474E"/>
+    <w:rsid w:val="003848B5"/>
     <w:rsid w:val="00390F43"/>
     <w:rsid w:val="003B0E12"/>
     <w:rsid w:val="003C58C9"/>
     <w:rsid w:val="003D2175"/>
     <w:rsid w:val="003D2DCF"/>
     <w:rsid w:val="003E2422"/>
     <w:rsid w:val="003E2CC2"/>
     <w:rsid w:val="003E4917"/>
     <w:rsid w:val="003F242F"/>
     <w:rsid w:val="003F4C07"/>
     <w:rsid w:val="003F659B"/>
+    <w:rsid w:val="003F6743"/>
     <w:rsid w:val="003F73B6"/>
+    <w:rsid w:val="00400B29"/>
     <w:rsid w:val="00401C87"/>
     <w:rsid w:val="00402274"/>
     <w:rsid w:val="00412325"/>
     <w:rsid w:val="0041632D"/>
     <w:rsid w:val="00426B02"/>
     <w:rsid w:val="004319A1"/>
     <w:rsid w:val="00437CFC"/>
     <w:rsid w:val="0044738C"/>
     <w:rsid w:val="00450E32"/>
+    <w:rsid w:val="004800C7"/>
     <w:rsid w:val="00485D7C"/>
     <w:rsid w:val="004874AA"/>
+    <w:rsid w:val="004952E7"/>
     <w:rsid w:val="004A0981"/>
     <w:rsid w:val="004A42F2"/>
     <w:rsid w:val="004A6916"/>
     <w:rsid w:val="004A7162"/>
     <w:rsid w:val="004B05D8"/>
+    <w:rsid w:val="004B21C8"/>
     <w:rsid w:val="004B393A"/>
     <w:rsid w:val="004C515F"/>
     <w:rsid w:val="004D3828"/>
     <w:rsid w:val="004E126E"/>
+    <w:rsid w:val="004E47B1"/>
+    <w:rsid w:val="004F36AB"/>
+    <w:rsid w:val="00500E89"/>
+    <w:rsid w:val="00505D61"/>
     <w:rsid w:val="005073B2"/>
     <w:rsid w:val="00511A6A"/>
+    <w:rsid w:val="00511D3D"/>
     <w:rsid w:val="00526338"/>
+    <w:rsid w:val="005302B8"/>
+    <w:rsid w:val="005317C7"/>
+    <w:rsid w:val="00545901"/>
     <w:rsid w:val="00555760"/>
+    <w:rsid w:val="00555AB4"/>
     <w:rsid w:val="0055732B"/>
     <w:rsid w:val="0056263F"/>
     <w:rsid w:val="005677AC"/>
     <w:rsid w:val="00571DD0"/>
     <w:rsid w:val="00576DFB"/>
     <w:rsid w:val="0058423E"/>
+    <w:rsid w:val="005939EB"/>
+    <w:rsid w:val="005B1A78"/>
     <w:rsid w:val="005B315E"/>
     <w:rsid w:val="005C336B"/>
     <w:rsid w:val="005C4DB8"/>
     <w:rsid w:val="005D5785"/>
     <w:rsid w:val="005D5F57"/>
+    <w:rsid w:val="005D6A04"/>
     <w:rsid w:val="005D76AF"/>
     <w:rsid w:val="005F0A59"/>
     <w:rsid w:val="005F10F7"/>
     <w:rsid w:val="005F1A46"/>
     <w:rsid w:val="005F69E3"/>
     <w:rsid w:val="005F7BD0"/>
     <w:rsid w:val="00600318"/>
+    <w:rsid w:val="00603A48"/>
     <w:rsid w:val="00623F19"/>
     <w:rsid w:val="00625A01"/>
     <w:rsid w:val="00626642"/>
     <w:rsid w:val="00626F6D"/>
     <w:rsid w:val="006331F0"/>
     <w:rsid w:val="00636C5E"/>
+    <w:rsid w:val="006373FC"/>
     <w:rsid w:val="00640CCE"/>
     <w:rsid w:val="00640D52"/>
     <w:rsid w:val="0065408A"/>
     <w:rsid w:val="00654802"/>
     <w:rsid w:val="00661830"/>
     <w:rsid w:val="00661F06"/>
     <w:rsid w:val="00667D18"/>
     <w:rsid w:val="00671E7A"/>
     <w:rsid w:val="0067376C"/>
     <w:rsid w:val="00673C8D"/>
     <w:rsid w:val="00674D5C"/>
+    <w:rsid w:val="00680E8C"/>
     <w:rsid w:val="0068550F"/>
     <w:rsid w:val="006925CC"/>
     <w:rsid w:val="00696705"/>
     <w:rsid w:val="006A1077"/>
     <w:rsid w:val="006A3034"/>
+    <w:rsid w:val="006B14B9"/>
     <w:rsid w:val="006B646F"/>
     <w:rsid w:val="006B7CEA"/>
     <w:rsid w:val="006C3B35"/>
+    <w:rsid w:val="006C4489"/>
     <w:rsid w:val="006C506F"/>
+    <w:rsid w:val="006D4116"/>
+    <w:rsid w:val="006D4E84"/>
     <w:rsid w:val="00702B5D"/>
+    <w:rsid w:val="00717181"/>
     <w:rsid w:val="007224F2"/>
     <w:rsid w:val="00723CC2"/>
     <w:rsid w:val="00735486"/>
+    <w:rsid w:val="00737836"/>
     <w:rsid w:val="00744125"/>
     <w:rsid w:val="00761555"/>
     <w:rsid w:val="007620B6"/>
+    <w:rsid w:val="00775ABD"/>
+    <w:rsid w:val="0077646F"/>
     <w:rsid w:val="00780C5E"/>
     <w:rsid w:val="00782B68"/>
     <w:rsid w:val="007845AC"/>
     <w:rsid w:val="00790DF9"/>
     <w:rsid w:val="00790F7E"/>
     <w:rsid w:val="00796AF2"/>
     <w:rsid w:val="007A3F1B"/>
     <w:rsid w:val="007A66C1"/>
     <w:rsid w:val="007B0CBE"/>
     <w:rsid w:val="007B5328"/>
     <w:rsid w:val="007B54FB"/>
     <w:rsid w:val="007D05B0"/>
     <w:rsid w:val="007D2572"/>
+    <w:rsid w:val="007D2EC0"/>
     <w:rsid w:val="008011DD"/>
     <w:rsid w:val="008056BF"/>
     <w:rsid w:val="00812575"/>
+    <w:rsid w:val="008166A0"/>
     <w:rsid w:val="008310F5"/>
     <w:rsid w:val="00831DB2"/>
+    <w:rsid w:val="0083624E"/>
     <w:rsid w:val="00841C3E"/>
     <w:rsid w:val="008426CF"/>
     <w:rsid w:val="00844799"/>
     <w:rsid w:val="00861520"/>
+    <w:rsid w:val="00862322"/>
+    <w:rsid w:val="008667A4"/>
     <w:rsid w:val="00867170"/>
     <w:rsid w:val="00872A5C"/>
+    <w:rsid w:val="0087325E"/>
     <w:rsid w:val="008734CC"/>
     <w:rsid w:val="00874A4F"/>
     <w:rsid w:val="008756BF"/>
     <w:rsid w:val="0087668D"/>
     <w:rsid w:val="00887728"/>
     <w:rsid w:val="00887CB8"/>
     <w:rsid w:val="008901DC"/>
     <w:rsid w:val="00892E6A"/>
+    <w:rsid w:val="008A6561"/>
     <w:rsid w:val="008B1353"/>
+    <w:rsid w:val="008B198B"/>
     <w:rsid w:val="008B2395"/>
     <w:rsid w:val="008B5F99"/>
     <w:rsid w:val="008C0B56"/>
+    <w:rsid w:val="008C3390"/>
     <w:rsid w:val="008C7BD0"/>
     <w:rsid w:val="008D692F"/>
     <w:rsid w:val="008D7960"/>
     <w:rsid w:val="008E1259"/>
     <w:rsid w:val="008F130F"/>
     <w:rsid w:val="00901433"/>
     <w:rsid w:val="00904947"/>
     <w:rsid w:val="00906F15"/>
     <w:rsid w:val="0090761D"/>
     <w:rsid w:val="009210C7"/>
     <w:rsid w:val="00921189"/>
+    <w:rsid w:val="00921809"/>
     <w:rsid w:val="00922ECF"/>
     <w:rsid w:val="00923DBD"/>
     <w:rsid w:val="00932C85"/>
+    <w:rsid w:val="00944AEA"/>
     <w:rsid w:val="00952D18"/>
     <w:rsid w:val="00961BB0"/>
     <w:rsid w:val="00980328"/>
     <w:rsid w:val="00991A1D"/>
     <w:rsid w:val="00994FCE"/>
     <w:rsid w:val="009A60E5"/>
     <w:rsid w:val="009A66DC"/>
     <w:rsid w:val="009A73BE"/>
     <w:rsid w:val="009A7B1E"/>
     <w:rsid w:val="009B0F40"/>
     <w:rsid w:val="009B1F1A"/>
     <w:rsid w:val="009B3909"/>
     <w:rsid w:val="009B5949"/>
     <w:rsid w:val="009B6C8A"/>
     <w:rsid w:val="009C0AD5"/>
     <w:rsid w:val="009C33ED"/>
     <w:rsid w:val="009C3A5D"/>
     <w:rsid w:val="009C3CC7"/>
     <w:rsid w:val="009D0650"/>
     <w:rsid w:val="009D096A"/>
     <w:rsid w:val="009D4390"/>
     <w:rsid w:val="009D5828"/>
     <w:rsid w:val="009D7E5C"/>
     <w:rsid w:val="009E2DEA"/>
     <w:rsid w:val="009E540A"/>
     <w:rsid w:val="009F0E95"/>
     <w:rsid w:val="009F14E9"/>
     <w:rsid w:val="009F2513"/>
     <w:rsid w:val="009F32CF"/>
     <w:rsid w:val="00A00828"/>
     <w:rsid w:val="00A02D21"/>
+    <w:rsid w:val="00A04041"/>
     <w:rsid w:val="00A04395"/>
     <w:rsid w:val="00A06564"/>
     <w:rsid w:val="00A139DC"/>
     <w:rsid w:val="00A13D58"/>
     <w:rsid w:val="00A16353"/>
     <w:rsid w:val="00A21846"/>
+    <w:rsid w:val="00A23766"/>
     <w:rsid w:val="00A33325"/>
+    <w:rsid w:val="00A46328"/>
     <w:rsid w:val="00A46FBF"/>
+    <w:rsid w:val="00A5086C"/>
     <w:rsid w:val="00A50BE7"/>
     <w:rsid w:val="00A550EA"/>
+    <w:rsid w:val="00A56C53"/>
+    <w:rsid w:val="00A56CA7"/>
     <w:rsid w:val="00A708E4"/>
+    <w:rsid w:val="00A76C48"/>
+    <w:rsid w:val="00A837A3"/>
+    <w:rsid w:val="00A840C5"/>
     <w:rsid w:val="00A953B9"/>
     <w:rsid w:val="00AA34EA"/>
     <w:rsid w:val="00AA4812"/>
     <w:rsid w:val="00AB2976"/>
     <w:rsid w:val="00AB5908"/>
     <w:rsid w:val="00AB6C08"/>
     <w:rsid w:val="00AC044E"/>
+    <w:rsid w:val="00AC0E73"/>
     <w:rsid w:val="00AC2946"/>
     <w:rsid w:val="00AC5092"/>
     <w:rsid w:val="00AC6F11"/>
     <w:rsid w:val="00AD79CD"/>
     <w:rsid w:val="00AF5503"/>
     <w:rsid w:val="00AF604A"/>
     <w:rsid w:val="00AF6B32"/>
+    <w:rsid w:val="00B0373B"/>
     <w:rsid w:val="00B047E4"/>
+    <w:rsid w:val="00B04830"/>
     <w:rsid w:val="00B05B67"/>
     <w:rsid w:val="00B075D9"/>
+    <w:rsid w:val="00B07617"/>
     <w:rsid w:val="00B0788B"/>
     <w:rsid w:val="00B13005"/>
     <w:rsid w:val="00B22D04"/>
+    <w:rsid w:val="00B24155"/>
     <w:rsid w:val="00B33B46"/>
     <w:rsid w:val="00B40DBF"/>
     <w:rsid w:val="00B435A8"/>
     <w:rsid w:val="00B45B6B"/>
     <w:rsid w:val="00B52C17"/>
+    <w:rsid w:val="00B544E1"/>
     <w:rsid w:val="00B71DB1"/>
     <w:rsid w:val="00B7377B"/>
     <w:rsid w:val="00B804B3"/>
     <w:rsid w:val="00B90D04"/>
     <w:rsid w:val="00B91506"/>
+    <w:rsid w:val="00B91DBF"/>
     <w:rsid w:val="00B94D02"/>
     <w:rsid w:val="00BA6205"/>
     <w:rsid w:val="00BB1A1F"/>
     <w:rsid w:val="00BD1B7C"/>
     <w:rsid w:val="00BD1C62"/>
     <w:rsid w:val="00BD3771"/>
     <w:rsid w:val="00BD5DD3"/>
     <w:rsid w:val="00BE0448"/>
     <w:rsid w:val="00BE0A5A"/>
+    <w:rsid w:val="00BE0BDD"/>
     <w:rsid w:val="00BF67E9"/>
     <w:rsid w:val="00C17870"/>
     <w:rsid w:val="00C21ECC"/>
     <w:rsid w:val="00C31EE2"/>
     <w:rsid w:val="00C362A7"/>
     <w:rsid w:val="00C407A9"/>
     <w:rsid w:val="00C41908"/>
     <w:rsid w:val="00C50734"/>
     <w:rsid w:val="00C57CFC"/>
     <w:rsid w:val="00C607D9"/>
     <w:rsid w:val="00C6175C"/>
     <w:rsid w:val="00C659EC"/>
+    <w:rsid w:val="00C763A8"/>
     <w:rsid w:val="00C76F2B"/>
     <w:rsid w:val="00C81F80"/>
     <w:rsid w:val="00C87900"/>
     <w:rsid w:val="00C90435"/>
+    <w:rsid w:val="00C97B00"/>
     <w:rsid w:val="00CA417D"/>
     <w:rsid w:val="00CA66A5"/>
     <w:rsid w:val="00CB26B2"/>
     <w:rsid w:val="00CB5376"/>
     <w:rsid w:val="00CB58B0"/>
     <w:rsid w:val="00CC3B3C"/>
     <w:rsid w:val="00CC4B5A"/>
     <w:rsid w:val="00CC7464"/>
     <w:rsid w:val="00CD04D1"/>
+    <w:rsid w:val="00CD5604"/>
     <w:rsid w:val="00CD7D55"/>
     <w:rsid w:val="00CE30C1"/>
+    <w:rsid w:val="00CE4AE4"/>
     <w:rsid w:val="00CE5C48"/>
     <w:rsid w:val="00CE6D09"/>
     <w:rsid w:val="00CE6E1A"/>
     <w:rsid w:val="00D029B5"/>
     <w:rsid w:val="00D0563D"/>
     <w:rsid w:val="00D11A0E"/>
+    <w:rsid w:val="00D12C25"/>
+    <w:rsid w:val="00D15874"/>
     <w:rsid w:val="00D20B8D"/>
     <w:rsid w:val="00D2113D"/>
     <w:rsid w:val="00D23DD8"/>
     <w:rsid w:val="00D30115"/>
     <w:rsid w:val="00D3233E"/>
     <w:rsid w:val="00D32A9A"/>
     <w:rsid w:val="00D32EE4"/>
     <w:rsid w:val="00D40A18"/>
+    <w:rsid w:val="00D414A2"/>
+    <w:rsid w:val="00D42708"/>
     <w:rsid w:val="00D44B45"/>
+    <w:rsid w:val="00D52005"/>
     <w:rsid w:val="00D547C8"/>
     <w:rsid w:val="00D551A7"/>
     <w:rsid w:val="00D65641"/>
     <w:rsid w:val="00D723E2"/>
     <w:rsid w:val="00D73920"/>
     <w:rsid w:val="00D80273"/>
     <w:rsid w:val="00D810A0"/>
     <w:rsid w:val="00D81E41"/>
     <w:rsid w:val="00D830B2"/>
+    <w:rsid w:val="00D90B36"/>
     <w:rsid w:val="00D9175D"/>
+    <w:rsid w:val="00D928BF"/>
     <w:rsid w:val="00D96259"/>
     <w:rsid w:val="00DA0184"/>
     <w:rsid w:val="00DA4388"/>
+    <w:rsid w:val="00DB5E30"/>
     <w:rsid w:val="00DB6F3C"/>
     <w:rsid w:val="00DB763B"/>
     <w:rsid w:val="00DC0896"/>
+    <w:rsid w:val="00DC5E85"/>
     <w:rsid w:val="00DC64AB"/>
     <w:rsid w:val="00DD0281"/>
     <w:rsid w:val="00DD1C11"/>
     <w:rsid w:val="00E01921"/>
     <w:rsid w:val="00E10215"/>
+    <w:rsid w:val="00E16594"/>
     <w:rsid w:val="00E176C7"/>
     <w:rsid w:val="00E30E35"/>
     <w:rsid w:val="00E31B52"/>
     <w:rsid w:val="00E34323"/>
+    <w:rsid w:val="00E3449E"/>
     <w:rsid w:val="00E42480"/>
     <w:rsid w:val="00E46E00"/>
+    <w:rsid w:val="00E55C8D"/>
     <w:rsid w:val="00E57761"/>
     <w:rsid w:val="00E60C65"/>
+    <w:rsid w:val="00E6201F"/>
     <w:rsid w:val="00E633CE"/>
     <w:rsid w:val="00E66BC6"/>
     <w:rsid w:val="00E67686"/>
     <w:rsid w:val="00E718F5"/>
     <w:rsid w:val="00E74DB7"/>
     <w:rsid w:val="00E83CDA"/>
     <w:rsid w:val="00E847F6"/>
     <w:rsid w:val="00E851E9"/>
     <w:rsid w:val="00E8618B"/>
     <w:rsid w:val="00E8772F"/>
     <w:rsid w:val="00E9142B"/>
     <w:rsid w:val="00E945D0"/>
+    <w:rsid w:val="00EA7194"/>
     <w:rsid w:val="00EB265D"/>
+    <w:rsid w:val="00EC0882"/>
     <w:rsid w:val="00EC107A"/>
     <w:rsid w:val="00EC4D3C"/>
+    <w:rsid w:val="00EC7911"/>
     <w:rsid w:val="00EC7FF8"/>
+    <w:rsid w:val="00ED094C"/>
     <w:rsid w:val="00ED0BE4"/>
     <w:rsid w:val="00ED6006"/>
     <w:rsid w:val="00EE0138"/>
+    <w:rsid w:val="00EE1815"/>
     <w:rsid w:val="00EE3639"/>
     <w:rsid w:val="00EE42C1"/>
+    <w:rsid w:val="00EE5877"/>
+    <w:rsid w:val="00EF249D"/>
     <w:rsid w:val="00EF6FF8"/>
+    <w:rsid w:val="00F010EE"/>
     <w:rsid w:val="00F1080A"/>
+    <w:rsid w:val="00F20BA8"/>
+    <w:rsid w:val="00F217B1"/>
     <w:rsid w:val="00F2183D"/>
+    <w:rsid w:val="00F235B8"/>
     <w:rsid w:val="00F23877"/>
     <w:rsid w:val="00F257B6"/>
     <w:rsid w:val="00F3050B"/>
     <w:rsid w:val="00F32E47"/>
+    <w:rsid w:val="00F40861"/>
+    <w:rsid w:val="00F41C6A"/>
     <w:rsid w:val="00F45F25"/>
+    <w:rsid w:val="00F51EA9"/>
     <w:rsid w:val="00F56263"/>
     <w:rsid w:val="00F56445"/>
     <w:rsid w:val="00F573C9"/>
     <w:rsid w:val="00F608A5"/>
+    <w:rsid w:val="00F6286F"/>
     <w:rsid w:val="00F62E22"/>
     <w:rsid w:val="00F66685"/>
+    <w:rsid w:val="00F66C24"/>
     <w:rsid w:val="00F71685"/>
+    <w:rsid w:val="00F73EEF"/>
     <w:rsid w:val="00F75A55"/>
     <w:rsid w:val="00F96EBB"/>
     <w:rsid w:val="00FA4AD5"/>
     <w:rsid w:val="00FA54FD"/>
     <w:rsid w:val="00FB3D91"/>
     <w:rsid w:val="00FC2DBA"/>
     <w:rsid w:val="00FC43E2"/>
     <w:rsid w:val="00FD1C82"/>
     <w:rsid w:val="00FD2D8C"/>
     <w:rsid w:val="00FD4E78"/>
     <w:rsid w:val="00FE5E3E"/>
     <w:rsid w:val="01CBAE65"/>
     <w:rsid w:val="058ADED7"/>
     <w:rsid w:val="06DFB86E"/>
     <w:rsid w:val="0712BD19"/>
     <w:rsid w:val="083691E0"/>
     <w:rsid w:val="087EC22E"/>
     <w:rsid w:val="0883A82B"/>
     <w:rsid w:val="08B45811"/>
     <w:rsid w:val="09CE3B9D"/>
     <w:rsid w:val="0B772FA1"/>
     <w:rsid w:val="0B8FDF82"/>
     <w:rsid w:val="0C6217E2"/>
     <w:rsid w:val="0E0C10C8"/>
     <w:rsid w:val="0E99686E"/>
@@ -14765,56 +14742,56 @@
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="en-US" w:eastAsia="ja-JP" w:bidi="ar-SA"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="1026"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
   <w14:docId w14:val="0259FD54"/>
   <w15:chartTrackingRefBased/>
-  <w15:docId w15:val="{DDD57E4B-68D9-42A1-A8F5-F52D6ACFCDA9}"/>
+  <w15:docId w15:val="{BDDF7DF8-B3A7-45C0-AF46-C87D2EDFC5A2}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du">
+<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:semiHidden="1" w:uiPriority="0" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:semiHidden="1" w:uiPriority="0" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 8" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
@@ -15186,54 +15163,54 @@
     <w:lsdException w:name="Unresolved Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Smart Link" w:semiHidden="1" w:unhideWhenUsed="1"/>
   </w:latentStyles>
   <w:style w:type="paragraph" w:default="1" w:styleId="Normal">
     <w:name w:val="Normal"/>
     <w:qFormat/>
     <w:rsid w:val="003507B0"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
       <w:sz w:val="24"/>
       <w:szCs w:val="20"/>
       <w:lang w:val="lv-LV"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Heading1">
     <w:name w:val="heading 1"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:link w:val="Heading1Char"/>
     <w:autoRedefine/>
     <w:uiPriority w:val="9"/>
     <w:qFormat/>
-    <w:rsid w:val="00B075D9"/>
+    <w:rsid w:val="00CE4AE4"/>
     <w:pPr>
       <w:keepNext/>
-      <w:spacing w:before="120" w:after="120"/>
+      <w:contextualSpacing/>
       <w:jc w:val="center"/>
       <w:outlineLvl w:val="0"/>
     </w:pPr>
     <w:rPr>
       <w:b/>
       <w:bCs/>
       <w:sz w:val="28"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Heading2">
     <w:name w:val="heading 2"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:link w:val="Heading2Char"/>
     <w:autoRedefine/>
     <w:qFormat/>
     <w:rsid w:val="003507B0"/>
     <w:pPr>
       <w:keepNext/>
       <w:tabs>
         <w:tab w:val="num" w:pos="495"/>
       </w:tabs>
       <w:ind w:left="495" w:hanging="495"/>
       <w:outlineLvl w:val="1"/>
     </w:pPr>
@@ -15307,51 +15284,51 @@
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="NoList">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="Heading1Char">
     <w:name w:val="Heading 1 Char"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:link w:val="Heading1"/>
     <w:uiPriority w:val="9"/>
-    <w:rsid w:val="00B075D9"/>
+    <w:rsid w:val="00CE4AE4"/>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
       <w:b/>
       <w:bCs/>
       <w:sz w:val="28"/>
       <w:szCs w:val="20"/>
       <w:lang w:val="lv-LV"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="Heading2Char">
     <w:name w:val="Heading 2 Char"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:link w:val="Heading2"/>
     <w:rsid w:val="003507B0"/>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
       <w:b/>
       <w:sz w:val="24"/>
       <w:szCs w:val="20"/>
       <w:lang w:val="lv-LV"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="Heading3Char">
     <w:name w:val="Heading 3 Char"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
@@ -15907,51 +15884,51 @@
       <w:szCs w:val="20"/>
       <w:lang w:val="lv-LV"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:styleId="Strong">
     <w:name w:val="Strong"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:uiPriority w:val="22"/>
     <w:qFormat/>
     <w:rsid w:val="003507B0"/>
     <w:rPr>
       <w:b/>
       <w:bCs/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="TOCHeading">
     <w:name w:val="TOC Heading"/>
     <w:basedOn w:val="Heading1"/>
     <w:next w:val="Normal"/>
     <w:uiPriority w:val="39"/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:rsid w:val="003507B0"/>
     <w:pPr>
       <w:keepLines/>
-      <w:spacing w:before="240" w:after="0" w:line="259" w:lineRule="auto"/>
+      <w:spacing w:before="240" w:line="259" w:lineRule="auto"/>
       <w:jc w:val="left"/>
       <w:outlineLvl w:val="9"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
       <w:b w:val="0"/>
       <w:bCs w:val="0"/>
       <w:color w:val="2F5496" w:themeColor="accent1" w:themeShade="BF"/>
       <w:sz w:val="32"/>
       <w:szCs w:val="32"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="TOC1">
     <w:name w:val="toc 1"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:autoRedefine/>
     <w:uiPriority w:val="39"/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="003507B0"/>
     <w:pPr>
       <w:spacing w:after="100"/>
     </w:pPr>
   </w:style>
@@ -16008,67 +15985,92 @@
       <w:shd w:val="clear" w:color="auto" w:fill="E1DFDD"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:styleId="UnresolvedMention">
     <w:name w:val="Unresolved Mention"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="000236D5"/>
     <w:rPr>
       <w:color w:val="605E5C"/>
       <w:shd w:val="clear" w:color="auto" w:fill="E1DFDD"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="cf01">
     <w:name w:val="cf01"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:rsid w:val="00AC044E"/>
     <w:rPr>
       <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI" w:hint="default"/>
       <w:sz w:val="18"/>
       <w:szCs w:val="18"/>
     </w:rPr>
   </w:style>
+  <w:style w:type="table" w:customStyle="1" w:styleId="TableGrid1">
+    <w:name w:val="Table Grid1"/>
+    <w:basedOn w:val="TableNormal"/>
+    <w:next w:val="TableGrid"/>
+    <w:uiPriority w:val="39"/>
+    <w:rsid w:val="00374EC2"/>
+    <w:pPr>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:kern w:val="2"/>
+      <w:lang w:val="lv-LV"/>
+      <w14:ligatures w14:val="standardContextual"/>
+    </w:rPr>
+    <w:tblPr>
+      <w:tblBorders>
+        <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+        <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+        <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+        <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+        <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+        <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+      </w:tblBorders>
+    </w:tblPr>
+  </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du">
+<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:optimizeForBrowser/>
   <w:relyOnVML/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/diagramLayout" Target="diagrams/layout1.xml"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/diagramData" Target="diagrams/data1.xml"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.spkc.gov.lv/lv/vakcinacija" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml"/><Relationship Id="rId16" Type="http://schemas.microsoft.com/office/2007/relationships/diagramDrawing" Target="diagrams/drawing1.xml"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.spkc.gov.lv/lv/vakcinacija" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/diagramColors" Target="diagrams/colors1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item4.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/diagramQuickStyle" Target="diagrams/quickStyle1.xml"/></Relationships>
 </file>
 
 <file path=word/_rels/footnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://spkc.gov.lv/upload/Profesion%C4%81%C4%BCiem/izmeklesanas_kartiba_tb_ltbi_diagnostikailabots16.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.zva.gov.lv/zvais/zalu-registrs/?lang=lv" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.spkc.gov.lv/lv/media/17152/download" TargetMode="External"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://likumi.lv/doc.php?id=11215" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://likumi.lv/ta/id/11215-vakcinacijas-noteikumi" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.zva.gov.lv/zvais/zalu-registrs/?iss=1&amp;lang=lv&amp;q=Infanrix+hexa&amp;ON=&amp;NAC=on&amp;ESC=on&amp;ESI=on&amp;SAT=on&amp;DEC=on&amp;PIM=on&amp;SN=&amp;RN=&amp;AK=&amp;DIA=&amp;RA=&amp;LB=&amp;MFR=&amp;MDO=&amp;IK=" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://spkc.gov.lv/upload/Profesion%C4%81%C4%BCiem/izmeklesanas_kartiba_tb_ltbi_diagnostikailabots16.pdf" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.zva.gov.lv/zvais/zalu-registrs/?iss=1&amp;lang=lv&amp;q=Infanrix+hexa&amp;ON=&amp;NAC=on&amp;ESC=on&amp;ESI=on&amp;SAT=on&amp;DEC=on&amp;PIM=on&amp;SN=&amp;RN=&amp;AK=&amp;DIA=&amp;RA=&amp;LB=&amp;MFR=&amp;MDO=&amp;IK=" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.spkc.gov.lv/lv/media/18729/download?attachment" TargetMode="External"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://likumi.lv/doc.php?id=11215" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.zva.gov.lv/zvais/zalu-registrs/?lang=lv" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://likumi.lv/ta/id/11215-vakcinacijas-noteikumi" TargetMode="External"/></Relationships>
 </file>
 
 <file path=word/diagrams/colors1.xml><?xml version="1.0" encoding="utf-8"?>
 <dgm:colorsDef xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" uniqueId="urn:microsoft.com/office/officeart/2005/8/colors/accent1_2">
   <dgm:title val=""/>
   <dgm:desc val=""/>
   <dgm:catLst>
     <dgm:cat type="accent1" pri="11200"/>
   </dgm:catLst>
   <dgm:styleLbl name="node0">
     <dgm:fillClrLst meth="repeat">
       <a:schemeClr val="accent1"/>
     </dgm:fillClrLst>
     <dgm:linClrLst meth="repeat">
       <a:schemeClr val="lt1"/>
     </dgm:linClrLst>
     <dgm:effectClrLst/>
     <dgm:txLinClrLst/>
     <dgm:txFillClrLst/>
     <dgm:txEffectClrLst/>
   </dgm:styleLbl>
   <dgm:styleLbl name="alignNode1">
     <dgm:fillClrLst meth="repeat">
       <a:schemeClr val="accent1"/>
     </dgm:fillClrLst>
@@ -19745,54 +19747,50 @@
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps2.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps3.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps4.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
-<b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APASixthEditionOfficeOnline.xsl" StyleName="APA" Version="6"/>
-[...2 lines deleted...]
-<file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
 <ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Document" ma:contentTypeID="0x010100BD060BB6384855488F87B85B2E0635F1" ma:contentTypeVersion="9" ma:contentTypeDescription="Create a new document." ma:contentTypeScope="" ma:versionID="fce0de8ab6c88c473f4573f4162aacc7">
   <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns3="a79f0a9d-ab90-4ed8-b4cb-bfad3a8b69d2" xmlns:ns4="e17cd38e-84e7-4a9a-bc58-52d7cfd9e607" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="274d2f80c328945894fd9e31a1242276" ns3:_="" ns4:_="">
     <xsd:import namespace="a79f0a9d-ab90-4ed8-b4cb-bfad3a8b69d2"/>
     <xsd:import namespace="e17cd38e-84e7-4a9a-bc58-52d7cfd9e607"/>
     <xsd:element name="properties">
       <xsd:complexType>
         <xsd:sequence>
           <xsd:element name="documentManagement">
             <xsd:complexType>
               <xsd:all>
                 <xsd:element ref="ns3:MediaServiceMetadata" minOccurs="0"/>
                 <xsd:element ref="ns3:MediaServiceFastMetadata" minOccurs="0"/>
                 <xsd:element ref="ns4:SharedWithUsers" minOccurs="0"/>
                 <xsd:element ref="ns4:SharedWithDetails" minOccurs="0"/>
                 <xsd:element ref="ns4:SharingHintHash" minOccurs="0"/>
                 <xsd:element ref="ns3:MediaServiceAutoTags" minOccurs="0"/>
                 <xsd:element ref="ns3:MediaServiceOCR" minOccurs="0"/>
                 <xsd:element ref="ns3:MediaServiceGenerationTime" minOccurs="0"/>
                 <xsd:element ref="ns3:MediaServiceEventHashCode" minOccurs="0"/>
               </xsd:all>
             </xsd:complexType>
           </xsd:element>
         </xsd:sequence>
       </xsd:complexType>
     </xsd:element>
@@ -19945,302 +19943,334 @@
     <xs:element name="EntityId2" type="xs:string"/>
     <xs:element name="EntityId3" type="xs:string"/>
     <xs:element name="EntityId4" type="xs:string"/>
     <xs:element name="EntityId5" type="xs:string"/>
     <xs:element name="Terms">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermInfo" minOccurs="0" maxOccurs="unbounded"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermInfo">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermName" minOccurs="0"/>
           <xs:element ref="pc:TermId" minOccurs="0"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermName" type="xs:string"/>
     <xs:element name="TermId" type="xs:string"/>
   </xs:schema>
 </ct:contentTypeSchema>
 </file>
 
-<file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
 <?mso-contentType ?>
 <FormTemplates xmlns="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms">
   <Display>DocumentLibraryForm</Display>
   <Edit>DocumentLibraryForm</Edit>
   <New>DocumentLibraryForm</New>
 </FormTemplates>
 </file>
 
-<file path=customXml/item4.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
 <p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
   <documentManagement/>
 </p:properties>
 </file>
 
-<file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
-[...4 lines deleted...]
-</ds:datastoreItem>
+<file path=customXml/item4.xml><?xml version="1.0" encoding="utf-8"?>
+<b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APASixthEditionOfficeOnline.xsl" StyleName="APA" Version="6"/>
 </file>
 
-<file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{D6A0CFDC-2249-4CCE-9B43-7AF5E0C36572}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/contentType"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes"/>
     <ds:schemaRef ds:uri="http://www.w3.org/2001/XMLSchema"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
     <ds:schemaRef ds:uri="a79f0a9d-ab90-4ed8-b4cb-bfad3a8b69d2"/>
     <ds:schemaRef ds:uri="e17cd38e-84e7-4a9a-bc58-52d7cfd9e607"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/internal/obd"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
-<file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{8568B403-3852-4B5B-A684-D2D3B11A8D45}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
-<file path=customXml/itemProps4.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{816C6E0A-8632-4818-9FA1-F9CBC4B7E48A}">
   <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
-    <ds:schemaRef ds:uri="a79f0a9d-ab90-4ed8-b4cb-bfad3a8b69d2"/>
-[...7 lines deleted...]
-    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
+</file>
+
+<file path=customXml/itemProps4.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{9BF2DFC1-907B-4F23-AC8E-8682C9C0753C}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docMetadata/LabelInfo.xml><?xml version="1.0" encoding="utf-8"?>
 <clbl:labelList xmlns:clbl="http://schemas.microsoft.com/office/2020/mipLabelMetadata">
   <clbl:label id="{dbc9012d-628b-43d4-b190-8a730f7e1e96}" enabled="0" method="" siteId="{dbc9012d-628b-43d4-b190-8a730f7e1e96}" removed="1"/>
 </clbl:labelList>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
-  <Pages>10</Pages>
-[...1 lines deleted...]
-  <Characters>8171</Characters>
+  <Pages>9</Pages>
+  <Words>12135</Words>
+  <Characters>6918</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>68</Lines>
-  <Paragraphs>44</Paragraphs>
+  <Lines>57</Lines>
+  <Paragraphs>38</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>22461</CharactersWithSpaces>
+  <CharactersWithSpaces>19015</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HLinks>
-    <vt:vector size="96" baseType="variant">
+    <vt:vector size="108" baseType="variant">
       <vt:variant>
         <vt:i4>6422631</vt:i4>
       </vt:variant>
       <vt:variant>
-        <vt:i4>48</vt:i4>
+        <vt:i4>60</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:i4>0</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:i4>5</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpwstr>https://www.spkc.gov.lv/lv/vakcinacija</vt:lpwstr>
       </vt:variant>
       <vt:variant>
         <vt:lpwstr/>
       </vt:variant>
       <vt:variant>
         <vt:i4>6422631</vt:i4>
       </vt:variant>
       <vt:variant>
-        <vt:i4>45</vt:i4>
+        <vt:i4>57</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:i4>0</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:i4>5</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpwstr>https://www.spkc.gov.lv/lv/vakcinacija</vt:lpwstr>
       </vt:variant>
       <vt:variant>
         <vt:lpwstr/>
       </vt:variant>
       <vt:variant>
-        <vt:i4>1245234</vt:i4>
+        <vt:i4>1179704</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>50</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>0</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>5</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:lpwstr/>
+      </vt:variant>
+      <vt:variant>
+        <vt:lpwstr>_Toc219366517</vt:lpwstr>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>1179704</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>44</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>0</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>5</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:lpwstr/>
+      </vt:variant>
+      <vt:variant>
+        <vt:lpwstr>_Toc219366516</vt:lpwstr>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>1179704</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:i4>38</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:i4>0</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:i4>5</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpwstr/>
       </vt:variant>
       <vt:variant>
-        <vt:lpwstr>_Toc154671067</vt:lpwstr>
+        <vt:lpwstr>_Toc219366515</vt:lpwstr>
       </vt:variant>
       <vt:variant>
-        <vt:i4>1245234</vt:i4>
+        <vt:i4>1179704</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:i4>32</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:i4>0</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:i4>5</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpwstr/>
       </vt:variant>
       <vt:variant>
-        <vt:lpwstr>_Toc154671066</vt:lpwstr>
+        <vt:lpwstr>_Toc219366514</vt:lpwstr>
       </vt:variant>
       <vt:variant>
-        <vt:i4>1245234</vt:i4>
+        <vt:i4>1179704</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:i4>26</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:i4>0</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:i4>5</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpwstr/>
       </vt:variant>
       <vt:variant>
-        <vt:lpwstr>_Toc154671065</vt:lpwstr>
+        <vt:lpwstr>_Toc219366513</vt:lpwstr>
       </vt:variant>
       <vt:variant>
-        <vt:i4>1245234</vt:i4>
+        <vt:i4>1179704</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:i4>20</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:i4>0</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:i4>5</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpwstr/>
       </vt:variant>
       <vt:variant>
-        <vt:lpwstr>_Toc154671064</vt:lpwstr>
+        <vt:lpwstr>_Toc219366512</vt:lpwstr>
       </vt:variant>
       <vt:variant>
-        <vt:i4>1245234</vt:i4>
+        <vt:i4>1179704</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:i4>14</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:i4>0</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:i4>5</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpwstr/>
       </vt:variant>
       <vt:variant>
-        <vt:lpwstr>_Toc154671063</vt:lpwstr>
+        <vt:lpwstr>_Toc219366511</vt:lpwstr>
       </vt:variant>
       <vt:variant>
-        <vt:i4>1245234</vt:i4>
+        <vt:i4>1179704</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:i4>8</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:i4>0</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:i4>5</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpwstr/>
       </vt:variant>
       <vt:variant>
-        <vt:lpwstr>_Toc154671062</vt:lpwstr>
+        <vt:lpwstr>_Toc219366510</vt:lpwstr>
       </vt:variant>
       <vt:variant>
-        <vt:i4>1245234</vt:i4>
+        <vt:i4>1245240</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:i4>2</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:i4>0</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:i4>5</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpwstr/>
       </vt:variant>
       <vt:variant>
-        <vt:lpwstr>_Toc154671061</vt:lpwstr>
+        <vt:lpwstr>_Toc219366509</vt:lpwstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>2752553</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:i4>18</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:i4>0</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:i4>5</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpwstr>https://www.zva.gov.lv/zvais/zalu-registrs/?lang=lv</vt:lpwstr>
       </vt:variant>
       <vt:variant>
         <vt:lpwstr/>
       </vt:variant>
       <vt:variant>
         <vt:i4>5505095</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:i4>15</vt:i4>
       </vt:variant>