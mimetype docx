--- v1 (2026-02-11)
+++ v2 (2026-03-31)
@@ -90,1039 +90,883 @@
         <w:t>7</w:t>
       </w:r>
       <w:r w:rsidRPr="00CE4AE4">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>. gadā</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="224A3EB2" w14:textId="77777777" w:rsidR="003507B0" w:rsidRPr="00CE4AE4" w:rsidRDefault="003507B0" w:rsidP="00CE4AE4">
       <w:pPr>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:contextualSpacing/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
           <w:b/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="1553EE3C" w14:textId="2E8AEAF5" w:rsidR="003507B0" w:rsidRPr="00CE4AE4" w:rsidRDefault="0F838D9E" w:rsidP="00CE4AE4">
+    <w:p w14:paraId="1553EE3C" w14:textId="33E0756A" w:rsidR="003507B0" w:rsidRPr="00CE4AE4" w:rsidRDefault="0F838D9E" w:rsidP="00CE4AE4">
       <w:pPr>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:contextualSpacing/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
           <w:b/>
           <w:bCs/>
           <w:i/>
           <w:iCs/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00CE4AE4">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
           <w:b/>
           <w:bCs/>
           <w:i/>
           <w:iCs/>
         </w:rPr>
         <w:t xml:space="preserve">Versija </w:t>
       </w:r>
-      <w:r w:rsidR="00A837A3" w:rsidRPr="00CE4AE4">
+      <w:r w:rsidR="00BB7B7F">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
           <w:b/>
           <w:bCs/>
           <w:i/>
           <w:iCs/>
         </w:rPr>
-        <w:t>1</w:t>
+        <w:t>2</w:t>
       </w:r>
       <w:r w:rsidRPr="00CE4AE4">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
           <w:b/>
           <w:bCs/>
           <w:i/>
           <w:iCs/>
         </w:rPr>
         <w:t xml:space="preserve"> (Aktualizācijas datums – </w:t>
       </w:r>
-      <w:r w:rsidR="0087325E" w:rsidRPr="00CE4AE4">
+      <w:r w:rsidR="00BB7B7F">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
           <w:b/>
           <w:bCs/>
           <w:i/>
           <w:iCs/>
         </w:rPr>
-        <w:t>28</w:t>
+        <w:t>12</w:t>
       </w:r>
       <w:r w:rsidRPr="00CE4AE4">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
           <w:b/>
           <w:bCs/>
           <w:i/>
           <w:iCs/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
       <w:r w:rsidR="00A837A3" w:rsidRPr="00CE4AE4">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
           <w:b/>
           <w:bCs/>
           <w:i/>
           <w:iCs/>
         </w:rPr>
-        <w:t>01</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="00CE4AE4">
+        <w:t>0</w:t>
+      </w:r>
+      <w:r w:rsidR="00BB7B7F">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
           <w:b/>
           <w:bCs/>
           <w:i/>
           <w:iCs/>
         </w:rPr>
-        <w:t>.202</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="00A837A3" w:rsidRPr="00CE4AE4">
+        <w:t>3</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CE4AE4">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
           <w:b/>
           <w:bCs/>
           <w:i/>
           <w:iCs/>
         </w:rPr>
-        <w:t>6</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="00CE4AE4">
+        <w:t>.202</w:t>
+      </w:r>
+      <w:r w:rsidR="00A837A3" w:rsidRPr="00CE4AE4">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
           <w:b/>
           <w:bCs/>
           <w:i/>
           <w:iCs/>
         </w:rPr>
+        <w:t>6</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CE4AE4">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+          <w:b/>
+          <w:bCs/>
+          <w:i/>
+          <w:iCs/>
+        </w:rPr>
         <w:t>)</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="4FE736C8" w14:textId="77777777" w:rsidR="003507B0" w:rsidRPr="00CE4AE4" w:rsidRDefault="003507B0" w:rsidP="00CE4AE4">
       <w:pPr>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:contextualSpacing/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
           <w:b/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="742D7F54" w14:textId="77777777" w:rsidR="003507B0" w:rsidRPr="00CE4AE4" w:rsidRDefault="003507B0" w:rsidP="00CE4AE4">
       <w:pPr>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:contextualSpacing/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
           <w:b/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00CE4AE4">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
           <w:b/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Saturs:</w:t>
       </w:r>
     </w:p>
     <w:sdt>
       <w:sdtPr>
-        <w:rPr>
-[...5 lines deleted...]
-        </w:rPr>
         <w:id w:val="96347652"/>
         <w:docPartObj>
           <w:docPartGallery w:val="Table of Contents"/>
           <w:docPartUnique/>
         </w:docPartObj>
       </w:sdtPr>
-      <w:sdtEndPr/>
+      <w:sdtEndPr>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorBidi" w:eastAsia="Times New Roman" w:hAnsiTheme="majorBidi" w:cs="Times New Roman"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+      </w:sdtEndPr>
       <w:sdtContent>
-        <w:p w14:paraId="107AB035" w14:textId="77777777" w:rsidR="003507B0" w:rsidRPr="00CE4AE4" w:rsidRDefault="003507B0" w:rsidP="00CE4AE4">
+        <w:p w14:paraId="107AB035" w14:textId="77777777" w:rsidR="003507B0" w:rsidRPr="00CE4AE4" w:rsidRDefault="003507B0" w:rsidP="00BB7B7F">
           <w:pPr>
             <w:pStyle w:val="TOCHeading"/>
-            <w:spacing w:line="276" w:lineRule="auto"/>
-[...2 lines deleted...]
-            </w:rPr>
           </w:pPr>
         </w:p>
-        <w:p w14:paraId="1DBCED18" w14:textId="6E73F61F" w:rsidR="001C30EF" w:rsidRPr="00CE4AE4" w:rsidRDefault="00511A6A" w:rsidP="00CE4AE4">
+        <w:p w14:paraId="1EB4325E" w14:textId="13DF4EB8" w:rsidR="00BB7B7F" w:rsidRDefault="00511A6A">
           <w:pPr>
             <w:pStyle w:val="TOC1"/>
             <w:tabs>
               <w:tab w:val="right" w:leader="dot" w:pos="9061"/>
             </w:tabs>
-            <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
-            <w:contextualSpacing/>
             <w:rPr>
-              <w:rFonts w:asciiTheme="majorBidi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+              <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
               <w:noProof/>
               <w:kern w:val="2"/>
               <w:szCs w:val="24"/>
               <w:lang w:eastAsia="lv-LV"/>
               <w14:ligatures w14:val="standardContextual"/>
             </w:rPr>
           </w:pPr>
           <w:r w:rsidRPr="00CE4AE4">
             <w:rPr>
               <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
             </w:rPr>
             <w:fldChar w:fldCharType="begin"/>
           </w:r>
           <w:r w:rsidR="003507B0" w:rsidRPr="00CE4AE4">
             <w:rPr>
               <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
             </w:rPr>
             <w:instrText>TOC \o "1-3" \h \z \u</w:instrText>
           </w:r>
           <w:r w:rsidRPr="00CE4AE4">
             <w:rPr>
               <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
             </w:rPr>
             <w:fldChar w:fldCharType="separate"/>
           </w:r>
-          <w:hyperlink w:anchor="_Toc219366509" w:history="1">
-            <w:r w:rsidR="001C30EF" w:rsidRPr="00CE4AE4">
+          <w:hyperlink w:anchor="_Toc224203614" w:history="1">
+            <w:r w:rsidR="00BB7B7F" w:rsidRPr="000550A4">
               <w:rPr>
                 <w:rStyle w:val="Hyperlink"/>
                 <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
                 <w:noProof/>
               </w:rPr>
               <w:t>Saīsinājumi</w:t>
             </w:r>
-            <w:r w:rsidR="001C30EF" w:rsidRPr="00CE4AE4">
-[...1 lines deleted...]
-                <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+            <w:r w:rsidR="00BB7B7F">
+              <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:tab/>
             </w:r>
-            <w:r w:rsidR="001C30EF" w:rsidRPr="00CE4AE4">
-[...1 lines deleted...]
-                <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+            <w:r w:rsidR="00BB7B7F">
+              <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin"/>
             </w:r>
-            <w:r w:rsidR="001C30EF" w:rsidRPr="00CE4AE4">
-[...1 lines deleted...]
-                <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+            <w:r w:rsidR="00BB7B7F">
+              <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
-              <w:instrText xml:space="preserve"> PAGEREF _Toc219366509 \h </w:instrText>
-[...3 lines deleted...]
-                <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+              <w:instrText xml:space="preserve"> PAGEREF _Toc224203614 \h </w:instrText>
+            </w:r>
+            <w:r w:rsidR="00BB7B7F">
+              <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
             </w:r>
-            <w:r w:rsidR="001C30EF" w:rsidRPr="00CE4AE4">
-[...1 lines deleted...]
-                <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+            <w:r w:rsidR="00BB7B7F">
+              <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r w:rsidR="001C30EF" w:rsidRPr="00CE4AE4">
-[...1 lines deleted...]
-                <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+            <w:r w:rsidR="00BB7B7F">
+              <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:t>1</w:t>
             </w:r>
-            <w:r w:rsidR="001C30EF" w:rsidRPr="00CE4AE4">
-[...1 lines deleted...]
-                <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+            <w:r w:rsidR="00BB7B7F">
+              <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:hyperlink>
         </w:p>
-        <w:p w14:paraId="73E0845D" w14:textId="6C375A6D" w:rsidR="001C30EF" w:rsidRPr="00CE4AE4" w:rsidRDefault="001C30EF" w:rsidP="00CE4AE4">
+        <w:p w14:paraId="01FD1306" w14:textId="1D44F93D" w:rsidR="00BB7B7F" w:rsidRDefault="00BB7B7F">
           <w:pPr>
             <w:pStyle w:val="TOC1"/>
             <w:tabs>
               <w:tab w:val="right" w:leader="dot" w:pos="9061"/>
             </w:tabs>
-            <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
-            <w:contextualSpacing/>
             <w:rPr>
-              <w:rFonts w:asciiTheme="majorBidi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+              <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
               <w:noProof/>
               <w:kern w:val="2"/>
               <w:szCs w:val="24"/>
               <w:lang w:eastAsia="lv-LV"/>
               <w14:ligatures w14:val="standardContextual"/>
             </w:rPr>
           </w:pPr>
-          <w:hyperlink w:anchor="_Toc219366510" w:history="1">
-            <w:r w:rsidRPr="00CE4AE4">
+          <w:hyperlink w:anchor="_Toc224203615" w:history="1">
+            <w:r w:rsidRPr="000550A4">
               <w:rPr>
                 <w:rStyle w:val="Hyperlink"/>
-                <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
                 <w:noProof/>
               </w:rPr>
-              <w:t>Galvenās izmaiņas 2026. – 2027. gadam</w:t>
-[...3 lines deleted...]
-                <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+              <w:t>Valsts apmaksātas vakcīnas 2026. – 2027. gadā</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:tab/>
             </w:r>
-            <w:r w:rsidRPr="00CE4AE4">
-[...1 lines deleted...]
-                <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+            <w:r>
+              <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin"/>
             </w:r>
-            <w:r w:rsidRPr="00CE4AE4">
-[...1 lines deleted...]
-                <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+            <w:r>
+              <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
-              <w:instrText xml:space="preserve"> PAGEREF _Toc219366510 \h </w:instrText>
-[...3 lines deleted...]
-                <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+              <w:instrText xml:space="preserve"> PAGEREF _Toc224203615 \h </w:instrText>
+            </w:r>
+            <w:r>
+              <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
             </w:r>
-            <w:r w:rsidRPr="00CE4AE4">
-[...1 lines deleted...]
-                <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+            <w:r>
+              <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r w:rsidRPr="00CE4AE4">
-[...1 lines deleted...]
-                <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+            <w:r>
+              <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:t>2</w:t>
             </w:r>
-            <w:r w:rsidRPr="00CE4AE4">
-[...1 lines deleted...]
-                <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+            <w:r>
+              <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:hyperlink>
         </w:p>
-        <w:p w14:paraId="0742CB0A" w14:textId="4939A227" w:rsidR="001C30EF" w:rsidRPr="00CE4AE4" w:rsidRDefault="001C30EF" w:rsidP="00CE4AE4">
+        <w:p w14:paraId="64CF7C9B" w14:textId="5EF7CF81" w:rsidR="00BB7B7F" w:rsidRDefault="00BB7B7F">
           <w:pPr>
             <w:pStyle w:val="TOC1"/>
             <w:tabs>
               <w:tab w:val="right" w:leader="dot" w:pos="9061"/>
             </w:tabs>
-            <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
-            <w:contextualSpacing/>
             <w:rPr>
-              <w:rFonts w:asciiTheme="majorBidi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+              <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
               <w:noProof/>
               <w:kern w:val="2"/>
               <w:szCs w:val="24"/>
               <w:lang w:eastAsia="lv-LV"/>
               <w14:ligatures w14:val="standardContextual"/>
             </w:rPr>
           </w:pPr>
-          <w:hyperlink w:anchor="_Toc219366511" w:history="1">
-            <w:r w:rsidRPr="00CE4AE4">
+          <w:hyperlink w:anchor="_Toc224203616" w:history="1">
+            <w:r w:rsidRPr="000550A4">
               <w:rPr>
                 <w:rStyle w:val="Hyperlink"/>
                 <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
                 <w:noProof/>
               </w:rPr>
-              <w:t>Valsts apmaksātas vakcīnas 2026. – 2027. gadā</w:t>
-[...3 lines deleted...]
-                <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+              <w:t>Vakcīnu un šļirču pasūtīšana</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:tab/>
             </w:r>
-            <w:r w:rsidRPr="00CE4AE4">
-[...1 lines deleted...]
-                <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+            <w:r>
+              <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin"/>
             </w:r>
-            <w:r w:rsidRPr="00CE4AE4">
-[...1 lines deleted...]
-                <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+            <w:r>
+              <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
-              <w:instrText xml:space="preserve"> PAGEREF _Toc219366511 \h </w:instrText>
-[...3 lines deleted...]
-                <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+              <w:instrText xml:space="preserve"> PAGEREF _Toc224203616 \h </w:instrText>
+            </w:r>
+            <w:r>
+              <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
             </w:r>
-            <w:r w:rsidRPr="00CE4AE4">
-[...1 lines deleted...]
-                <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+            <w:r>
+              <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r w:rsidRPr="00CE4AE4">
-[...1 lines deleted...]
-                <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+            <w:r>
+              <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
-              <w:t>2</w:t>
-[...3 lines deleted...]
-                <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+              <w:t>7</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:hyperlink>
         </w:p>
-        <w:p w14:paraId="2873FDCD" w14:textId="1F9CA038" w:rsidR="001C30EF" w:rsidRPr="00CE4AE4" w:rsidRDefault="001C30EF" w:rsidP="00CE4AE4">
+        <w:p w14:paraId="06EC45B1" w14:textId="352A645F" w:rsidR="00BB7B7F" w:rsidRDefault="00BB7B7F">
           <w:pPr>
-            <w:pStyle w:val="TOC1"/>
+            <w:pStyle w:val="TOC2"/>
             <w:tabs>
               <w:tab w:val="right" w:leader="dot" w:pos="9061"/>
             </w:tabs>
-            <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
-            <w:contextualSpacing/>
             <w:rPr>
-              <w:rFonts w:asciiTheme="majorBidi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+              <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
               <w:noProof/>
               <w:kern w:val="2"/>
               <w:szCs w:val="24"/>
               <w:lang w:eastAsia="lv-LV"/>
               <w14:ligatures w14:val="standardContextual"/>
             </w:rPr>
           </w:pPr>
-          <w:hyperlink w:anchor="_Toc219366512" w:history="1">
-            <w:r w:rsidRPr="00CE4AE4">
+          <w:hyperlink w:anchor="_Toc224203617" w:history="1">
+            <w:r w:rsidRPr="000550A4">
               <w:rPr>
                 <w:rStyle w:val="Hyperlink"/>
                 <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
                 <w:noProof/>
-              </w:rPr>
-[...4 lines deleted...]
-                <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+              <w:t>Vakcīnu kārtējais pasūtījums</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:tab/>
             </w:r>
-            <w:r w:rsidRPr="00CE4AE4">
-[...1 lines deleted...]
-                <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+            <w:r>
+              <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin"/>
             </w:r>
-            <w:r w:rsidRPr="00CE4AE4">
-[...1 lines deleted...]
-                <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+            <w:r>
+              <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
-              <w:instrText xml:space="preserve"> PAGEREF _Toc219366512 \h </w:instrText>
-[...3 lines deleted...]
-                <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+              <w:instrText xml:space="preserve"> PAGEREF _Toc224203617 \h </w:instrText>
+            </w:r>
+            <w:r>
+              <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
             </w:r>
-            <w:r w:rsidRPr="00CE4AE4">
-[...1 lines deleted...]
-                <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+            <w:r>
+              <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r w:rsidRPr="00CE4AE4">
-[...1 lines deleted...]
-                <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+            <w:r>
+              <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:t>7</w:t>
             </w:r>
-            <w:r w:rsidRPr="00CE4AE4">
-[...1 lines deleted...]
-                <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+            <w:r>
+              <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:hyperlink>
         </w:p>
-        <w:p w14:paraId="04DC59AC" w14:textId="6C136E83" w:rsidR="001C30EF" w:rsidRPr="00CE4AE4" w:rsidRDefault="001C30EF" w:rsidP="00CE4AE4">
+        <w:p w14:paraId="313A59B0" w14:textId="1B863C15" w:rsidR="00BB7B7F" w:rsidRDefault="00BB7B7F">
           <w:pPr>
             <w:pStyle w:val="TOC2"/>
             <w:tabs>
               <w:tab w:val="right" w:leader="dot" w:pos="9061"/>
             </w:tabs>
-            <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
-            <w:contextualSpacing/>
             <w:rPr>
-              <w:rFonts w:asciiTheme="majorBidi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+              <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
               <w:noProof/>
               <w:kern w:val="2"/>
               <w:szCs w:val="24"/>
               <w:lang w:eastAsia="lv-LV"/>
               <w14:ligatures w14:val="standardContextual"/>
             </w:rPr>
           </w:pPr>
-          <w:hyperlink w:anchor="_Toc219366513" w:history="1">
-            <w:r w:rsidRPr="00CE4AE4">
+          <w:hyperlink w:anchor="_Toc224203618" w:history="1">
+            <w:r w:rsidRPr="000550A4">
               <w:rPr>
                 <w:rStyle w:val="Hyperlink"/>
                 <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
                 <w:noProof/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
-              <w:t>Vakcīnu kārtējais pasūtījums</w:t>
-[...3 lines deleted...]
-                <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+              <w:t>Vakcīnu ārpus kārtas pasūtījums</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:tab/>
             </w:r>
-            <w:r w:rsidRPr="00CE4AE4">
-[...1 lines deleted...]
-                <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+            <w:r>
+              <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin"/>
             </w:r>
-            <w:r w:rsidRPr="00CE4AE4">
-[...1 lines deleted...]
-                <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+            <w:r>
+              <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
-              <w:instrText xml:space="preserve"> PAGEREF _Toc219366513 \h </w:instrText>
-[...3 lines deleted...]
-                <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+              <w:instrText xml:space="preserve"> PAGEREF _Toc224203618 \h </w:instrText>
+            </w:r>
+            <w:r>
+              <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
             </w:r>
-            <w:r w:rsidRPr="00CE4AE4">
-[...1 lines deleted...]
-                <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+            <w:r>
+              <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r w:rsidRPr="00CE4AE4">
-[...1 lines deleted...]
-                <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+            <w:r>
+              <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
-              <w:t>7</w:t>
-[...3 lines deleted...]
-                <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+              <w:t>8</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:hyperlink>
         </w:p>
-        <w:p w14:paraId="1468D7CE" w14:textId="12074838" w:rsidR="001C30EF" w:rsidRPr="00CE4AE4" w:rsidRDefault="001C30EF" w:rsidP="00CE4AE4">
+        <w:p w14:paraId="268F8C3B" w14:textId="466EBAD3" w:rsidR="00BB7B7F" w:rsidRDefault="00BB7B7F">
           <w:pPr>
-            <w:pStyle w:val="TOC2"/>
+            <w:pStyle w:val="TOC1"/>
             <w:tabs>
               <w:tab w:val="right" w:leader="dot" w:pos="9061"/>
             </w:tabs>
-            <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
-            <w:contextualSpacing/>
             <w:rPr>
-              <w:rFonts w:asciiTheme="majorBidi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+              <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
               <w:noProof/>
               <w:kern w:val="2"/>
               <w:szCs w:val="24"/>
               <w:lang w:eastAsia="lv-LV"/>
               <w14:ligatures w14:val="standardContextual"/>
             </w:rPr>
           </w:pPr>
-          <w:hyperlink w:anchor="_Toc219366514" w:history="1">
-            <w:r w:rsidRPr="00CE4AE4">
+          <w:hyperlink w:anchor="_Toc224203619" w:history="1">
+            <w:r w:rsidRPr="000550A4">
               <w:rPr>
                 <w:rStyle w:val="Hyperlink"/>
                 <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
                 <w:noProof/>
-                <w:lang w:eastAsia="lv-LV"/>
-[...5 lines deleted...]
-                <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+              </w:rPr>
+              <w:t>Vakcīnu piegāde un saņemšana</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:tab/>
             </w:r>
-            <w:r w:rsidRPr="00CE4AE4">
-[...1 lines deleted...]
-                <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+            <w:r>
+              <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin"/>
             </w:r>
-            <w:r w:rsidRPr="00CE4AE4">
-[...1 lines deleted...]
-                <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+            <w:r>
+              <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
-              <w:instrText xml:space="preserve"> PAGEREF _Toc219366514 \h </w:instrText>
-[...3 lines deleted...]
-                <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+              <w:instrText xml:space="preserve"> PAGEREF _Toc224203619 \h </w:instrText>
+            </w:r>
+            <w:r>
+              <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
             </w:r>
-            <w:r w:rsidRPr="00CE4AE4">
-[...1 lines deleted...]
-                <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+            <w:r>
+              <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r w:rsidRPr="00CE4AE4">
-[...1 lines deleted...]
-                <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+            <w:r>
+              <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:t>8</w:t>
             </w:r>
-            <w:r w:rsidRPr="00CE4AE4">
-[...1 lines deleted...]
-                <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+            <w:r>
+              <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:hyperlink>
         </w:p>
-        <w:p w14:paraId="152BB5C8" w14:textId="5521B5D0" w:rsidR="001C30EF" w:rsidRPr="00CE4AE4" w:rsidRDefault="001C30EF" w:rsidP="00CE4AE4">
+        <w:p w14:paraId="6C037E5C" w14:textId="64652BF2" w:rsidR="00BB7B7F" w:rsidRDefault="00BB7B7F">
           <w:pPr>
             <w:pStyle w:val="TOC1"/>
             <w:tabs>
               <w:tab w:val="right" w:leader="dot" w:pos="9061"/>
             </w:tabs>
-            <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
-            <w:contextualSpacing/>
             <w:rPr>
-              <w:rFonts w:asciiTheme="majorBidi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+              <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
               <w:noProof/>
               <w:kern w:val="2"/>
               <w:szCs w:val="24"/>
               <w:lang w:eastAsia="lv-LV"/>
               <w14:ligatures w14:val="standardContextual"/>
             </w:rPr>
           </w:pPr>
-          <w:hyperlink w:anchor="_Toc219366515" w:history="1">
-            <w:r w:rsidRPr="00CE4AE4">
+          <w:hyperlink w:anchor="_Toc224203620" w:history="1">
+            <w:r w:rsidRPr="000550A4">
               <w:rPr>
                 <w:rStyle w:val="Hyperlink"/>
                 <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
                 <w:noProof/>
-              </w:rPr>
-[...4 lines deleted...]
-                <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+              <w:t>Vakcīnu atlikumu pārraudzība</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:tab/>
             </w:r>
-            <w:r w:rsidRPr="00CE4AE4">
-[...1 lines deleted...]
-                <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+            <w:r>
+              <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin"/>
             </w:r>
-            <w:r w:rsidRPr="00CE4AE4">
-[...1 lines deleted...]
-                <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+            <w:r>
+              <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
-              <w:instrText xml:space="preserve"> PAGEREF _Toc219366515 \h </w:instrText>
-[...3 lines deleted...]
-                <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+              <w:instrText xml:space="preserve"> PAGEREF _Toc224203620 \h </w:instrText>
+            </w:r>
+            <w:r>
+              <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
             </w:r>
-            <w:r w:rsidRPr="00CE4AE4">
-[...1 lines deleted...]
-                <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+            <w:r>
+              <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r w:rsidRPr="00CE4AE4">
-[...1 lines deleted...]
-                <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+            <w:r>
+              <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
-              <w:t>8</w:t>
-[...3 lines deleted...]
-                <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+              <w:t>9</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:hyperlink>
         </w:p>
-        <w:p w14:paraId="48E9791F" w14:textId="468E9EFF" w:rsidR="001C30EF" w:rsidRPr="00CE4AE4" w:rsidRDefault="001C30EF" w:rsidP="00CE4AE4">
+        <w:p w14:paraId="5D1381D6" w14:textId="63655CC7" w:rsidR="00BB7B7F" w:rsidRDefault="00BB7B7F">
           <w:pPr>
             <w:pStyle w:val="TOC1"/>
             <w:tabs>
               <w:tab w:val="right" w:leader="dot" w:pos="9061"/>
             </w:tabs>
-            <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
-            <w:contextualSpacing/>
             <w:rPr>
-              <w:rFonts w:asciiTheme="majorBidi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+              <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
               <w:noProof/>
               <w:kern w:val="2"/>
               <w:szCs w:val="24"/>
               <w:lang w:eastAsia="lv-LV"/>
               <w14:ligatures w14:val="standardContextual"/>
             </w:rPr>
           </w:pPr>
-          <w:hyperlink w:anchor="_Toc219366516" w:history="1">
-            <w:r w:rsidRPr="00CE4AE4">
+          <w:hyperlink w:anchor="_Toc224203621" w:history="1">
+            <w:r w:rsidRPr="000550A4">
               <w:rPr>
                 <w:rStyle w:val="Hyperlink"/>
                 <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
                 <w:noProof/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
-              <w:t>Vakcīnu atlikumu pārraudzība</w:t>
-[...3 lines deleted...]
-                <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+              <w:t>Vakcīnu norakstīšana</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:tab/>
             </w:r>
-            <w:r w:rsidRPr="00CE4AE4">
-[...1 lines deleted...]
-                <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+            <w:r>
+              <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin"/>
             </w:r>
-            <w:r w:rsidRPr="00CE4AE4">
-[...1 lines deleted...]
-                <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+            <w:r>
+              <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
-              <w:instrText xml:space="preserve"> PAGEREF _Toc219366516 \h </w:instrText>
-[...3 lines deleted...]
-                <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+              <w:instrText xml:space="preserve"> PAGEREF _Toc224203621 \h </w:instrText>
+            </w:r>
+            <w:r>
+              <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
             </w:r>
-            <w:r w:rsidRPr="00CE4AE4">
-[...1 lines deleted...]
-                <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+            <w:r>
+              <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r w:rsidRPr="00CE4AE4">
-[...1 lines deleted...]
-                <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+            <w:r>
+              <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
-              <w:t>9</w:t>
-[...3 lines deleted...]
-                <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+              <w:t>10</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:hyperlink>
         </w:p>
-        <w:p w14:paraId="3FD86E55" w14:textId="24D40AAC" w:rsidR="001C30EF" w:rsidRPr="00CE4AE4" w:rsidRDefault="001C30EF" w:rsidP="00CE4AE4">
-[...83 lines deleted...]
-        <w:p w14:paraId="09153AB7" w14:textId="6D0D8513" w:rsidR="003507B0" w:rsidRPr="00CE4AE4" w:rsidRDefault="00511A6A" w:rsidP="00CE4AE4">
+        <w:p w14:paraId="09153AB7" w14:textId="5068D6AB" w:rsidR="003507B0" w:rsidRPr="00CE4AE4" w:rsidRDefault="00511A6A" w:rsidP="00CE4AE4">
           <w:pPr>
             <w:pStyle w:val="TOC1"/>
             <w:tabs>
               <w:tab w:val="right" w:leader="dot" w:pos="9060"/>
             </w:tabs>
             <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
             <w:contextualSpacing/>
             <w:rPr>
               <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
               <w:noProof/>
               <w:szCs w:val="24"/>
               <w:lang w:val="en-GB" w:eastAsia="en-GB"/>
             </w:rPr>
           </w:pPr>
           <w:r w:rsidRPr="00CE4AE4">
             <w:rPr>
               <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
             </w:rPr>
             <w:fldChar w:fldCharType="end"/>
           </w:r>
         </w:p>
       </w:sdtContent>
     </w:sdt>
     <w:p w14:paraId="0E7A2359" w14:textId="77777777" w:rsidR="003507B0" w:rsidRPr="00CE4AE4" w:rsidRDefault="003507B0" w:rsidP="00CE4AE4">
       <w:pPr>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:contextualSpacing/>
         <w:rPr>
           <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="7EAACEE4" w14:textId="77777777" w:rsidR="003507B0" w:rsidRPr="00CE4AE4" w:rsidRDefault="003507B0" w:rsidP="00CE4AE4">
       <w:pPr>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:ind w:left="720"/>
         <w:contextualSpacing/>
         <w:rPr>
           <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
           <w:b/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="79CFFE8E" w14:textId="77777777" w:rsidR="003507B0" w:rsidRPr="00CE4AE4" w:rsidRDefault="003507B0" w:rsidP="00CE4AE4">
+    <w:p w14:paraId="79CFFE8E" w14:textId="77777777" w:rsidR="003507B0" w:rsidRPr="00CE4AE4" w:rsidRDefault="003507B0" w:rsidP="00BB7B7F">
       <w:pPr>
         <w:pStyle w:val="Heading1"/>
-        <w:spacing w:line="276" w:lineRule="auto"/>
-[...8 lines deleted...]
-        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="0" w:name="_Toc224203614"/>
+      <w:r w:rsidRPr="00CE4AE4">
         <w:t>Saīsinājumi</w:t>
       </w:r>
       <w:bookmarkEnd w:id="0"/>
     </w:p>
     <w:p w14:paraId="3B6585FF" w14:textId="77777777" w:rsidR="003507B0" w:rsidRPr="00CE4AE4" w:rsidRDefault="003507B0" w:rsidP="00CE4AE4">
       <w:pPr>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:contextualSpacing/>
         <w:rPr>
           <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="TableGrid"/>
         <w:tblW w:w="9356" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:insideH w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:insideV w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         </w:tblBorders>
@@ -1946,110 +1790,90 @@
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6951" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="610FAA55" w14:textId="77777777" w:rsidR="008B5F99" w:rsidRPr="00CE4AE4" w:rsidRDefault="008B5F99" w:rsidP="00CE4AE4">
             <w:pPr>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:contextualSpacing/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
               </w:rPr>
             </w:pPr>
           </w:p>
           <w:p w14:paraId="6C7F3D29" w14:textId="77777777" w:rsidR="003031DA" w:rsidRPr="00CE4AE4" w:rsidRDefault="003031DA" w:rsidP="00CE4AE4">
             <w:pPr>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:contextualSpacing/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="1AFED6F3" w14:textId="77777777" w:rsidR="00B544E1" w:rsidRPr="00CE4AE4" w:rsidRDefault="00B544E1" w:rsidP="00CE4AE4">
-[...8 lines deleted...]
-    <w:p w14:paraId="77B6B3BF" w14:textId="0D92D4EE" w:rsidR="00B544E1" w:rsidRPr="00CE4AE4" w:rsidRDefault="00B544E1" w:rsidP="00CE4AE4">
+    <w:p w14:paraId="77B6B3BF" w14:textId="0D92D4EE" w:rsidR="00B544E1" w:rsidRPr="00CE4AE4" w:rsidRDefault="00B544E1" w:rsidP="00BB7B7F">
       <w:pPr>
         <w:pStyle w:val="Heading1"/>
       </w:pPr>
-      <w:bookmarkStart w:id="1" w:name="_Toc219366511"/>
-      <w:r w:rsidRPr="00CE4AE4">
+      <w:bookmarkStart w:id="1" w:name="_Toc224203615"/>
+      <w:r w:rsidRPr="00CE4AE4">
+        <w:lastRenderedPageBreak/>
         <w:t>Valsts apmaksātas vakcīnas 2026. – 2027. gadā</w:t>
       </w:r>
       <w:bookmarkEnd w:id="1"/>
     </w:p>
     <w:p w14:paraId="06931FD6" w14:textId="77777777" w:rsidR="003507B0" w:rsidRPr="00CE4AE4" w:rsidRDefault="003507B0" w:rsidP="00CE4AE4">
       <w:pPr>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:contextualSpacing/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="5539024C" w14:textId="77777777" w:rsidR="003507B0" w:rsidRPr="00CE4AE4" w:rsidRDefault="003507B0" w:rsidP="00CE4AE4">
+    <w:p w14:paraId="071A083C" w14:textId="4990CEB0" w:rsidR="003507B0" w:rsidRPr="00CE4AE4" w:rsidRDefault="003507B0" w:rsidP="00BB7B7F">
       <w:pPr>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:ind w:firstLine="720"/>
         <w:contextualSpacing/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00CE4AE4">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Pamatojums:</w:t>
       </w:r>
-    </w:p>
-[...10 lines deleted...]
-      </w:pPr>
     </w:p>
     <w:p w14:paraId="0CBAAB7C" w14:textId="419DE8DC" w:rsidR="003507B0" w:rsidRPr="00CE4AE4" w:rsidRDefault="003507B0" w:rsidP="00CE4AE4">
       <w:pPr>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:ind w:firstLine="720"/>
         <w:contextualSpacing/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00CE4AE4">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
         </w:rPr>
         <w:t>1. Ministru kabineta 2000. gada 26. septembra noteikumu Nr. 330 „Vakcinācijas noteikumi”</w:t>
       </w:r>
       <w:bookmarkStart w:id="2" w:name="_Ref374608069"/>
       <w:r w:rsidRPr="00CE4AE4">
         <w:rPr>
           <w:rStyle w:val="FootnoteReference"/>
           <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
         </w:rPr>
         <w:footnoteReference w:id="2"/>
       </w:r>
@@ -2273,110 +2097,122 @@
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00CE4AE4">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
           <w:b/>
           <w:bCs/>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Engerix B 10mkg/0,5ml</w:t>
       </w:r>
       <w:r w:rsidRPr="00CE4AE4">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> riska grupas jaundzimušie (dzimuši B hepatīta virsmas antigēna (HBsAg) pozitīvām mātēm vai mātēm, kuras nebija pārbaudītas HBsAg klātbūtnei);</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="32EBAF82" w14:textId="62A221B7" w:rsidR="003507B0" w:rsidRPr="00CE4AE4" w:rsidRDefault="44D7736D" w:rsidP="00CE4AE4">
+    <w:p w14:paraId="32EBAF82" w14:textId="0FA12827" w:rsidR="003507B0" w:rsidRPr="00CE4AE4" w:rsidRDefault="44D7736D" w:rsidP="00CE4AE4">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="36"/>
         </w:numPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00CE4AE4">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">vakcīna </w:t>
       </w:r>
       <w:r w:rsidRPr="00CE4AE4">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>pret tuberkulozi</w:t>
       </w:r>
       <w:r w:rsidRPr="00CE4AE4">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> (BCG) </w:t>
       </w:r>
-      <w:r w:rsidRPr="00CE4AE4">
+      <w:r w:rsidR="006975FD" w:rsidRPr="006975FD">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
           <w:b/>
           <w:bCs/>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>Szczepionka przeciwgružlicza BCG 10</w:t>
-[...3 lines deleted...]
-          <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+        <w:t>BCG Vaccine AJVaccines</w:t>
+      </w:r>
+      <w:r w:rsidR="006975FD">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+          <w:b/>
+          <w:bCs/>
+          <w:i/>
+          <w:iCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve"> jaundzimušo un zīdaiņu imunizācijai.</w:t>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CE4AE4">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>jaundzimušo un zīdaiņu imunizācijai.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="16B8CEAB" w14:textId="48A0BB8A" w:rsidR="003507B0" w:rsidRPr="00CE4AE4" w:rsidRDefault="003507B0" w:rsidP="00CE4AE4">
       <w:pPr>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:contextualSpacing/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
           <w:i/>
           <w:iCs/>
           <w:noProof/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00CE4AE4">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
           <w:szCs w:val="24"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t>Piezīme.</w:t>
       </w:r>
       <w:r w:rsidRPr="00CE4AE4">
@@ -2881,51 +2717,50 @@
       </w:r>
     </w:p>
     <w:p w14:paraId="244E2B8B" w14:textId="798EA32D" w:rsidR="003507B0" w:rsidRPr="00CE4AE4" w:rsidRDefault="44D7736D" w:rsidP="00CE4AE4">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="36"/>
         </w:numPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="714" w:hanging="357"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
           <w:i/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00CE4AE4">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:lastRenderedPageBreak/>
         <w:t xml:space="preserve">vakcīna </w:t>
       </w:r>
       <w:r w:rsidRPr="00CE4AE4">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>pret rotavīrusu infekciju</w:t>
       </w:r>
       <w:r w:rsidRPr="00CE4AE4">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> (RV) </w:t>
       </w:r>
       <w:r w:rsidRPr="00CE4AE4">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
           <w:b/>
           <w:bCs/>
@@ -2940,50 +2775,51 @@
         <w:rPr>
           <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> bērnu vakcinācijai 2, 4 un 6 mēnešu vecumā.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="5BA50526" w14:textId="38626BA1" w:rsidR="00131455" w:rsidRPr="00CE4AE4" w:rsidRDefault="003507B0" w:rsidP="00CE4AE4">
       <w:pPr>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:ind w:firstLine="567"/>
         <w:contextualSpacing/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00CE4AE4">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
           <w:szCs w:val="24"/>
           <w:u w:val="single"/>
         </w:rPr>
+        <w:lastRenderedPageBreak/>
         <w:t>Piezīme</w:t>
       </w:r>
       <w:r w:rsidRPr="00CE4AE4">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
       <w:r w:rsidRPr="00CE4AE4">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
           <w:noProof/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
         <w:t xml:space="preserve"> Lai laikus pabeigtu vakcinācijas kursu un maksimāli ātri pasargātu zīdaiņus pret rotavīrusu infekciju, vakcināciju var uzsākt bērniem no 6 nedēļ</w:t>
       </w:r>
       <w:r w:rsidR="002A3D69" w:rsidRPr="00CE4AE4">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
           <w:noProof/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
@@ -3222,94 +3058,94 @@
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> (DTaP-IPV) </w:t>
       </w:r>
       <w:r w:rsidRPr="00CE4AE4">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
           <w:b/>
           <w:bCs/>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Tetraxim</w:t>
       </w:r>
       <w:r w:rsidRPr="00CE4AE4">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> bērnu balstvakcinācijai 7 gadu vecumā.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2D0B19C3" w14:textId="176BF40C" w:rsidR="0032242F" w:rsidRPr="00CE4AE4" w:rsidRDefault="00131455" w:rsidP="00CE4AE4">
+    <w:p w14:paraId="2D0B19C3" w14:textId="4F7E02AE" w:rsidR="0032242F" w:rsidRPr="00CE4AE4" w:rsidRDefault="00131455" w:rsidP="00CE4AE4">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="36"/>
         </w:numPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00CE4AE4">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>vakcīna pret difteriju, stinguma krampjiem un garo klepu</w:t>
       </w:r>
       <w:r w:rsidRPr="00CE4AE4">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> (Tdap) </w:t>
       </w:r>
       <w:r w:rsidRPr="00CE4AE4">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
           <w:b/>
           <w:bCs/>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>Adacel/Triaxis</w:t>
+        <w:t>Adacel</w:t>
       </w:r>
       <w:r w:rsidRPr="00CE4AE4">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> bērnu 14 gadu vecumā</w:t>
       </w:r>
       <w:r w:rsidR="0032242F" w:rsidRPr="00CE4AE4">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> balstvakcinācijai</w:t>
       </w:r>
       <w:r w:rsidR="00CA417D" w:rsidRPr="00CE4AE4">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> un </w:t>
       </w:r>
@@ -3734,123 +3570,155 @@
       <w:r w:rsidRPr="00CE4AE4">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>, kuriem tiek veikta hemodialīze</w:t>
       </w:r>
       <w:r w:rsidR="007845AC" w:rsidRPr="00CE4AE4">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00CE4AE4">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>(hemodialīžu centros).</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="238EF5AD" w14:textId="612F6F86" w:rsidR="003507B0" w:rsidRPr="00CE4AE4" w:rsidRDefault="44D7736D" w:rsidP="00CE4AE4">
+    <w:p w14:paraId="238EF5AD" w14:textId="3892A09F" w:rsidR="003507B0" w:rsidRPr="00CE4AE4" w:rsidRDefault="44D7736D" w:rsidP="00CE4AE4">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="36"/>
         </w:numPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="714" w:hanging="357"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00CE4AE4">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">vakcīna </w:t>
       </w:r>
       <w:r w:rsidRPr="00CE4AE4">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>pret ērču encefalītu</w:t>
       </w:r>
       <w:r w:rsidRPr="00CE4AE4">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve"> bāreņu un bez vecāku gādības palikušo bērnu vakcinācijai visā Latvijas teritorijā, kā arī bērnu vakcinācijai endēmiskajās teritorijās. Bērniem vecumā no 1 līdz 15 gadiem paredzēta vakcīna </w:t>
+        <w:t xml:space="preserve"> bāreņu un bez vecāku gādības palikušo bērnu vakcinācijai visā Latvijas teritorijā, kā arī bērnu vakcinācijai endēmiskajās teritorijās. Bērniem vecumā no 1 līdz 1</w:t>
+      </w:r>
+      <w:r w:rsidR="00D3699B">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>1</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CE4AE4">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> gadiem paredzēta vakcīna </w:t>
       </w:r>
       <w:r w:rsidR="006D4116" w:rsidRPr="00CE4AE4">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
           <w:b/>
           <w:bCs/>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Encepur Children</w:t>
       </w:r>
       <w:r w:rsidRPr="00CE4AE4">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
           <w:b/>
           <w:bCs/>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> 0,25 ml</w:t>
       </w:r>
       <w:r w:rsidRPr="00CE4AE4">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve">, vecumā no 16 līdz 17 gadiem – vakcīna </w:t>
+        <w:t>, vecumā no 1</w:t>
+      </w:r>
+      <w:r w:rsidR="00D3699B">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>2</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CE4AE4">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> līdz 17 gadiem – vakcīna </w:t>
       </w:r>
       <w:r w:rsidR="006D4116" w:rsidRPr="00CE4AE4">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
           <w:b/>
           <w:bCs/>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Encepur Adult</w:t>
       </w:r>
       <w:r w:rsidRPr="00CE4AE4">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
           <w:b/>
           <w:bCs/>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> 0,5 ml</w:t>
       </w:r>
@@ -6175,65 +6043,65 @@
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1744" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="2B617D5F" w14:textId="77777777" w:rsidR="00374EC2" w:rsidRPr="00CE4AE4" w:rsidRDefault="00374EC2" w:rsidP="001D52AC">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Tdap</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1788" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="56136952" w14:textId="77777777" w:rsidR="00374EC2" w:rsidRPr="00CE4AE4" w:rsidRDefault="00374EC2" w:rsidP="001D52AC">
+          <w:p w14:paraId="56136952" w14:textId="24F665B4" w:rsidR="00374EC2" w:rsidRPr="00CE4AE4" w:rsidRDefault="00374EC2" w:rsidP="001D52AC">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
                 <w:i/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
                 <w:i/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t>Adacel/Triaxis</w:t>
+              <w:t>Adacel</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1587" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="41BC5764" w14:textId="77777777" w:rsidR="00374EC2" w:rsidRPr="00E743BF" w:rsidRDefault="00374EC2" w:rsidP="001D52AC">
             <w:pPr>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:contextualSpacing/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
                 <w:i/>
                 <w:iCs/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00E743BF">
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
                 <w:i/>
                 <w:iCs/>
                 <w:szCs w:val="24"/>
               </w:rPr>
@@ -6584,56 +6452,68 @@
           <w:tcPr>
             <w:tcW w:w="1587" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="4D4F4D7F" w14:textId="77777777" w:rsidR="00374EC2" w:rsidRPr="3050458C" w:rsidRDefault="00374EC2" w:rsidP="001D52AC">
             <w:pPr>
               <w:rPr>
                 <w:i/>
                 <w:iCs/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="3050458C">
               <w:rPr>
                 <w:i/>
                 <w:iCs/>
               </w:rPr>
               <w:t>SIA "Vakcīna”</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00374EC2" w14:paraId="795227BE" w14:textId="77777777" w:rsidTr="001D52AC">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1990" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="63B3D5B5" w14:textId="77777777" w:rsidR="00374EC2" w:rsidRDefault="00374EC2" w:rsidP="001D52AC">
+          <w:p w14:paraId="63B3D5B5" w14:textId="707EEB7E" w:rsidR="00374EC2" w:rsidRDefault="00374EC2" w:rsidP="001D52AC">
             <w:r>
               <w:rPr>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t xml:space="preserve">1-15 gadi, </w:t>
+              <w:t>1-1</w:t>
+            </w:r>
+            <w:r w:rsidR="00D3699B">
+              <w:rPr>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>1</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> gadi, </w:t>
             </w:r>
             <w:r w:rsidRPr="00DB7194">
               <w:rPr>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>bāreņ</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>i</w:t>
             </w:r>
             <w:r w:rsidRPr="00DB7194">
               <w:rPr>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> un bez vecāku gādības palikuš</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>i</w:t>
             </w:r>
@@ -6756,56 +6636,68 @@
           </w:tcPr>
           <w:p w14:paraId="6C224230" w14:textId="77777777" w:rsidR="00374EC2" w:rsidRPr="3050458C" w:rsidRDefault="00374EC2" w:rsidP="001D52AC">
             <w:pPr>
               <w:rPr>
                 <w:i/>
                 <w:iCs/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00E743BF">
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
                 <w:i/>
                 <w:iCs/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>SIA ”Magnum Medical”</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00374EC2" w14:paraId="73529D81" w14:textId="77777777" w:rsidTr="001D52AC">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1990" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="5FCB8B0C" w14:textId="77777777" w:rsidR="00374EC2" w:rsidRDefault="00374EC2" w:rsidP="001D52AC">
+          <w:p w14:paraId="5FCB8B0C" w14:textId="0919B933" w:rsidR="00374EC2" w:rsidRDefault="00374EC2" w:rsidP="001D52AC">
             <w:r>
               <w:rPr>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t xml:space="preserve">16-17 gadi, </w:t>
+              <w:t>1</w:t>
+            </w:r>
+            <w:r w:rsidR="00D3699B">
+              <w:rPr>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>2</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">-17 gadi, </w:t>
             </w:r>
             <w:r w:rsidRPr="00DB7194">
               <w:rPr>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>bāreņ</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>i</w:t>
             </w:r>
             <w:r w:rsidRPr="00DB7194">
               <w:rPr>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> un bez vecāku gādības palikuš</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>i</w:t>
             </w:r>
@@ -7002,63 +6894,63 @@
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1744" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="6EFFCD7E" w14:textId="77777777" w:rsidR="00374EC2" w:rsidRDefault="00374EC2" w:rsidP="001D52AC">
             <w:pPr>
               <w:rPr>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Tdap</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1788" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="667B4EFC" w14:textId="77777777" w:rsidR="00374EC2" w:rsidRPr="00954296" w:rsidRDefault="00374EC2" w:rsidP="001D52AC">
+          <w:p w14:paraId="667B4EFC" w14:textId="6FB8D7F3" w:rsidR="00374EC2" w:rsidRPr="00954296" w:rsidRDefault="00374EC2" w:rsidP="001D52AC">
             <w:pPr>
               <w:rPr>
                 <w:i/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:i/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t>Adacel/Triaxis</w:t>
+              <w:t>Adacel</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1587" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="23920F43" w14:textId="77777777" w:rsidR="00374EC2" w:rsidRPr="3050458C" w:rsidRDefault="00374EC2" w:rsidP="001D52AC">
             <w:pPr>
               <w:rPr>
                 <w:i/>
                 <w:iCs/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00E743BF">
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
                 <w:i/>
                 <w:iCs/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>SIA ”Magnum Medical”</w:t>
             </w:r>
           </w:p>
         </w:tc>
@@ -7722,51 +7614,51 @@
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
                 <w:i/>
                 <w:iCs/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>”</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="1FACD5B5" w14:textId="456880E2" w:rsidR="00BD5DD3" w:rsidRPr="00CE4AE4" w:rsidRDefault="00BD5DD3" w:rsidP="00CE4AE4">
             <w:pPr>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:contextualSpacing/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
                 <w:b/>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6226" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="1C039851" w14:textId="4FC542A2" w:rsidR="00124552" w:rsidRPr="00CE4AE4" w:rsidRDefault="0019683D" w:rsidP="00CE4AE4">
+          <w:p w14:paraId="1C039851" w14:textId="3D2D0AC4" w:rsidR="00124552" w:rsidRPr="00CE4AE4" w:rsidRDefault="0019683D" w:rsidP="00CE4AE4">
             <w:pPr>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:contextualSpacing/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00CE4AE4">
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Ulbrokas iela 23, Rīga, tālr.</w:t>
             </w:r>
             <w:r w:rsidR="000933E6" w:rsidRPr="00CE4AE4">
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidR="00717181" w:rsidRPr="00CE4AE4">
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
@@ -7777,51 +7669,51 @@
               <w:t>67718723</w:t>
             </w:r>
             <w:r w:rsidR="00124552" w:rsidRPr="00CE4AE4">
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidR="00124552" w:rsidRPr="00CE4AE4">
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
                 <w:i/>
                 <w:iCs/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>(</w:t>
             </w:r>
             <w:r w:rsidRPr="00CE4AE4">
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
                 <w:i/>
                 <w:iCs/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>Adacel/Triaxis</w:t>
+              <w:t>Adacel</w:t>
             </w:r>
             <w:r w:rsidR="00293D0A" w:rsidRPr="00CE4AE4">
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
                 <w:i/>
                 <w:iCs/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>, Verorab, Encepur Children 0,25ml, Encepur Adult 0,5ml)</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="448F5280" w14:textId="35CC33C0" w:rsidR="00BD5DD3" w:rsidRPr="00CE4AE4" w:rsidRDefault="00BD5DD3" w:rsidP="00CE4AE4">
             <w:pPr>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:contextualSpacing/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
@@ -7912,51 +7804,51 @@
         </w:rPr>
         <w:t xml:space="preserve"> ja to pieļauj vakcīnas lietošanas instrukcija un ja konkrētā vakcīna ir bijusi iekļauta vakcinācijas kalendārā laikā, kad bērnam bija N</w:t>
       </w:r>
       <w:r w:rsidRPr="00CE4AE4">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
         </w:rPr>
         <w:t>oteikumu</w:t>
       </w:r>
       <w:r w:rsidRPr="00CE4AE4">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
           <w:noProof/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00CE4AE4">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t xml:space="preserve">1. pielikumā norādītais vakcinācijai atbilstošais vecums. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1BA55069" w14:textId="7F1EF3B8" w:rsidR="003507B0" w:rsidRPr="00CE4AE4" w:rsidRDefault="003507B0" w:rsidP="00CE4AE4">
+    <w:p w14:paraId="2DD734C3" w14:textId="77777777" w:rsidR="005166DC" w:rsidRDefault="003507B0" w:rsidP="005166DC">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1134"/>
         </w:tabs>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:ind w:firstLine="720"/>
         <w:contextualSpacing/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
           <w:noProof/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00CE4AE4">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
           <w:noProof/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
         <w:t>Kontaktpersonu vakcināciju veic atbilstoši Noteikumu 3.6. apakšpunktam, kas no</w:t>
       </w:r>
       <w:r w:rsidR="001D5AD1" w:rsidRPr="00CE4AE4">
@@ -7971,127 +7863,496 @@
       <w:r w:rsidRPr="00CE4AE4">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
           <w:noProof/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
         <w:t>, ka epidemioloģiski nozīmīgas infekcijas slimības (difterija, poliomielīts, masalas, masaliņas un epidēmiskais parotīts) gadījumā nevakcinētas kontaktpersonas vakcinācija veicama par valsts budžeta līdzekļiem, lai nepieļautu infekcijas slimību plašu izplatīšanos. Šim nolūkam tiek izmantotas Jūsu rīcībā esošas vai standarta veidā pasūtāmās valsts apmaksātās vakcīnas. Vakcīnu pasūtījumu kontaktpersonu vakcināci</w:t>
       </w:r>
       <w:r w:rsidR="00A46FBF" w:rsidRPr="00CE4AE4">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
           <w:noProof/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
         <w:t>ja</w:t>
       </w:r>
       <w:r w:rsidRPr="00CE4AE4">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
           <w:noProof/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
-        <w:t xml:space="preserve">i var izmantot ārpus kārtas vakcīnu pasūtīšanas iespējas, kad vitāli svarīgas vakcīnas tiek piegādātas 24 stundu laikā.  </w:t>
+        <w:t xml:space="preserve">i var izmantot ārpus kārtas vakcīnu pasūtīšanas iespējas, kad vitāli svarīgas vakcīnas tiek piegādātas 24 stundu laikā. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3AE2A7BD" w14:textId="77777777" w:rsidR="0056263F" w:rsidRPr="00CE4AE4" w:rsidRDefault="0056263F" w:rsidP="00CE4AE4">
+    <w:p w14:paraId="564D1B35" w14:textId="3292ECB4" w:rsidR="005166DC" w:rsidRDefault="005166DC" w:rsidP="005166DC">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1134"/>
         </w:tabs>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:ind w:firstLine="720"/>
         <w:contextualSpacing/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
           <w:noProof/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
       </w:pPr>
+      <w:r w:rsidRPr="005166DC">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+          <w:noProof/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="lv-LV"/>
+        </w:rPr>
+        <w:t>No valsts budžeta līdzekļiem apmaksātu vakcināciju pret masalām, masaliņām, epidēmisko parotītu, B hepatītu un vējbakām vakcinācijas iestādes nodrošina nevakcinētām personām vecumā līdz 25 gadiem (ieskaitot)</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="FootnoteReference"/>
+          <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+          <w:noProof/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="lv-LV"/>
+        </w:rPr>
+        <w:footnoteReference w:id="8"/>
+      </w:r>
+      <w:r w:rsidRPr="005166DC">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+          <w:noProof/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="lv-LV"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
     </w:p>
-    <w:p w14:paraId="24E080F4" w14:textId="77777777" w:rsidR="004E47B1" w:rsidRDefault="004E47B1">
-[...9 lines deleted...]
-      <w:bookmarkStart w:id="3" w:name="_Toc219366512"/>
+    <w:p w14:paraId="25A3964D" w14:textId="70DFA42F" w:rsidR="005166DC" w:rsidRPr="005166DC" w:rsidRDefault="005166DC" w:rsidP="005166DC">
+      <w:pPr>
+        <w:ind w:firstLine="360"/>
+        <w:contextualSpacing/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="005166DC">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+          <w:noProof/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="lv-LV"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t xml:space="preserve">No valsts budžeta līdzekļiem apmaksātu vakcināciju pret cilvēka papilomas vīrusa </w:t>
+      </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
-        </w:rPr>
-        <w:br w:type="page"/>
+          <w:noProof/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="lv-LV"/>
+        </w:rPr>
+        <w:t xml:space="preserve">(CPV) </w:t>
+      </w:r>
+      <w:r w:rsidRPr="005166DC">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+          <w:noProof/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="lv-LV"/>
+        </w:rPr>
+        <w:t>infekciju vakcinācijas iestādes atbilstoši pieejamajam vakcīnu apjomam nodrošina paaugstinātam riskam pakļautām grupām un nevakcinētām personām vecumā līdz 25 gadiem (ieskaitot). Minētā valsts apmaksātā vakcinācija tiek nodrošināta prioritārā secībā</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005166DC">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+          <w:noProof/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="lv-LV"/>
+        </w:rPr>
+        <w:t>:</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6E900B9E" w14:textId="05979FF7" w:rsidR="0058423E" w:rsidRPr="00CE4AE4" w:rsidRDefault="003507B0" w:rsidP="00CE4AE4">
+    <w:p w14:paraId="0FC9CAE3" w14:textId="40EB73A0" w:rsidR="005166DC" w:rsidRPr="005166DC" w:rsidRDefault="005166DC" w:rsidP="005166DC">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="42"/>
+        </w:numPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="005166DC">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>prioritāte</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005166DC">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>: paaugstinātam riskam pakļautie iedzīvotāji:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4B7921CF" w14:textId="4D2BFB39" w:rsidR="005166DC" w:rsidRPr="005166DC" w:rsidRDefault="005166DC" w:rsidP="005166DC">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="43"/>
+        </w:numPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="lv-LV"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="005166DC">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="lv-LV"/>
+        </w:rPr>
+        <w:t>sievietes no 18 līdz 55 gadiem</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005166DC">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="lv-LV"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (ieskaitot)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005166DC">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="lv-LV"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> ar dzemdes kakla adenokarcinomu in situ (AIS) un pirms vai pēc dzemdes kakla vidējas/smagas pakāpes displāzijas (HSIL) ķirurģiskas ārstēšanas;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0112D6A6" w14:textId="673F2388" w:rsidR="005166DC" w:rsidRPr="005166DC" w:rsidRDefault="005166DC" w:rsidP="005166DC">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="43"/>
+        </w:numPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="lv-LV"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="005166DC">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="lv-LV"/>
+        </w:rPr>
+        <w:t>sievietes no 18 līdz 45 gadiem</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005166DC">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="lv-LV"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (ieskaitot)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005166DC">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="lv-LV"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> ar priekšvēža izmaiņām - CIN 2/3 (dzemdes kakls), VaIN 2/3 (maksts), VIN 2/3 (vulva) un AIN 2/3 (anālais kanāls);</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4AC1469E" w14:textId="77777777" w:rsidR="005166DC" w:rsidRPr="005166DC" w:rsidRDefault="005166DC" w:rsidP="005166DC">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="43"/>
+        </w:numPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="005166DC">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">sievietes un vīrieši no 18 </w:t>
+      </w:r>
+      <w:r w:rsidRPr="005166DC">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>līdz 45 g</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005166DC">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>adiem ar imūnsupresiju bez HIV infekcijas;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="73BEEA99" w14:textId="77777777" w:rsidR="005166DC" w:rsidRPr="005166DC" w:rsidRDefault="005166DC" w:rsidP="005166DC">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="43"/>
+        </w:numPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="005166DC">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>sievietes un vīrieši no 18 līdz 45 gadiem ar HIV infekciju;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7E3AD4A8" w14:textId="51C0FC5E" w:rsidR="005166DC" w:rsidRPr="005166DC" w:rsidRDefault="005166DC" w:rsidP="005166DC">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="42"/>
+        </w:numPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="005166DC">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>prioritāte</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005166DC">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>: sievietes un vīrieši 25 gadu vecumā</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005166DC">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (ieskaitot)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005166DC">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">; </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1EDBB980" w14:textId="77777777" w:rsidR="005166DC" w:rsidRPr="005166DC" w:rsidRDefault="005166DC" w:rsidP="005166DC">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="42"/>
+        </w:numPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="005166DC">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>prioritāte</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005166DC">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>: sievietes un vīrieši vecumā</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005166DC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> no 18 līdz 24 gadiem (ieskaitot)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005166DC">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+          <w:noProof/>
+          <w:szCs w:val="24"/>
+          <w:vertAlign w:val="superscript"/>
+          <w:lang w:eastAsia="lv-LV"/>
+        </w:rPr>
+        <w:t>7,</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="FootnoteReference"/>
+          <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+          <w:noProof/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="lv-LV"/>
+        </w:rPr>
+        <w:footnoteReference w:id="9"/>
+      </w:r>
+      <w:r w:rsidRPr="005166DC">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+          <w:noProof/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="lv-LV"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="13329F25" w14:textId="77777777" w:rsidR="005166DC" w:rsidRPr="005166DC" w:rsidRDefault="005166DC" w:rsidP="005166DC">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="1134"/>
+        </w:tabs>
+        <w:spacing w:line="276" w:lineRule="auto"/>
+        <w:contextualSpacing/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+          <w:noProof/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="lv-LV"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="6E900B9E" w14:textId="05979FF7" w:rsidR="0058423E" w:rsidRPr="00CE4AE4" w:rsidRDefault="003507B0" w:rsidP="00BB7B7F">
       <w:pPr>
         <w:pStyle w:val="Heading1"/>
-        <w:spacing w:line="276" w:lineRule="auto"/>
-[...8 lines deleted...]
-        <w:lastRenderedPageBreak/>
+      </w:pPr>
+      <w:bookmarkStart w:id="3" w:name="_Toc224203616"/>
+      <w:r w:rsidRPr="00CE4AE4">
         <w:t>Vakcīnu un šļirču pasūtīšana</w:t>
       </w:r>
       <w:bookmarkEnd w:id="3"/>
     </w:p>
     <w:p w14:paraId="7F99DBA5" w14:textId="77777777" w:rsidR="004E47B1" w:rsidRDefault="004E47B1" w:rsidP="00CE4AE4">
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:contextualSpacing/>
         <w:rPr>
           <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
       </w:pPr>
-      <w:bookmarkStart w:id="4" w:name="_Toc219366513"/>
     </w:p>
     <w:p w14:paraId="56469DC3" w14:textId="53BFC949" w:rsidR="00F41C6A" w:rsidRPr="00CE4AE4" w:rsidRDefault="00F41C6A" w:rsidP="00CE4AE4">
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:contextualSpacing/>
         <w:rPr>
           <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
       </w:pPr>
+      <w:bookmarkStart w:id="4" w:name="_Toc224203617"/>
       <w:r w:rsidRPr="00CE4AE4">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
         <w:t>Vakcīnu kārtēj</w:t>
       </w:r>
       <w:r w:rsidR="008667A4" w:rsidRPr="00CE4AE4">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
         <w:t>ais</w:t>
       </w:r>
       <w:r w:rsidRPr="00CE4AE4">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
         <w:t xml:space="preserve"> pasūtījum</w:t>
       </w:r>
       <w:r w:rsidR="008667A4" w:rsidRPr="00CE4AE4">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
           <w:lang w:eastAsia="lv-LV"/>
@@ -8384,50 +8645,51 @@
           <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
         </w:rPr>
         <w:t>ā</w:t>
       </w:r>
       <w:r w:rsidRPr="00CE4AE4">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
         </w:rPr>
         <w:t xml:space="preserve">mo devu skaitam ir jābūt dalāmam ar 10 bez atlikuma. Šļirces BCG vakcīnas ievadīšanai ir fasētas pa 100 šļircēm vienā iepakojumā. </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="7679650D" w14:textId="372BD01E" w:rsidR="003507B0" w:rsidRPr="00CE4AE4" w:rsidRDefault="003507B0" w:rsidP="00CE4AE4">
       <w:pPr>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:ind w:firstLine="720"/>
         <w:contextualSpacing/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00CE4AE4">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
         </w:rPr>
+        <w:lastRenderedPageBreak/>
         <w:t xml:space="preserve">Pasūtot standarta tuberkulīnu, jāņem vērā, ka fasējuma veids ir ampula un vienā ampulā ir </w:t>
       </w:r>
       <w:r w:rsidR="00C90435" w:rsidRPr="00CE4AE4">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
         </w:rPr>
         <w:t>10</w:t>
       </w:r>
       <w:r w:rsidRPr="00CE4AE4">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
         </w:rPr>
         <w:t xml:space="preserve"> devas (1ml). Tādēļ pasūtamo devu skaitam jābūt dalāmam ar 1</w:t>
       </w:r>
       <w:r w:rsidR="00C90435" w:rsidRPr="00CE4AE4">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
         </w:rPr>
         <w:t>0</w:t>
       </w:r>
       <w:r w:rsidRPr="00CE4AE4">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
         </w:rPr>
         <w:t xml:space="preserve"> bez atlikuma.</w:t>
@@ -8602,51 +8864,50 @@
         </w:rPr>
         <w:t xml:space="preserve"> kur</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="7125E294" w14:textId="335CA15A" w:rsidR="003507B0" w:rsidRPr="00CE4AE4" w:rsidRDefault="003507B0" w:rsidP="00CE4AE4">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1134"/>
         </w:tabs>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:ind w:firstLine="720"/>
         <w:contextualSpacing/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00CE4AE4">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
-        <w:lastRenderedPageBreak/>
         <w:t xml:space="preserve">Pmax – maksimālais </w:t>
       </w:r>
       <w:r w:rsidR="007D2572" w:rsidRPr="00CE4AE4">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
         <w:t>pasūtamo</w:t>
       </w:r>
       <w:r w:rsidRPr="00CE4AE4">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
         <w:t xml:space="preserve"> vakcīnu daudzums;</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="55723DC7" w14:textId="77777777" w:rsidR="003507B0" w:rsidRPr="00CE4AE4" w:rsidRDefault="003507B0" w:rsidP="00CE4AE4">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1134"/>
         </w:tabs>
         <w:spacing w:line="276" w:lineRule="auto"/>
@@ -8787,51 +9048,51 @@
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1134"/>
         </w:tabs>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:contextualSpacing/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
           <w:b/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="0E49592A" w14:textId="44B04B34" w:rsidR="003507B0" w:rsidRPr="00CE4AE4" w:rsidRDefault="003507B0" w:rsidP="00CE4AE4">
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:contextualSpacing/>
         <w:rPr>
           <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
       </w:pPr>
-      <w:bookmarkStart w:id="5" w:name="_Toc219366514"/>
+      <w:bookmarkStart w:id="5" w:name="_Toc224203618"/>
       <w:r w:rsidRPr="00CE4AE4">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
         <w:t xml:space="preserve">Vakcīnu </w:t>
       </w:r>
       <w:r w:rsidR="006373FC" w:rsidRPr="00CE4AE4">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
         <w:t>ā</w:t>
       </w:r>
       <w:r w:rsidRPr="00CE4AE4">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
         <w:t>rpus kārt</w:t>
       </w:r>
       <w:r w:rsidR="006373FC" w:rsidRPr="00CE4AE4">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
           <w:lang w:eastAsia="lv-LV"/>
@@ -9239,67 +9500,75 @@
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">pamatojums, kāpēc pasūtījums </w:t>
       </w:r>
       <w:r w:rsidR="00F20BA8" w:rsidRPr="00CE4AE4">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
           <w:iCs/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>nevar gaidīt kārtējā pasūtījuma izpildes laiku.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="1F327A3A" w14:textId="77777777" w:rsidR="00F20BA8" w:rsidRPr="00CE4AE4" w:rsidRDefault="00F20BA8" w:rsidP="00CE4AE4">
       <w:pPr>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:contextualSpacing/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
           <w:iCs/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="1C909E49" w14:textId="77777777" w:rsidR="003507B0" w:rsidRPr="00CE4AE4" w:rsidRDefault="003507B0" w:rsidP="00CE4AE4">
+    <w:p w14:paraId="26FE7E99" w14:textId="77777777" w:rsidR="00BB7B7F" w:rsidRDefault="00BB7B7F">
+      <w:pPr>
+        <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="6" w:name="_Toc224203619"/>
+      <w:r>
+        <w:br w:type="page"/>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1C909E49" w14:textId="53560B5B" w:rsidR="003507B0" w:rsidRDefault="003507B0" w:rsidP="00BB7B7F">
       <w:pPr>
         <w:pStyle w:val="Heading1"/>
-        <w:spacing w:line="276" w:lineRule="auto"/>
-[...8 lines deleted...]
-        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00CE4AE4">
+        <w:lastRenderedPageBreak/>
         <w:t>Vakcīnu piegāde un saņemšana</w:t>
       </w:r>
       <w:bookmarkEnd w:id="6"/>
     </w:p>
+    <w:p w14:paraId="459D8686" w14:textId="77777777" w:rsidR="00BB7B7F" w:rsidRPr="00BB7B7F" w:rsidRDefault="00BB7B7F" w:rsidP="00BB7B7F"/>
     <w:p w14:paraId="0A248231" w14:textId="1B87892B" w:rsidR="003507B0" w:rsidRPr="00CE4AE4" w:rsidRDefault="003507B0" w:rsidP="00CE4AE4">
       <w:pPr>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:ind w:firstLine="720"/>
         <w:contextualSpacing/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00CE4AE4">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
         </w:rPr>
         <w:t>Ārstniecības personām, kuras veic imunizāciju, pirms vakcinācijas veikšanas obligāti jāiepazīstas ar vakcīnas lietošanas instrukciju, kur</w:t>
       </w:r>
       <w:r w:rsidR="00BA6205" w:rsidRPr="00CE4AE4">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
         </w:rPr>
         <w:t>a</w:t>
       </w:r>
       <w:r w:rsidRPr="00CE4AE4">
         <w:rPr>
@@ -9314,51 +9583,51 @@
         <w:t>s</w:t>
       </w:r>
       <w:r w:rsidRPr="00CE4AE4">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
         </w:rPr>
         <w:t xml:space="preserve"> mājas lap</w:t>
       </w:r>
       <w:r w:rsidR="00892E6A" w:rsidRPr="00CE4AE4">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
         </w:rPr>
         <w:t>as</w:t>
       </w:r>
       <w:r w:rsidRPr="00CE4AE4">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
         </w:rPr>
         <w:t xml:space="preserve"> Latvijas zāļu reģistrā</w:t>
       </w:r>
       <w:r w:rsidRPr="00CE4AE4">
         <w:rPr>
           <w:rStyle w:val="FootnoteReference"/>
           <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
         </w:rPr>
-        <w:footnoteReference w:id="8"/>
+        <w:footnoteReference w:id="10"/>
       </w:r>
       <w:r w:rsidRPr="00CE4AE4">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
         </w:rPr>
         <w:t>. Savukārt vakcīnu piegādātājiem (Zāļu lieltirgotavām) piegāžu līgumos ir norādīts, ka „</w:t>
       </w:r>
       <w:r w:rsidRPr="00CE4AE4">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
           <w:i/>
           <w:iCs/>
         </w:rPr>
         <w:t xml:space="preserve">katram Preces (vakcīnas) iepakojumam jābūt pievienotai Latvijas Republikā Zāļu valsts aģentūras apstiprinātai lietošanas instrukcijai latviešu valodā”. </w:t>
       </w:r>
       <w:r w:rsidRPr="00CE4AE4">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
         </w:rPr>
         <w:t>Vēršam uzmanību, ka vakcīnu lietošanas instrukcijas paredz dažādas vakcinācijas shēmas un intervālus, tomēr plānveida imunizācija Latvijā veicama atbilstoši apstiprinātajam vakcinācijas kalendāram.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="35A33BB0" w14:textId="7D1D6734" w:rsidR="003507B0" w:rsidRPr="00CE4AE4" w:rsidRDefault="00A04395" w:rsidP="00CE4AE4">
       <w:pPr>
         <w:spacing w:line="276" w:lineRule="auto"/>
@@ -9588,51 +9857,50 @@
         </w:rPr>
         <w:t>vai ir pievienotas lietošanas instrukcijas (līguma 4.6. punkts);</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="5683C7B6" w14:textId="1A443FD5" w:rsidR="003507B0" w:rsidRPr="00CE4AE4" w:rsidRDefault="005C336B" w:rsidP="00CE4AE4">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="38"/>
         </w:numPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00CE4AE4">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:lastRenderedPageBreak/>
         <w:t xml:space="preserve">vai </w:t>
       </w:r>
       <w:r w:rsidR="00D9175D" w:rsidRPr="00CE4AE4">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>vakcīna</w:t>
       </w:r>
       <w:r w:rsidR="003507B0" w:rsidRPr="00CE4AE4">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> ir atbilstoši iepakota un transportēta (līguma 4.4. un 4.5. punkts)</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="18916869" w14:textId="6C0D2E39" w:rsidR="003507B0" w:rsidRPr="00CE4AE4" w:rsidRDefault="003507B0" w:rsidP="00CE4AE4">
       <w:pPr>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:ind w:firstLine="720"/>
         <w:contextualSpacing/>
         <w:jc w:val="both"/>
@@ -9766,68 +10034,72 @@
           <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">SPKC katru mēnesi līdz 18. datumam iesniedz kopējo vakcīnu pasūtījumu zāļu lieltirgotavai (3. tabula), kura nodrošina vakcīnu piegādi vakcinācijas iestādēm ne vēlāk kā </w:t>
       </w:r>
       <w:r w:rsidRPr="00CE4AE4">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
           <w:b/>
           <w:bCs/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>līdz katra mēneša pēdējam datumam.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="14114821" w14:textId="77777777" w:rsidR="00AC0E73" w:rsidRPr="00CE4AE4" w:rsidRDefault="00AC0E73" w:rsidP="00CE4AE4">
       <w:pPr>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:contextualSpacing/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="7F57F526" w14:textId="306AD389" w:rsidR="002B01B3" w:rsidRPr="00CE4AE4" w:rsidRDefault="002B01B3" w:rsidP="00CE4AE4">
+    <w:p w14:paraId="7F57F526" w14:textId="306AD389" w:rsidR="002B01B3" w:rsidRDefault="002B01B3" w:rsidP="00BB7B7F">
       <w:pPr>
         <w:pStyle w:val="Heading1"/>
-        <w:spacing w:line="276" w:lineRule="auto"/>
-[...1 lines deleted...]
-          <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+        <w:rPr>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
       </w:pPr>
-      <w:bookmarkStart w:id="7" w:name="_Toc219366516"/>
-[...2 lines deleted...]
-          <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+      <w:bookmarkStart w:id="7" w:name="_Toc224203620"/>
+      <w:r w:rsidRPr="00CE4AE4">
+        <w:rPr>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
         <w:t>Vakcīnu atlikumu pārraudzība</w:t>
       </w:r>
       <w:bookmarkEnd w:id="7"/>
+    </w:p>
+    <w:p w14:paraId="34C10745" w14:textId="77777777" w:rsidR="00BB7B7F" w:rsidRPr="00BB7B7F" w:rsidRDefault="00BB7B7F" w:rsidP="00BB7B7F">
+      <w:pPr>
+        <w:rPr>
+          <w:lang w:eastAsia="lv-LV"/>
+        </w:rPr>
+      </w:pPr>
     </w:p>
     <w:p w14:paraId="2A460405" w14:textId="77777777" w:rsidR="002F487B" w:rsidRPr="00CE4AE4" w:rsidRDefault="002F487B" w:rsidP="00CE4AE4">
       <w:pPr>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:ind w:firstLine="709"/>
         <w:contextualSpacing/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00CE4AE4">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">Vakcinācijas iestādēm, gatavojot vakcīnu pasūtījumus, jāņem vērā vakcinējamo personu skaits un </w:t>
       </w:r>
       <w:r w:rsidRPr="00CE4AE4">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
           <w:b/>
           <w:szCs w:val="24"/>
         </w:rPr>
@@ -9873,51 +10145,59 @@
       </w:pPr>
       <w:r w:rsidRPr="00CE4AE4">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> 1) sakarā ar nevienmērīgu vakcīnu sadalījumu gada beigās vairākās vakcinācijas iestādēs var izveidoties vakcīnu trūkums, kuru novēršanai ir nepieciešama papildus vakcīnu iegāde, kam nav atvēlēti līdzekļi;</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="6EC11E1A" w14:textId="77777777" w:rsidR="002F487B" w:rsidRPr="00CE4AE4" w:rsidRDefault="002F487B" w:rsidP="00CE4AE4">
       <w:pPr>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:ind w:firstLine="709"/>
         <w:contextualSpacing/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00CE4AE4">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve">2) vakcinācijas iestāžu ledusskapji parasti nav paredzēti ilgstošai vakcīnu uzglabāšanai, jo darba laikā bieži notiek durvju atvēršana un siltums pakāpeniski (kumulatīvi) iedarbojas uz vakcīnām; turklāt lieli vakcīnu apjomi ledusskapī nav pieļaujami, jo traucē gaisa cirkulācijai, kas arī negatīvi ietekmē temperatūras režīmu un vakcīnu kvalitāti (efektivitāti un drošumu); </w:t>
+        <w:t xml:space="preserve">2) vakcinācijas iestāžu ledusskapji parasti nav paredzēti ilgstošai vakcīnu uzglabāšanai, jo darba laikā bieži notiek durvju atvēršana un siltums pakāpeniski (kumulatīvi) iedarbojas uz </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CE4AE4">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t xml:space="preserve">vakcīnām; turklāt lieli vakcīnu apjomi ledusskapī nav pieļaujami, jo traucē gaisa cirkulācijai, kas arī negatīvi ietekmē temperatūras režīmu un vakcīnu kvalitāti (efektivitāti un drošumu); </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="01ACB553" w14:textId="77777777" w:rsidR="002F487B" w:rsidRPr="00CE4AE4" w:rsidRDefault="002F487B" w:rsidP="00CE4AE4">
       <w:pPr>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:ind w:firstLine="709"/>
         <w:contextualSpacing/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00CE4AE4">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">3) vakcīnu zudumi ir iespējami (un diemžēl laiku pa laikam tas arī notiek) saistībā ar dažādiem ārējiem faktoriem (piemēram, elektrības padeves traucējumi, ugunsgrēks, ledusskapja bojājums), un valsts budžeta zaudējumi ir tieši proporcionāli vakcinācijas iestādē uzturēto vakcīnu daudzumam; </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="59B4D797" w14:textId="77777777" w:rsidR="002F487B" w:rsidRPr="00CE4AE4" w:rsidRDefault="002F487B" w:rsidP="00CE4AE4">
       <w:pPr>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:ind w:firstLine="709"/>
@@ -9942,82 +10222,84 @@
         <w:ind w:firstLine="709"/>
         <w:contextualSpacing/>
         <w:rPr>
           <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00CE4AE4">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Lai novērstu minētos riskus, stingri jāievēro Noteikumu prasības un bez vajadzības neuzglabāt pārāk lielus vakcīnu atlikumus un neveikt nepamatoti lielus vakcīnu pasūtījumus.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="7E356C5B" w14:textId="77777777" w:rsidR="002F487B" w:rsidRPr="00CE4AE4" w:rsidRDefault="002F487B" w:rsidP="00CE4AE4">
       <w:pPr>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:contextualSpacing/>
         <w:rPr>
           <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="3217A255" w14:textId="231BAF5C" w:rsidR="003507B0" w:rsidRPr="00CE4AE4" w:rsidRDefault="00F573C9" w:rsidP="00CE4AE4">
+    <w:p w14:paraId="3217A255" w14:textId="231BAF5C" w:rsidR="003507B0" w:rsidRDefault="00F573C9" w:rsidP="00BB7B7F">
       <w:pPr>
         <w:pStyle w:val="Heading1"/>
-        <w:spacing w:line="276" w:lineRule="auto"/>
-[...1 lines deleted...]
-          <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+        <w:rPr>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
       </w:pPr>
-      <w:bookmarkStart w:id="8" w:name="_Toc219366517"/>
-[...2 lines deleted...]
-          <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+      <w:bookmarkStart w:id="8" w:name="_Toc224203621"/>
+      <w:r w:rsidRPr="00CE4AE4">
+        <w:rPr>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
         <w:t>V</w:t>
       </w:r>
       <w:r w:rsidR="003507B0" w:rsidRPr="00CE4AE4">
         <w:rPr>
-          <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
         <w:t>akcīnu norakstīšan</w:t>
       </w:r>
       <w:r w:rsidRPr="00CE4AE4">
         <w:rPr>
-          <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
         <w:t>a</w:t>
       </w:r>
       <w:bookmarkEnd w:id="8"/>
+    </w:p>
+    <w:p w14:paraId="484F48C1" w14:textId="77777777" w:rsidR="00BB7B7F" w:rsidRPr="00BB7B7F" w:rsidRDefault="00BB7B7F" w:rsidP="00BB7B7F">
+      <w:pPr>
+        <w:rPr>
+          <w:lang w:eastAsia="lv-LV"/>
+        </w:rPr>
+      </w:pPr>
     </w:p>
     <w:p w14:paraId="2B2A25DB" w14:textId="3C7FAD0E" w:rsidR="00EC4D3C" w:rsidRPr="00CE4AE4" w:rsidRDefault="003507B0" w:rsidP="00CE4AE4">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1134"/>
         </w:tabs>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:ind w:firstLine="720"/>
         <w:contextualSpacing/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00CE4AE4">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
         <w:t>Lai uzlabotu vakcinācijas drošuma pārraudzību</w:t>
       </w:r>
       <w:r w:rsidR="00EC7FF8" w:rsidRPr="00CE4AE4">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
@@ -10138,65 +10420,65 @@
       </w:r>
     </w:p>
     <w:p w14:paraId="10314548" w14:textId="77777777" w:rsidR="00086998" w:rsidRPr="00CE4AE4" w:rsidRDefault="00086998" w:rsidP="00CE4AE4">
       <w:pPr>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:contextualSpacing/>
         <w:rPr>
           <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:sectPr w:rsidR="00086998" w:rsidRPr="00CE4AE4" w:rsidSect="002F0EAA">
       <w:footerReference w:type="default" r:id="rId18"/>
       <w:pgSz w:w="11906" w:h="16838"/>
       <w:pgMar w:top="1134" w:right="1134" w:bottom="1134" w:left="1701" w:header="709" w:footer="709" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="2740AF8A" w14:textId="77777777" w:rsidR="006D4E84" w:rsidRDefault="006D4E84" w:rsidP="003507B0">
+    <w:p w14:paraId="7411D432" w14:textId="77777777" w:rsidR="005C1D84" w:rsidRDefault="005C1D84" w:rsidP="003507B0">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="12782A60" w14:textId="77777777" w:rsidR="006D4E84" w:rsidRDefault="006D4E84" w:rsidP="003507B0">
+    <w:p w14:paraId="719F1A85" w14:textId="77777777" w:rsidR="005C1D84" w:rsidRDefault="005C1D84" w:rsidP="003507B0">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationNotice" w:id="1">
-    <w:p w14:paraId="09422755" w14:textId="77777777" w:rsidR="006D4E84" w:rsidRDefault="006D4E84"/>
+    <w:p w14:paraId="68B440A7" w14:textId="77777777" w:rsidR="005C1D84" w:rsidRDefault="005C1D84"/>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
@@ -10238,137 +10520,130 @@
     <w:sig w:usb0="E1002EFF" w:usb1="C000605B" w:usb2="00000029" w:usb3="00000000" w:csb0="000101FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri Light">
     <w:panose1 w:val="020F0302020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Yu Gothic Light">
     <w:altName w:val="游ゴシック Light"/>
     <w:panose1 w:val="020B0300000000000000"/>
     <w:charset w:val="80"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00002FF" w:usb1="2AC7FDFF" w:usb2="00000016" w:usb3="00000000" w:csb0="0002009F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Segoe UI">
     <w:panose1 w:val="020B0502040204020203"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C000E47F" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Yu Mincho">
-    <w:altName w:val="游明朝"/>
     <w:charset w:val="80"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="800002E7" w:usb1="2AC7FCFF" w:usb2="00000012" w:usb3="00000000" w:csb0="0002009F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:sdt>
     <w:sdtPr>
       <w:id w:val="-26489653"/>
       <w:docPartObj>
         <w:docPartGallery w:val="Page Numbers (Bottom of Page)"/>
         <w:docPartUnique/>
       </w:docPartObj>
     </w:sdtPr>
     <w:sdtEndPr>
       <w:rPr>
         <w:noProof/>
       </w:rPr>
     </w:sdtEndPr>
     <w:sdtContent>
       <w:p w14:paraId="756CF8B0" w14:textId="77777777" w:rsidR="003507B0" w:rsidRDefault="003507B0">
         <w:pPr>
           <w:pStyle w:val="Footer"/>
           <w:jc w:val="center"/>
         </w:pPr>
         <w:r>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
         <w:r>
           <w:instrText xml:space="preserve"> PAGE   \* MERGEFORMAT </w:instrText>
         </w:r>
         <w:r>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
         <w:r w:rsidR="00B0788B">
           <w:rPr>
             <w:noProof/>
           </w:rPr>
-          <w:t>1</w:t>
-[...5 lines deleted...]
-          <w:t>2</w:t>
+          <w:t>12</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:p>
     </w:sdtContent>
   </w:sdt>
   <w:p w14:paraId="708D7CEF" w14:textId="77777777" w:rsidR="003507B0" w:rsidRDefault="003507B0" w:rsidP="002F0EAA">
     <w:pPr>
       <w:pStyle w:val="Footer"/>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="63F32773" w14:textId="77777777" w:rsidR="006D4E84" w:rsidRDefault="006D4E84" w:rsidP="003507B0">
+    <w:p w14:paraId="079ED144" w14:textId="77777777" w:rsidR="005C1D84" w:rsidRDefault="005C1D84" w:rsidP="003507B0">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="02F8DE2B" w14:textId="77777777" w:rsidR="006D4E84" w:rsidRDefault="006D4E84" w:rsidP="003507B0">
+    <w:p w14:paraId="0612E2AB" w14:textId="77777777" w:rsidR="005C1D84" w:rsidRDefault="005C1D84" w:rsidP="003507B0">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationNotice" w:id="1">
-    <w:p w14:paraId="7D2B371A" w14:textId="77777777" w:rsidR="006D4E84" w:rsidRDefault="006D4E84"/>
+    <w:p w14:paraId="7AFB64AA" w14:textId="77777777" w:rsidR="005C1D84" w:rsidRDefault="005C1D84"/>
   </w:footnote>
   <w:footnote w:id="2">
     <w:p w14:paraId="5940A479" w14:textId="77777777" w:rsidR="003507B0" w:rsidRPr="00505D61" w:rsidRDefault="003507B0" w:rsidP="003507B0">
       <w:pPr>
         <w:pStyle w:val="FootnoteText"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00505D61">
         <w:rPr>
           <w:rStyle w:val="FootnoteReference"/>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
         </w:rPr>
         <w:footnoteRef/>
       </w:r>
       <w:r w:rsidRPr="00505D61">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
@@ -10393,123 +10668,51 @@
     <w:p w14:paraId="1FF2963E" w14:textId="41E62D83" w:rsidR="003507B0" w:rsidRPr="00505D61" w:rsidRDefault="003507B0" w:rsidP="003507B0">
       <w:pPr>
         <w:pStyle w:val="FootnoteText"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00505D61">
         <w:rPr>
           <w:rStyle w:val="FootnoteReference"/>
           <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
         </w:rPr>
         <w:footnoteRef/>
       </w:r>
       <w:r w:rsidRPr="00505D61">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
         </w:rPr>
-        <w:t xml:space="preserve"> </w:t>
-[...71 lines deleted...]
-        <w:t xml:space="preserve"> </w:t>
+        <w:t xml:space="preserve"> Bērnu vakcinācijas kalendārs profesionāļiem </w:t>
       </w:r>
       <w:hyperlink r:id="rId2" w:history="1">
         <w:r w:rsidR="00ED094C" w:rsidRPr="00505D61">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
             <w:color w:val="auto"/>
             <w:sz w:val="16"/>
             <w:szCs w:val="16"/>
           </w:rPr>
           <w:t>https://www.spkc.gov.lv/lv/media/18729/download?attachment</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidR="00ED094C" w:rsidRPr="00505D61">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:id="4">
     <w:p w14:paraId="387A8BA9" w14:textId="065EFDFC" w:rsidR="003507B0" w:rsidRPr="00505D61" w:rsidRDefault="003507B0" w:rsidP="003507B0">
@@ -10557,158 +10760,118 @@
       <w:pPr>
         <w:pStyle w:val="FootnoteText"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00505D61">
         <w:rPr>
           <w:rStyle w:val="FootnoteReference"/>
           <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
         </w:rPr>
         <w:footnoteRef/>
       </w:r>
       <w:r w:rsidRPr="00505D61">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
-        <w:t xml:space="preserve"> </w:t>
-[...8 lines deleted...]
-        <w:t xml:space="preserve">Informācija Zāļu reģistrā: </w:t>
+        <w:t xml:space="preserve"> Informācija Zāļu reģistrā: </w:t>
       </w:r>
       <w:hyperlink r:id="rId3" w:history="1">
         <w:r w:rsidRPr="00505D61">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
             <w:color w:val="auto"/>
             <w:sz w:val="16"/>
             <w:szCs w:val="16"/>
             <w:lang w:val="lv-LV"/>
           </w:rPr>
-          <w:t>https://www.</w:t>
-[...21 lines deleted...]
-          <w:t>va.gov.lv/zvais/zalu-registrs/?iss=1&amp;lang=lv&amp;q=Infanrix+hexa&amp;ON=&amp;NAC=on&amp;ESC=on&amp;ESI=on&amp;SAT=on&amp;DEC=on&amp;PIM=on&amp;SN=&amp;RN=&amp;AK=&amp;DIA=&amp;RA=&amp;LB=&amp;MFR=&amp;MDO=&amp;IK=</w:t>
+          <w:t>https://www.zva.gov.lv/zvais/zalu-registrs/?iss=1&amp;lang=lv&amp;q=Infanrix+hexa&amp;ON=&amp;NAC=on&amp;ESC=on&amp;ESI=on&amp;SAT=on&amp;DEC=on&amp;PIM=on&amp;SN=&amp;RN=&amp;AK=&amp;DIA=&amp;RA=&amp;LB=&amp;MFR=&amp;MDO=&amp;IK=</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
   </w:footnote>
   <w:footnote w:id="6">
-    <w:p w14:paraId="27085C06" w14:textId="77777777" w:rsidR="003507B0" w:rsidRPr="009C3A5D" w:rsidRDefault="003507B0" w:rsidP="003507B0">
+    <w:p w14:paraId="27085C06" w14:textId="77777777" w:rsidR="003507B0" w:rsidRPr="009C3A5D" w:rsidRDefault="003507B0" w:rsidP="00BB7B7F">
       <w:pPr>
         <w:pStyle w:val="FootnoteText"/>
+        <w:jc w:val="both"/>
         <w:rPr>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00DA0184">
         <w:rPr>
           <w:rStyle w:val="FootnoteReference"/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
         </w:rPr>
         <w:footnoteRef/>
       </w:r>
       <w:r w:rsidRPr="00DA0184">
         <w:rPr>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="009C3A5D">
-[...3 lines deleted...]
-          <w:szCs w:val="16"/>
+      <w:r w:rsidRPr="00BB7B7F">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:t>2000.gada 26.septembra MK noteikumu Nr.330 “</w:t>
       </w:r>
-      <w:r w:rsidRPr="009C3A5D">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+      <w:r w:rsidRPr="00BB7B7F">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
           <w:noProof/>
-          <w:sz w:val="16"/>
-          <w:szCs w:val="16"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
           <w:lang w:val="lv-LV" w:eastAsia="lv-LV"/>
         </w:rPr>
-        <w:t xml:space="preserve">Vakcinācijas noteikumi” 1. pielikuma 3. </w:t>
-[...9 lines deleted...]
-        <w:t xml:space="preserve">punkts </w:t>
+        <w:t xml:space="preserve">Vakcinācijas noteikumi” 1. pielikuma 3. punkts </w:t>
       </w:r>
       <w:hyperlink r:id="rId4" w:history="1">
-        <w:r w:rsidRPr="009C3A5D">
+        <w:r w:rsidRPr="00BB7B7F">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
-            <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
-[...1 lines deleted...]
-            <w:szCs w:val="16"/>
+            <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+            <w:sz w:val="18"/>
+            <w:szCs w:val="18"/>
             <w:lang w:val="lv-LV"/>
           </w:rPr>
           <w:t>https://likumi.lv/ta/id/11215-vakcinacijas-noteikumi</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
   </w:footnote>
   <w:footnote w:id="7">
     <w:p w14:paraId="50261E69" w14:textId="77777777" w:rsidR="00374EC2" w:rsidRPr="00F03177" w:rsidRDefault="00374EC2" w:rsidP="00374EC2">
       <w:pPr>
         <w:pStyle w:val="FootnoteText"/>
         <w:rPr>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00C607D9">
         <w:rPr>
           <w:rStyle w:val="FootnoteReference"/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
         </w:rPr>
         <w:footnoteRef/>
       </w:r>
       <w:r w:rsidRPr="00C607D9">
         <w:rPr>
@@ -10716,85 +10879,167 @@
           <w:szCs w:val="16"/>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00F03177">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:t xml:space="preserve">riska grupas bērnu, kuri tika vakcinēti ar monovakcīnu pret B hepatītu un bērnu ar medicīniskajām kontrindikācijām imunizācijai ar kombinēto vakcīnu </w:t>
       </w:r>
       <w:r w:rsidRPr="00F03177">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:i/>
           <w:sz w:val="20"/>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:t>Infanrix Hexa</w:t>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:id="8">
+    <w:p w14:paraId="498F8EA1" w14:textId="26BBDDFB" w:rsidR="005166DC" w:rsidRPr="005166DC" w:rsidRDefault="005166DC" w:rsidP="005166DC">
+      <w:pPr>
+        <w:pStyle w:val="FootnoteText"/>
+        <w:rPr>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="FootnoteReference"/>
+        </w:rPr>
+        <w:footnoteRef/>
+      </w:r>
+      <w:r w:rsidRPr="005166DC">
+        <w:rPr>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId5" w:history="1">
+        <w:r w:rsidRPr="005166DC">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+            <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+            <w:sz w:val="18"/>
+            <w:szCs w:val="18"/>
+            <w:lang w:val="lv-LV"/>
+          </w:rPr>
+          <w:t>https://likumi.lv/ta/id/11215-vakcinacijas-noteikumi</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+  </w:footnote>
+  <w:footnote w:id="9">
+    <w:p w14:paraId="0DDAE1ED" w14:textId="04BB9D9D" w:rsidR="005166DC" w:rsidRPr="005166DC" w:rsidRDefault="005166DC">
+      <w:pPr>
+        <w:pStyle w:val="FootnoteText"/>
+        <w:rPr>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="FootnoteReference"/>
+        </w:rPr>
+        <w:footnoteRef/>
+      </w:r>
+      <w:r w:rsidRPr="005166DC">
+        <w:rPr>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId6" w:history="1">
+        <w:r w:rsidRPr="005166DC">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+            <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+            <w:sz w:val="18"/>
+            <w:szCs w:val="18"/>
+            <w:lang w:val="lv-LV"/>
+          </w:rPr>
+          <w:t>https://www.spkc.gov.lv/lv/cilveka-papilomas-viruss-cpv</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+  </w:footnote>
+  <w:footnote w:id="10">
     <w:p w14:paraId="39D3A5EF" w14:textId="77777777" w:rsidR="003507B0" w:rsidRPr="00DA5053" w:rsidRDefault="003507B0" w:rsidP="003507B0">
       <w:pPr>
         <w:pStyle w:val="FootnoteText"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00F21EED">
         <w:rPr>
           <w:rStyle w:val="FootnoteReference"/>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
         </w:rPr>
         <w:footnoteRef/>
       </w:r>
       <w:r w:rsidRPr="00DA5053">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:hyperlink r:id="rId5" w:history="1">
-        <w:r w:rsidRPr="00DA5053">
+      <w:hyperlink r:id="rId7" w:history="1">
+        <w:r w:rsidRPr="005166DC">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
-            <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
-[...1 lines deleted...]
-            <w:szCs w:val="16"/>
+            <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+            <w:sz w:val="18"/>
+            <w:szCs w:val="18"/>
             <w:lang w:val="lv-LV"/>
           </w:rPr>
           <w:t>https://www.zva.gov.lv/zvais/zalu-registrs/?lang=lv</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="FFFFFF1D"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="E8A2284C"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="0"/>
         </w:tabs>
@@ -11178,50 +11423,163 @@
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="04260019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0426001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="12" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="0276087D"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="90AEFEE8"/>
+    <w:lvl w:ilvl="0" w:tplc="B11AC0B6">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1080" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="960E2252" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1800" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="24E26BB4" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2520" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="360606EC" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3240" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="DCDEE2B0" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3960" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="2D28D914" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4680" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="852EB1E0" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5400" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="626AE336" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6120" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="1A464D86" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6840" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="13" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="05220F01"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="D5907F40"/>
     <w:lvl w:ilvl="0" w:tplc="EF6C8DAE">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1080" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04090019">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1800" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0409001B" w:tentative="1">
@@ -11266,51 +11624,51 @@
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5400" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="04090019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6120" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0409001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6840" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="13" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="14" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="06EC4E57"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="67F0E384"/>
     <w:lvl w:ilvl="0" w:tplc="04090001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
@@ -11379,51 +11737,51 @@
     <w:lvl w:ilvl="7" w:tplc="04090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="04090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="7200" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="14" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="15" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="09941E91"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="BFEC4698"/>
     <w:lvl w:ilvl="0" w:tplc="0426000F">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="360" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04260019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1080" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0426001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
@@ -11465,51 +11823,51 @@
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="4680" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="04260019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5400" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0426001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6120" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="15" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="16" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="09C15DE9"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="23DC1664"/>
     <w:lvl w:ilvl="0" w:tplc="0426000F">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04260019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0426001B" w:tentative="1">
@@ -11554,51 +11912,51 @@
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="04260019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0426001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="16" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="17" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="11C3278B"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="B86E0B94"/>
     <w:lvl w:ilvl="0" w:tplc="04090001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
@@ -11667,51 +12025,51 @@
     <w:lvl w:ilvl="7" w:tplc="04090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="04090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="7200" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="17" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="18" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="14803533"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="EA8C9BF0"/>
     <w:lvl w:ilvl="0" w:tplc="0426000F">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04260019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0426001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
@@ -11753,51 +12111,51 @@
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="04260019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0426001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="7200" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="18" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="19" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="14943753"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="4372C166"/>
     <w:lvl w:ilvl="0" w:tplc="479EDF5A">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="-"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1080" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04260003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1800" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
@@ -11866,51 +12224,51 @@
     <w:lvl w:ilvl="7" w:tplc="04260003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6120" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="04260005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6840" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="19" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="20" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="1AEA366D"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="623AAF3A"/>
     <w:lvl w:ilvl="0" w:tplc="0426000F">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04260019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0426001B" w:tentative="1">
@@ -11955,51 +12313,51 @@
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="04260019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0426001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="20" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="21" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="1E8E5B5C"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="4DA06680"/>
     <w:lvl w:ilvl="0" w:tplc="0426000F">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04260019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0426001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
@@ -12041,51 +12399,51 @@
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="04260019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0426001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="7200" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="21" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="22" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="222109D4"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="E17845CC"/>
     <w:lvl w:ilvl="0" w:tplc="BEC87870">
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="420" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:eastAsia="Times New Roman" w:hAnsi="Symbol" w:cs="Times New Roman" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1140" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
@@ -12153,51 +12511,51 @@
     <w:lvl w:ilvl="7" w:tplc="04090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5460" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="04090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6180" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="22" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="23" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="23B47652"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="03F87BC8"/>
     <w:lvl w:ilvl="0" w:tplc="A5BA7ECE">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="-"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1080" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04260003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1800" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
@@ -12266,51 +12624,51 @@
     <w:lvl w:ilvl="7" w:tplc="04260003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6120" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="04260005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6840" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="23" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="24" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="284C1A0F"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="73C490CC"/>
     <w:lvl w:ilvl="0" w:tplc="69545B28">
       <w:start w:val="2"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1494" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04260019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2214" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0426001B" w:tentative="1">
@@ -12355,51 +12713,51 @@
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5814" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="04260019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6534" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0426001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="7254" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="24" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="25" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="2D68331A"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="3D846E12"/>
     <w:lvl w:ilvl="0" w:tplc="0426000F">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04260019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0426001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
@@ -12441,51 +12799,51 @@
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="04260019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0426001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="25" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="26" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="311418C9"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="4E78D19A"/>
     <w:lvl w:ilvl="0" w:tplc="0426000F">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04260019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0426001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
@@ -12527,51 +12885,51 @@
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="04260019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0426001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="7200" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="26" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="27" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="32FD6066"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="382A1DE4"/>
     <w:lvl w:ilvl="0" w:tplc="0426000F">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04260019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0426001B" w:tentative="1">
@@ -12616,51 +12974,51 @@
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="04260019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0426001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="27" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="28" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="397B66E0"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="D5907F40"/>
     <w:lvl w:ilvl="0" w:tplc="EF6C8DAE">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1080" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04090019">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1800" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0409001B" w:tentative="1">
@@ -12705,51 +13063,51 @@
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5400" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="04090019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6120" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0409001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6840" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="28" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="29" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="3B2E060E"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="BCB63782"/>
     <w:lvl w:ilvl="0" w:tplc="0426000F">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04260019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0426001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
@@ -12791,51 +13149,141 @@
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="04260019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0426001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="29" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="30" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="4A655181"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="4C7222C8"/>
+    <w:lvl w:ilvl="0" w:tplc="A55EA26A">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="76B0B6A6">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%2."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="8A742120">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%3."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="1696E3D0">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="2D206C94">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%5."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="F45C083C">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%6."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="5BCC06C8">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="79AE77FA">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="42844E9E">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%9."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="31" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="552E03CC"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="F7A62A2E"/>
     <w:lvl w:ilvl="0" w:tplc="5BF05DC0">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1080" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04260019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1800" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0426001B" w:tentative="1">
@@ -12880,51 +13328,51 @@
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5400" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="04260019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6120" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0426001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6840" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="30" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="32" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="5D5000AE"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="8280FB9E"/>
     <w:lvl w:ilvl="0" w:tplc="CC06B8FE">
       <w:start w:val="4"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="-"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1080" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1800" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
@@ -12993,51 +13441,51 @@
     <w:lvl w:ilvl="7" w:tplc="04090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6120" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="04090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6840" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="31" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="33" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="5F2B318E"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="B388DC90"/>
     <w:lvl w:ilvl="0" w:tplc="0426000F">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1854" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04260019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2574" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0426001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
@@ -13079,51 +13527,51 @@
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6174" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="04260019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6894" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0426001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="7614" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="32" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="34" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="5FBD23E0"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="F7A62A2E"/>
     <w:lvl w:ilvl="0" w:tplc="5BF05DC0">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1080" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04260019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1800" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0426001B" w:tentative="1">
@@ -13168,51 +13616,51 @@
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5400" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="04260019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6120" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0426001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6840" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="33" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="35" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="68765672"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="DD70C506"/>
     <w:lvl w:ilvl="0" w:tplc="0426000F">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04260019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0426001B" w:tentative="1">
@@ -13257,51 +13705,51 @@
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="04260019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0426001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="34" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="36" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="6F265905"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="CD68BC3C"/>
     <w:lvl w:ilvl="0" w:tplc="0426000F">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04260019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0426001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
@@ -13343,51 +13791,51 @@
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="04260019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0426001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="35" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="37" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="6F776723"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="75C4787A"/>
     <w:lvl w:ilvl="0" w:tplc="0426000F">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04260019">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0426001B" w:tentative="1">
@@ -13432,51 +13880,51 @@
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="04260019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0426001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="36" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="38" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="73293973"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="7BA4E97A"/>
     <w:lvl w:ilvl="0" w:tplc="0426000F">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2574" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04260019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3294" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0426001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
@@ -13518,51 +13966,51 @@
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6894" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="04260019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="7614" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0426001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="8334" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="37" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="39" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="78FE6A46"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="8C2AC706"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="2"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="360" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1.%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
@@ -13631,51 +14079,51 @@
     <w:lvl w:ilvl="7">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1.%2.%3.%4.%5.%6.%7.%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="9000" w:hanging="1440"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1.%2.%3.%4.%5.%6.%7.%8.%9."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="10440" w:hanging="1800"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="38" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="40" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="79FD372B"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="4E78D19A"/>
     <w:lvl w:ilvl="0" w:tplc="0426000F">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04260019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0426001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
@@ -13717,51 +14165,51 @@
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="04260019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0426001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="7200" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="39" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="41" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="7ABD07B9"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="32BE17E6"/>
     <w:lvl w:ilvl="0" w:tplc="D7046124">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1494" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04260019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2214" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0426001B" w:tentative="1">
@@ -13806,51 +14254,51 @@
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5814" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="04260019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6534" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0426001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="7254" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="40" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="42" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="7F9F4FD6"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="05BAEAFE"/>
     <w:lvl w:ilvl="0" w:tplc="0409000F">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04090019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0409001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
@@ -13893,179 +14341,184 @@
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="04090019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0409001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="7200" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1" w16cid:durableId="1414932595">
-    <w:abstractNumId w:val="35"/>
+    <w:abstractNumId w:val="37"/>
   </w:num>
   <w:num w:numId="2" w16cid:durableId="1285773773">
-    <w:abstractNumId w:val="37"/>
+    <w:abstractNumId w:val="39"/>
   </w:num>
   <w:num w:numId="3" w16cid:durableId="1911573957">
     <w:abstractNumId w:val="10"/>
   </w:num>
   <w:num w:numId="4" w16cid:durableId="817111019">
     <w:abstractNumId w:val="8"/>
   </w:num>
   <w:num w:numId="5" w16cid:durableId="96683106">
     <w:abstractNumId w:val="7"/>
   </w:num>
   <w:num w:numId="6" w16cid:durableId="535043692">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="7" w16cid:durableId="501820682">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="8" w16cid:durableId="863247736">
     <w:abstractNumId w:val="9"/>
   </w:num>
   <w:num w:numId="9" w16cid:durableId="1953197074">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="10" w16cid:durableId="1962611340">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="11" w16cid:durableId="838279358">
     <w:abstractNumId w:val="2"/>
   </w:num>
   <w:num w:numId="12" w16cid:durableId="826677564">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="13" w16cid:durableId="928806092">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="14" w16cid:durableId="1485702740">
+    <w:abstractNumId w:val="22"/>
+  </w:num>
+  <w:num w:numId="15" w16cid:durableId="1699088074">
+    <w:abstractNumId w:val="32"/>
+  </w:num>
+  <w:num w:numId="16" w16cid:durableId="710611177">
+    <w:abstractNumId w:val="19"/>
+  </w:num>
+  <w:num w:numId="17" w16cid:durableId="1442606520">
+    <w:abstractNumId w:val="23"/>
+  </w:num>
+  <w:num w:numId="18" w16cid:durableId="930309131">
+    <w:abstractNumId w:val="20"/>
+  </w:num>
+  <w:num w:numId="19" w16cid:durableId="999187993">
+    <w:abstractNumId w:val="18"/>
+  </w:num>
+  <w:num w:numId="20" w16cid:durableId="1640921371">
+    <w:abstractNumId w:val="31"/>
+  </w:num>
+  <w:num w:numId="21" w16cid:durableId="1550528759">
+    <w:abstractNumId w:val="34"/>
+  </w:num>
+  <w:num w:numId="22" w16cid:durableId="1694191642">
+    <w:abstractNumId w:val="24"/>
+  </w:num>
+  <w:num w:numId="23" w16cid:durableId="1742214234">
+    <w:abstractNumId w:val="41"/>
+  </w:num>
+  <w:num w:numId="24" w16cid:durableId="155150616">
     <w:abstractNumId w:val="21"/>
   </w:num>
-  <w:num w:numId="15" w16cid:durableId="1699088074">
-    <w:abstractNumId w:val="30"/>
+  <w:num w:numId="25" w16cid:durableId="1148548926">
+    <w:abstractNumId w:val="26"/>
   </w:num>
-  <w:num w:numId="16" w16cid:durableId="710611177">
-    <w:abstractNumId w:val="18"/>
+  <w:num w:numId="26" w16cid:durableId="1341808631">
+    <w:abstractNumId w:val="40"/>
   </w:num>
-  <w:num w:numId="17" w16cid:durableId="1442606520">
-    <w:abstractNumId w:val="22"/>
+  <w:num w:numId="27" w16cid:durableId="1788039861">
+    <w:abstractNumId w:val="33"/>
   </w:num>
-  <w:num w:numId="18" w16cid:durableId="930309131">
-    <w:abstractNumId w:val="19"/>
+  <w:num w:numId="28" w16cid:durableId="184448329">
+    <w:abstractNumId w:val="38"/>
   </w:num>
-  <w:num w:numId="19" w16cid:durableId="999187993">
+  <w:num w:numId="29" w16cid:durableId="658921414">
+    <w:abstractNumId w:val="36"/>
+  </w:num>
+  <w:num w:numId="30" w16cid:durableId="456488171">
+    <w:abstractNumId w:val="15"/>
+  </w:num>
+  <w:num w:numId="31" w16cid:durableId="786584965">
+    <w:abstractNumId w:val="14"/>
+  </w:num>
+  <w:num w:numId="32" w16cid:durableId="2104185314">
+    <w:abstractNumId w:val="28"/>
+  </w:num>
+  <w:num w:numId="33" w16cid:durableId="1745224639">
+    <w:abstractNumId w:val="42"/>
+  </w:num>
+  <w:num w:numId="34" w16cid:durableId="534082406">
     <w:abstractNumId w:val="17"/>
   </w:num>
-  <w:num w:numId="20" w16cid:durableId="1640921371">
+  <w:num w:numId="35" w16cid:durableId="2000619191">
+    <w:abstractNumId w:val="13"/>
+  </w:num>
+  <w:num w:numId="36" w16cid:durableId="1304047133">
     <w:abstractNumId w:val="29"/>
   </w:num>
-  <w:num w:numId="21" w16cid:durableId="1550528759">
-[...11 lines deleted...]
-  <w:num w:numId="25" w16cid:durableId="1148548926">
+  <w:num w:numId="37" w16cid:durableId="998577747">
     <w:abstractNumId w:val="25"/>
-  </w:num>
-[...34 lines deleted...]
-    <w:abstractNumId w:val="24"/>
   </w:num>
   <w:num w:numId="38" w16cid:durableId="2066906204">
     <w:abstractNumId w:val="11"/>
   </w:num>
   <w:num w:numId="39" w16cid:durableId="1464539681">
-    <w:abstractNumId w:val="15"/>
+    <w:abstractNumId w:val="16"/>
   </w:num>
   <w:num w:numId="40" w16cid:durableId="389891000">
-    <w:abstractNumId w:val="26"/>
+    <w:abstractNumId w:val="27"/>
   </w:num>
   <w:num w:numId="41" w16cid:durableId="1855076571">
-    <w:abstractNumId w:val="33"/>
+    <w:abstractNumId w:val="35"/>
+  </w:num>
+  <w:num w:numId="42" w16cid:durableId="418872181">
+    <w:abstractNumId w:val="30"/>
+  </w:num>
+  <w:num w:numId="43" w16cid:durableId="1762949784">
+    <w:abstractNumId w:val="12"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
-  <w:zoom w:percent="90"/>
-  <w:proofState w:spelling="clean" w:grammar="clean"/>
+  <w:zoom w:percent="100"/>
   <w:defaultTabStop w:val="720"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
     <w:footnote w:id="1"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
     <w:endnote w:id="1"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="003507B0"/>
     <w:rsid w:val="000005A2"/>
     <w:rsid w:val="0000114A"/>
     <w:rsid w:val="000027CA"/>
@@ -14145,241 +14598,250 @@
     <w:rsid w:val="001E5CBC"/>
     <w:rsid w:val="001F599B"/>
     <w:rsid w:val="001F72CC"/>
     <w:rsid w:val="0020065A"/>
     <w:rsid w:val="002007DF"/>
     <w:rsid w:val="00206286"/>
     <w:rsid w:val="002104F7"/>
     <w:rsid w:val="00213CE8"/>
     <w:rsid w:val="0021742A"/>
     <w:rsid w:val="00220370"/>
     <w:rsid w:val="002351E4"/>
     <w:rsid w:val="0024348A"/>
     <w:rsid w:val="00245ACC"/>
     <w:rsid w:val="00245B64"/>
     <w:rsid w:val="00247DC5"/>
     <w:rsid w:val="00247F93"/>
     <w:rsid w:val="00253996"/>
     <w:rsid w:val="00254229"/>
     <w:rsid w:val="00266CAA"/>
     <w:rsid w:val="00274872"/>
     <w:rsid w:val="00274E12"/>
     <w:rsid w:val="00287B6B"/>
     <w:rsid w:val="0029307D"/>
     <w:rsid w:val="00293374"/>
     <w:rsid w:val="00293D0A"/>
+    <w:rsid w:val="00296189"/>
     <w:rsid w:val="002975C1"/>
     <w:rsid w:val="002A1D5E"/>
     <w:rsid w:val="002A3D69"/>
     <w:rsid w:val="002B01B3"/>
     <w:rsid w:val="002B7113"/>
     <w:rsid w:val="002C37AA"/>
     <w:rsid w:val="002D2E04"/>
     <w:rsid w:val="002D64D4"/>
     <w:rsid w:val="002D6FEB"/>
     <w:rsid w:val="002D76AB"/>
     <w:rsid w:val="002E46F7"/>
     <w:rsid w:val="002F0EAA"/>
     <w:rsid w:val="002F0F34"/>
     <w:rsid w:val="002F487B"/>
     <w:rsid w:val="003031DA"/>
     <w:rsid w:val="00303A04"/>
     <w:rsid w:val="00313002"/>
     <w:rsid w:val="0031537B"/>
     <w:rsid w:val="00316534"/>
     <w:rsid w:val="003200FD"/>
     <w:rsid w:val="00320AB0"/>
     <w:rsid w:val="0032242F"/>
     <w:rsid w:val="00323B3E"/>
     <w:rsid w:val="00331131"/>
     <w:rsid w:val="003336A3"/>
     <w:rsid w:val="0034034D"/>
     <w:rsid w:val="00344B42"/>
     <w:rsid w:val="003507B0"/>
     <w:rsid w:val="0035575E"/>
     <w:rsid w:val="00364415"/>
     <w:rsid w:val="0036477F"/>
     <w:rsid w:val="0037322E"/>
     <w:rsid w:val="00374649"/>
     <w:rsid w:val="00374EC2"/>
     <w:rsid w:val="00375DFA"/>
     <w:rsid w:val="00376CF1"/>
     <w:rsid w:val="003806F8"/>
     <w:rsid w:val="0038474E"/>
     <w:rsid w:val="003848B5"/>
     <w:rsid w:val="00390F43"/>
     <w:rsid w:val="003B0E12"/>
     <w:rsid w:val="003C58C9"/>
+    <w:rsid w:val="003C6252"/>
     <w:rsid w:val="003D2175"/>
     <w:rsid w:val="003D2DCF"/>
     <w:rsid w:val="003E2422"/>
     <w:rsid w:val="003E2CC2"/>
     <w:rsid w:val="003E4917"/>
     <w:rsid w:val="003F242F"/>
     <w:rsid w:val="003F4C07"/>
     <w:rsid w:val="003F659B"/>
     <w:rsid w:val="003F6743"/>
     <w:rsid w:val="003F73B6"/>
     <w:rsid w:val="00400B29"/>
     <w:rsid w:val="00401C87"/>
     <w:rsid w:val="00402274"/>
     <w:rsid w:val="00412325"/>
     <w:rsid w:val="0041632D"/>
     <w:rsid w:val="00426B02"/>
     <w:rsid w:val="004319A1"/>
     <w:rsid w:val="00437CFC"/>
     <w:rsid w:val="0044738C"/>
     <w:rsid w:val="00450E32"/>
     <w:rsid w:val="004800C7"/>
     <w:rsid w:val="00485D7C"/>
     <w:rsid w:val="004874AA"/>
     <w:rsid w:val="004952E7"/>
     <w:rsid w:val="004A0981"/>
     <w:rsid w:val="004A42F2"/>
     <w:rsid w:val="004A6916"/>
     <w:rsid w:val="004A7162"/>
     <w:rsid w:val="004B05D8"/>
     <w:rsid w:val="004B21C8"/>
     <w:rsid w:val="004B393A"/>
+    <w:rsid w:val="004C3FDC"/>
     <w:rsid w:val="004C515F"/>
     <w:rsid w:val="004D3828"/>
     <w:rsid w:val="004E126E"/>
     <w:rsid w:val="004E47B1"/>
     <w:rsid w:val="004F36AB"/>
     <w:rsid w:val="00500E89"/>
     <w:rsid w:val="00505D61"/>
     <w:rsid w:val="005073B2"/>
     <w:rsid w:val="00511A6A"/>
     <w:rsid w:val="00511D3D"/>
+    <w:rsid w:val="005166DC"/>
     <w:rsid w:val="00526338"/>
     <w:rsid w:val="005302B8"/>
     <w:rsid w:val="005317C7"/>
     <w:rsid w:val="00545901"/>
     <w:rsid w:val="00555760"/>
     <w:rsid w:val="00555AB4"/>
     <w:rsid w:val="0055732B"/>
     <w:rsid w:val="0056263F"/>
     <w:rsid w:val="005677AC"/>
     <w:rsid w:val="00571DD0"/>
     <w:rsid w:val="00576DFB"/>
     <w:rsid w:val="0058423E"/>
     <w:rsid w:val="005939EB"/>
     <w:rsid w:val="005B1A78"/>
     <w:rsid w:val="005B315E"/>
+    <w:rsid w:val="005C1D84"/>
     <w:rsid w:val="005C336B"/>
+    <w:rsid w:val="005C42FA"/>
     <w:rsid w:val="005C4DB8"/>
     <w:rsid w:val="005D5785"/>
     <w:rsid w:val="005D5F57"/>
     <w:rsid w:val="005D6A04"/>
     <w:rsid w:val="005D76AF"/>
     <w:rsid w:val="005F0A59"/>
     <w:rsid w:val="005F10F7"/>
     <w:rsid w:val="005F1A46"/>
     <w:rsid w:val="005F69E3"/>
     <w:rsid w:val="005F7BD0"/>
     <w:rsid w:val="00600318"/>
     <w:rsid w:val="00603A48"/>
     <w:rsid w:val="00623F19"/>
     <w:rsid w:val="00625A01"/>
     <w:rsid w:val="00626642"/>
     <w:rsid w:val="00626F6D"/>
     <w:rsid w:val="006331F0"/>
     <w:rsid w:val="00636C5E"/>
     <w:rsid w:val="006373FC"/>
     <w:rsid w:val="00640CCE"/>
     <w:rsid w:val="00640D52"/>
     <w:rsid w:val="0065408A"/>
     <w:rsid w:val="00654802"/>
     <w:rsid w:val="00661830"/>
     <w:rsid w:val="00661F06"/>
     <w:rsid w:val="00667D18"/>
     <w:rsid w:val="00671E7A"/>
     <w:rsid w:val="0067376C"/>
     <w:rsid w:val="00673C8D"/>
     <w:rsid w:val="00674D5C"/>
     <w:rsid w:val="00680E8C"/>
     <w:rsid w:val="0068550F"/>
     <w:rsid w:val="006925CC"/>
     <w:rsid w:val="00696705"/>
+    <w:rsid w:val="006975FD"/>
     <w:rsid w:val="006A1077"/>
     <w:rsid w:val="006A3034"/>
     <w:rsid w:val="006B14B9"/>
     <w:rsid w:val="006B646F"/>
     <w:rsid w:val="006B7CEA"/>
     <w:rsid w:val="006C3B35"/>
     <w:rsid w:val="006C4489"/>
     <w:rsid w:val="006C506F"/>
     <w:rsid w:val="006D4116"/>
     <w:rsid w:val="006D4E84"/>
+    <w:rsid w:val="006F714B"/>
     <w:rsid w:val="00702B5D"/>
     <w:rsid w:val="00717181"/>
     <w:rsid w:val="007224F2"/>
     <w:rsid w:val="00723CC2"/>
     <w:rsid w:val="00735486"/>
     <w:rsid w:val="00737836"/>
     <w:rsid w:val="00744125"/>
     <w:rsid w:val="00761555"/>
     <w:rsid w:val="007620B6"/>
     <w:rsid w:val="00775ABD"/>
     <w:rsid w:val="0077646F"/>
     <w:rsid w:val="00780C5E"/>
     <w:rsid w:val="00782B68"/>
     <w:rsid w:val="007845AC"/>
     <w:rsid w:val="00790DF9"/>
     <w:rsid w:val="00790F7E"/>
     <w:rsid w:val="00796AF2"/>
     <w:rsid w:val="007A3F1B"/>
     <w:rsid w:val="007A66C1"/>
     <w:rsid w:val="007B0CBE"/>
     <w:rsid w:val="007B5328"/>
     <w:rsid w:val="007B54FB"/>
     <w:rsid w:val="007D05B0"/>
     <w:rsid w:val="007D2572"/>
     <w:rsid w:val="007D2EC0"/>
     <w:rsid w:val="008011DD"/>
     <w:rsid w:val="008056BF"/>
     <w:rsid w:val="00812575"/>
     <w:rsid w:val="008166A0"/>
     <w:rsid w:val="008310F5"/>
     <w:rsid w:val="00831DB2"/>
     <w:rsid w:val="0083624E"/>
     <w:rsid w:val="00841C3E"/>
     <w:rsid w:val="008426CF"/>
     <w:rsid w:val="00844799"/>
     <w:rsid w:val="00861520"/>
     <w:rsid w:val="00862322"/>
     <w:rsid w:val="008667A4"/>
     <w:rsid w:val="00867170"/>
     <w:rsid w:val="00872A5C"/>
     <w:rsid w:val="0087325E"/>
     <w:rsid w:val="008734CC"/>
     <w:rsid w:val="00874A4F"/>
     <w:rsid w:val="008756BF"/>
     <w:rsid w:val="0087668D"/>
     <w:rsid w:val="00887728"/>
     <w:rsid w:val="00887CB8"/>
     <w:rsid w:val="008901DC"/>
+    <w:rsid w:val="00890EA4"/>
     <w:rsid w:val="00892E6A"/>
     <w:rsid w:val="008A6561"/>
     <w:rsid w:val="008B1353"/>
     <w:rsid w:val="008B198B"/>
     <w:rsid w:val="008B2395"/>
     <w:rsid w:val="008B5F99"/>
     <w:rsid w:val="008C0B56"/>
     <w:rsid w:val="008C3390"/>
     <w:rsid w:val="008C7BD0"/>
     <w:rsid w:val="008D692F"/>
     <w:rsid w:val="008D7960"/>
     <w:rsid w:val="008E1259"/>
     <w:rsid w:val="008F130F"/>
     <w:rsid w:val="00901433"/>
     <w:rsid w:val="00904947"/>
     <w:rsid w:val="00906F15"/>
     <w:rsid w:val="0090761D"/>
     <w:rsid w:val="009210C7"/>
     <w:rsid w:val="00921189"/>
     <w:rsid w:val="00921809"/>
     <w:rsid w:val="00922ECF"/>
     <w:rsid w:val="00923DBD"/>
     <w:rsid w:val="00932C85"/>
     <w:rsid w:val="00944AEA"/>
     <w:rsid w:val="00952D18"/>
@@ -14451,50 +14913,51 @@
     <w:rsid w:val="00B0373B"/>
     <w:rsid w:val="00B047E4"/>
     <w:rsid w:val="00B04830"/>
     <w:rsid w:val="00B05B67"/>
     <w:rsid w:val="00B075D9"/>
     <w:rsid w:val="00B07617"/>
     <w:rsid w:val="00B0788B"/>
     <w:rsid w:val="00B13005"/>
     <w:rsid w:val="00B22D04"/>
     <w:rsid w:val="00B24155"/>
     <w:rsid w:val="00B33B46"/>
     <w:rsid w:val="00B40DBF"/>
     <w:rsid w:val="00B435A8"/>
     <w:rsid w:val="00B45B6B"/>
     <w:rsid w:val="00B52C17"/>
     <w:rsid w:val="00B544E1"/>
     <w:rsid w:val="00B71DB1"/>
     <w:rsid w:val="00B7377B"/>
     <w:rsid w:val="00B804B3"/>
     <w:rsid w:val="00B90D04"/>
     <w:rsid w:val="00B91506"/>
     <w:rsid w:val="00B91DBF"/>
     <w:rsid w:val="00B94D02"/>
     <w:rsid w:val="00BA6205"/>
     <w:rsid w:val="00BB1A1F"/>
+    <w:rsid w:val="00BB7B7F"/>
     <w:rsid w:val="00BD1B7C"/>
     <w:rsid w:val="00BD1C62"/>
     <w:rsid w:val="00BD3771"/>
     <w:rsid w:val="00BD5DD3"/>
     <w:rsid w:val="00BE0448"/>
     <w:rsid w:val="00BE0A5A"/>
     <w:rsid w:val="00BE0BDD"/>
     <w:rsid w:val="00BF67E9"/>
     <w:rsid w:val="00C17870"/>
     <w:rsid w:val="00C21ECC"/>
     <w:rsid w:val="00C31EE2"/>
     <w:rsid w:val="00C362A7"/>
     <w:rsid w:val="00C407A9"/>
     <w:rsid w:val="00C41908"/>
     <w:rsid w:val="00C50734"/>
     <w:rsid w:val="00C57CFC"/>
     <w:rsid w:val="00C607D9"/>
     <w:rsid w:val="00C6175C"/>
     <w:rsid w:val="00C659EC"/>
     <w:rsid w:val="00C763A8"/>
     <w:rsid w:val="00C76F2B"/>
     <w:rsid w:val="00C81F80"/>
     <w:rsid w:val="00C87900"/>
     <w:rsid w:val="00C90435"/>
     <w:rsid w:val="00C97B00"/>
@@ -14504,50 +14967,51 @@
     <w:rsid w:val="00CB5376"/>
     <w:rsid w:val="00CB58B0"/>
     <w:rsid w:val="00CC3B3C"/>
     <w:rsid w:val="00CC4B5A"/>
     <w:rsid w:val="00CC7464"/>
     <w:rsid w:val="00CD04D1"/>
     <w:rsid w:val="00CD5604"/>
     <w:rsid w:val="00CD7D55"/>
     <w:rsid w:val="00CE30C1"/>
     <w:rsid w:val="00CE4AE4"/>
     <w:rsid w:val="00CE5C48"/>
     <w:rsid w:val="00CE6D09"/>
     <w:rsid w:val="00CE6E1A"/>
     <w:rsid w:val="00D029B5"/>
     <w:rsid w:val="00D0563D"/>
     <w:rsid w:val="00D11A0E"/>
     <w:rsid w:val="00D12C25"/>
     <w:rsid w:val="00D15874"/>
     <w:rsid w:val="00D20B8D"/>
     <w:rsid w:val="00D2113D"/>
     <w:rsid w:val="00D23DD8"/>
     <w:rsid w:val="00D30115"/>
     <w:rsid w:val="00D3233E"/>
     <w:rsid w:val="00D32A9A"/>
     <w:rsid w:val="00D32EE4"/>
+    <w:rsid w:val="00D3699B"/>
     <w:rsid w:val="00D40A18"/>
     <w:rsid w:val="00D414A2"/>
     <w:rsid w:val="00D42708"/>
     <w:rsid w:val="00D44B45"/>
     <w:rsid w:val="00D52005"/>
     <w:rsid w:val="00D547C8"/>
     <w:rsid w:val="00D551A7"/>
     <w:rsid w:val="00D65641"/>
     <w:rsid w:val="00D723E2"/>
     <w:rsid w:val="00D73920"/>
     <w:rsid w:val="00D80273"/>
     <w:rsid w:val="00D810A0"/>
     <w:rsid w:val="00D81E41"/>
     <w:rsid w:val="00D830B2"/>
     <w:rsid w:val="00D90B36"/>
     <w:rsid w:val="00D9175D"/>
     <w:rsid w:val="00D928BF"/>
     <w:rsid w:val="00D96259"/>
     <w:rsid w:val="00DA0184"/>
     <w:rsid w:val="00DA4388"/>
     <w:rsid w:val="00DB5E30"/>
     <w:rsid w:val="00DB6F3C"/>
     <w:rsid w:val="00DB763B"/>
     <w:rsid w:val="00DC0896"/>
     <w:rsid w:val="00DC5E85"/>
@@ -15163,51 +15627,51 @@
     <w:lsdException w:name="Unresolved Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Smart Link" w:semiHidden="1" w:unhideWhenUsed="1"/>
   </w:latentStyles>
   <w:style w:type="paragraph" w:default="1" w:styleId="Normal">
     <w:name w:val="Normal"/>
     <w:qFormat/>
     <w:rsid w:val="003507B0"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
       <w:sz w:val="24"/>
       <w:szCs w:val="20"/>
       <w:lang w:val="lv-LV"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Heading1">
     <w:name w:val="heading 1"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:link w:val="Heading1Char"/>
     <w:autoRedefine/>
     <w:uiPriority w:val="9"/>
     <w:qFormat/>
-    <w:rsid w:val="00CE4AE4"/>
+    <w:rsid w:val="00BB7B7F"/>
     <w:pPr>
       <w:keepNext/>
       <w:contextualSpacing/>
       <w:jc w:val="center"/>
       <w:outlineLvl w:val="0"/>
     </w:pPr>
     <w:rPr>
       <w:b/>
       <w:bCs/>
       <w:sz w:val="28"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Heading2">
     <w:name w:val="heading 2"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:link w:val="Heading2Char"/>
     <w:autoRedefine/>
     <w:qFormat/>
     <w:rsid w:val="003507B0"/>
     <w:pPr>
       <w:keepNext/>
       <w:tabs>
         <w:tab w:val="num" w:pos="495"/>
       </w:tabs>
@@ -15255,80 +15719,79 @@
     <w:name w:val="heading 5"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:link w:val="Heading5Char"/>
     <w:uiPriority w:val="9"/>
     <w:qFormat/>
     <w:rsid w:val="003507B0"/>
     <w:pPr>
       <w:spacing w:before="240" w:after="60"/>
       <w:outlineLvl w:val="4"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
       <w:b/>
       <w:bCs/>
       <w:i/>
       <w:iCs/>
       <w:sz w:val="26"/>
       <w:szCs w:val="26"/>
       <w:lang w:val="en-AU" w:eastAsia="x-none"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:default="1" w:styleId="DefaultParagraphFont">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
-    <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="table" w:default="1" w:styleId="TableNormal">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="NoList">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="Heading1Char">
     <w:name w:val="Heading 1 Char"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:link w:val="Heading1"/>
     <w:uiPriority w:val="9"/>
-    <w:rsid w:val="00CE4AE4"/>
+    <w:rsid w:val="00BB7B7F"/>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
       <w:b/>
       <w:bCs/>
       <w:sz w:val="28"/>
       <w:szCs w:val="20"/>
       <w:lang w:val="lv-LV"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="Heading2Char">
     <w:name w:val="Heading 2 Char"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:link w:val="Heading2"/>
     <w:rsid w:val="003507B0"/>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
       <w:b/>
       <w:sz w:val="24"/>
       <w:szCs w:val="20"/>
       <w:lang w:val="lv-LV"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="Heading3Char">
     <w:name w:val="Heading 3 Char"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
@@ -16026,51 +16489,51 @@
         <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
       </w:tblBorders>
     </w:tblPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:optimizeForBrowser/>
   <w:relyOnVML/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/diagramLayout" Target="diagrams/layout1.xml"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/diagramData" Target="diagrams/data1.xml"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.spkc.gov.lv/lv/vakcinacija" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml"/><Relationship Id="rId16" Type="http://schemas.microsoft.com/office/2007/relationships/diagramDrawing" Target="diagrams/drawing1.xml"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.spkc.gov.lv/lv/vakcinacija" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/diagramColors" Target="diagrams/colors1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item4.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/diagramQuickStyle" Target="diagrams/quickStyle1.xml"/></Relationships>
 </file>
 
 <file path=word/_rels/footnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.zva.gov.lv/zvais/zalu-registrs/?iss=1&amp;lang=lv&amp;q=Infanrix+hexa&amp;ON=&amp;NAC=on&amp;ESC=on&amp;ESI=on&amp;SAT=on&amp;DEC=on&amp;PIM=on&amp;SN=&amp;RN=&amp;AK=&amp;DIA=&amp;RA=&amp;LB=&amp;MFR=&amp;MDO=&amp;IK=" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.spkc.gov.lv/lv/media/18729/download?attachment" TargetMode="External"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://likumi.lv/doc.php?id=11215" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.zva.gov.lv/zvais/zalu-registrs/?lang=lv" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://likumi.lv/ta/id/11215-vakcinacijas-noteikumi" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.zva.gov.lv/zvais/zalu-registrs/?iss=1&amp;lang=lv&amp;q=Infanrix+hexa&amp;ON=&amp;NAC=on&amp;ESC=on&amp;ESI=on&amp;SAT=on&amp;DEC=on&amp;PIM=on&amp;SN=&amp;RN=&amp;AK=&amp;DIA=&amp;RA=&amp;LB=&amp;MFR=&amp;MDO=&amp;IK=" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.zva.gov.lv/zvais/zalu-registrs/?lang=lv" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.spkc.gov.lv/lv/media/18729/download?attachment" TargetMode="External"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://likumi.lv/doc.php?id=11215" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.spkc.gov.lv/lv/cilveka-papilomas-viruss-cpv" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://likumi.lv/ta/id/11215-vakcinacijas-noteikumi" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://likumi.lv/ta/id/11215-vakcinacijas-noteikumi" TargetMode="External"/></Relationships>
 </file>
 
 <file path=word/diagrams/colors1.xml><?xml version="1.0" encoding="utf-8"?>
 <dgm:colorsDef xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" uniqueId="urn:microsoft.com/office/officeart/2005/8/colors/accent1_2">
   <dgm:title val=""/>
   <dgm:desc val=""/>
   <dgm:catLst>
     <dgm:cat type="accent1" pri="11200"/>
   </dgm:catLst>
   <dgm:styleLbl name="node0">
     <dgm:fillClrLst meth="repeat">
       <a:schemeClr val="accent1"/>
     </dgm:fillClrLst>
     <dgm:linClrLst meth="repeat">
       <a:schemeClr val="lt1"/>
     </dgm:linClrLst>
     <dgm:effectClrLst/>
     <dgm:txLinClrLst/>
     <dgm:txFillClrLst/>
     <dgm:txEffectClrLst/>
   </dgm:styleLbl>
   <dgm:styleLbl name="alignNode1">
     <dgm:fillClrLst meth="repeat">
       <a:schemeClr val="accent1"/>
     </dgm:fillClrLst>
@@ -20016,61 +20479,76 @@
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=customXml/itemProps4.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{9BF2DFC1-907B-4F23-AC8E-8682C9C0753C}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docMetadata/LabelInfo.xml><?xml version="1.0" encoding="utf-8"?>
 <clbl:labelList xmlns:clbl="http://schemas.microsoft.com/office/2020/mipLabelMetadata">
   <clbl:label id="{dbc9012d-628b-43d4-b190-8a730f7e1e96}" enabled="0" method="" siteId="{dbc9012d-628b-43d4-b190-8a730f7e1e96}" removed="1"/>
 </clbl:labelList>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
-  <Pages>9</Pages>
-[...1 lines deleted...]
-  <Characters>6918</Characters>
+  <Pages>10</Pages>
+  <Words>12833</Words>
+  <Characters>7315</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>57</Lines>
-  <Paragraphs>38</Paragraphs>
+  <Lines>60</Lines>
+  <Paragraphs>40</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
+  <HeadingPairs>
+    <vt:vector size="2" baseType="variant">
+      <vt:variant>
+        <vt:lpstr>Title</vt:lpstr>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>1</vt:i4>
+      </vt:variant>
+    </vt:vector>
+  </HeadingPairs>
+  <TitlesOfParts>
+    <vt:vector size="1" baseType="lpstr">
+      <vt:lpstr/>
+    </vt:vector>
+  </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>19015</CharactersWithSpaces>
+  <CharactersWithSpaces>20108</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HLinks>
     <vt:vector size="108" baseType="variant">
       <vt:variant>
         <vt:i4>6422631</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:i4>60</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:i4>0</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:i4>5</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpwstr>https://www.spkc.gov.lv/lv/vakcinacija</vt:lpwstr>
       </vt:variant>
       <vt:variant>
         <vt:lpwstr/>
       </vt:variant>
       <vt:variant>
         <vt:i4>6422631</vt:i4>
       </vt:variant>
       <vt:variant>