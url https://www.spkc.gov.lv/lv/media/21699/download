--- v0 (2025-10-06)
+++ v1 (2026-03-20)
@@ -1,126 +1,127 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/word/documenttasks/documenttasks1.xml" ContentType="application/vnd.ms-office.documenttasks+xml"/>
+  <Override PartName="/docMetadata/LabelInfo.xml" ContentType="application/vnd.ms-office.classificationlabels+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/><Relationship Id="rId4" Type="http://schemas.microsoft.com/office/2020/02/relationships/classificationlabels" Target="docMetadata/LabelInfo.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:body>
-    <w:p w14:paraId="7AEA3583" w14:textId="33C8DB18" w:rsidR="00275515" w:rsidRPr="00CA424E" w:rsidRDefault="3ED641FC" w:rsidP="651A97E6">
+    <w:p w14:paraId="7AEA3583" w14:textId="588151FE" w:rsidR="00275515" w:rsidRPr="00CA424E" w:rsidRDefault="3ED641FC" w:rsidP="651A97E6">
       <w:pPr>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="0E93D195">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>Slimību profilakses un kontroles centra oficiālās statistikas datu publicēšanas kalendārs 202</w:t>
       </w:r>
-      <w:r w:rsidR="4647544C" w:rsidRPr="0E93D195">
+      <w:r w:rsidR="000D1C1E">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
-        <w:t>5</w:t>
+        <w:t>6</w:t>
       </w:r>
       <w:r w:rsidRPr="0E93D195">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>. gadā</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="0613C9FF" w14:textId="77777777" w:rsidR="00275515" w:rsidRDefault="00275515" w:rsidP="00275515">
       <w:pPr>
         <w:suppressAutoHyphens w:val="0"/>
         <w:autoSpaceDN/>
         <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
         <w:textAlignment w:val="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:color w:val="FF0000"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="TableGrid"/>
         <w:tblW w:w="14433" w:type="dxa"/>
         <w:tblInd w:w="-147" w:type="dxa"/>
         <w:tblLayout w:type="fixed"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="826"/>
         <w:gridCol w:w="3197"/>
         <w:gridCol w:w="1823"/>
         <w:gridCol w:w="1022"/>
         <w:gridCol w:w="1725"/>
         <w:gridCol w:w="5840"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00275515" w:rsidRPr="00230624" w14:paraId="6CC10715" w14:textId="77777777" w:rsidTr="701B1D90">
+      <w:tr w:rsidR="00275515" w:rsidRPr="00230624" w14:paraId="6CC10715" w14:textId="77777777" w:rsidTr="7036884B">
         <w:trPr>
           <w:trHeight w:val="1281"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="826" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="4038F94E" w14:textId="77777777" w:rsidR="00275515" w:rsidRPr="00230624" w:rsidRDefault="3ED641FC" w:rsidP="0E93D195">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0E93D195">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t>Nr. p. k.</w:t>
             </w:r>
           </w:p>
@@ -249,51 +250,51 @@
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0E93D195">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t>Veselības statistikas datubāzes tabulas Nr.</w:t>
             </w:r>
             <w:r w:rsidR="00275515" w:rsidRPr="0E93D195">
               <w:rPr>
                 <w:rStyle w:val="EndnoteReference"/>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:endnoteReference w:id="3"/>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00275515" w:rsidRPr="00230624" w14:paraId="63F13840" w14:textId="77777777" w:rsidTr="701B1D90">
+      <w:tr w:rsidR="00275515" w:rsidRPr="00230624" w14:paraId="63F13840" w14:textId="77777777" w:rsidTr="7036884B">
         <w:trPr>
           <w:trHeight w:val="146"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="826" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="44399B67" w14:textId="77777777" w:rsidR="00275515" w:rsidRPr="00230624" w:rsidRDefault="3ED641FC" w:rsidP="0E93D195">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0E93D195">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t>1.</w:t>
             </w:r>
           </w:p>
@@ -309,1031 +310,1153 @@
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0E93D195">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t xml:space="preserve">5.5. </w:t>
             </w:r>
             <w:r w:rsidR="3ED641FC" w:rsidRPr="0E93D195">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t>Patstāvīgo iedzīvotāju mirstības cēloņi</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00275515" w:rsidRPr="00230624" w14:paraId="6DFD9A82" w14:textId="77777777" w:rsidTr="701B1D90">
+      <w:tr w:rsidR="00275515" w:rsidRPr="00230624" w14:paraId="6DFD9A82" w14:textId="77777777" w:rsidTr="7036884B">
         <w:trPr>
           <w:trHeight w:val="146"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="826" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="3807E7A9" w14:textId="77777777" w:rsidR="00275515" w:rsidRPr="00230624" w:rsidRDefault="3ED641FC" w:rsidP="0E93D195">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0E93D195">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
               </w:rPr>
               <w:t>1.1.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3197" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="224F1444" w14:textId="77777777" w:rsidR="00275515" w:rsidRPr="00230624" w:rsidRDefault="3ED641FC" w:rsidP="0E93D195">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:color w:val="A6A6A6" w:themeColor="background1" w:themeShade="A6"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0E93D195">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
               </w:rPr>
               <w:t>Kopējais mirušo skaits pa galvenajiem nāves cēloņiem (absolūtos skaitļos)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1823" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="4EC92E53" w14:textId="67373E07" w:rsidR="00275515" w:rsidRPr="002A4272" w:rsidRDefault="336F1E80" w:rsidP="0E93D195">
+          <w:p w14:paraId="4EC92E53" w14:textId="6B0E9D79" w:rsidR="00275515" w:rsidRPr="000D1C1E" w:rsidRDefault="336F1E80" w:rsidP="1669C32D">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="808080" w:themeColor="background1" w:themeShade="80"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="1669C32D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+              <w:t>1</w:t>
+            </w:r>
+            <w:r w:rsidR="0662F3CE" w:rsidRPr="1669C32D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+              <w:t>5</w:t>
+            </w:r>
+            <w:r w:rsidRPr="1669C32D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+              <w:t>.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1022" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="1702F3C8" w14:textId="377D4068" w:rsidR="00275515" w:rsidRPr="000D1C1E" w:rsidRDefault="3ED641FC" w:rsidP="1669C32D">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="808080" w:themeColor="background1" w:themeShade="80"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="1669C32D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+              <w:t>20</w:t>
+            </w:r>
+            <w:r w:rsidR="293900EB" w:rsidRPr="1669C32D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+              <w:t>2</w:t>
+            </w:r>
+            <w:r w:rsidR="65E0A2AA" w:rsidRPr="1669C32D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+              <w:t>5</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1725" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="40E4BFCD" w14:textId="34AB4B80" w:rsidR="00275515" w:rsidRPr="000D1C1E" w:rsidRDefault="35F3D6D9" w:rsidP="1669C32D">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="808080" w:themeColor="background1" w:themeShade="80"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="1669C32D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+              <w:t>30</w:t>
+            </w:r>
+            <w:r w:rsidR="19F5B1B1" w:rsidRPr="1669C32D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+              <w:t>.0</w:t>
+            </w:r>
+            <w:r w:rsidR="6B90D4A0" w:rsidRPr="1669C32D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+              <w:t>4</w:t>
+            </w:r>
+            <w:r w:rsidR="5F5178D6" w:rsidRPr="1669C32D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+              <w:t>.202</w:t>
+            </w:r>
+            <w:r w:rsidR="134F8C2E" w:rsidRPr="1669C32D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+              <w:t>6</w:t>
+            </w:r>
+            <w:r w:rsidR="5F5178D6" w:rsidRPr="1669C32D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+              <w:t>. (provizoriskie)</w:t>
+            </w:r>
+            <w:r w:rsidR="5F5178D6" w:rsidRPr="1669C32D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="808080" w:themeColor="background1" w:themeShade="80"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="7F40DABC" w:rsidRPr="1669C32D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+              <w:t>0</w:t>
+            </w:r>
+            <w:r w:rsidR="49C888E1" w:rsidRPr="1669C32D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+              <w:t>3</w:t>
+            </w:r>
+            <w:r w:rsidR="5F5178D6" w:rsidRPr="1669C32D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+              <w:t>.0</w:t>
+            </w:r>
+            <w:r w:rsidR="767F8115" w:rsidRPr="1669C32D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+              <w:t>8</w:t>
+            </w:r>
+            <w:r w:rsidR="5F5178D6" w:rsidRPr="1669C32D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+              <w:t>.202</w:t>
+            </w:r>
+            <w:r w:rsidR="3DB818DE" w:rsidRPr="1669C32D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+              <w:t>6</w:t>
+            </w:r>
+            <w:r w:rsidR="5F5178D6" w:rsidRPr="1669C32D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+              <w:t>.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="674EFA06" w14:textId="2F5370FE" w:rsidR="008A17D8" w:rsidRPr="000D1C1E" w:rsidRDefault="23DF0748" w:rsidP="1669C32D">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="808080" w:themeColor="background1" w:themeShade="80"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="1669C32D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> (precizētie)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5840" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="5BDAA520" w14:textId="77777777" w:rsidR="00275515" w:rsidRPr="00275515" w:rsidRDefault="3ED641FC" w:rsidP="0E93D195">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:color w:val="A6A6A6" w:themeColor="background1" w:themeShade="A6"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0E93D195">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
               </w:rPr>
-              <w:t>16.</w:t>
-[...167 lines deleted...]
-              </w:rPr>
               <w:t>MOR20. Iedzīvotāju mirstība dzimumu sadalījumā</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00F30D10" w:rsidRPr="00230624" w14:paraId="54019674" w14:textId="77777777" w:rsidTr="701B1D90">
+      <w:tr w:rsidR="00F30D10" w:rsidRPr="00230624" w14:paraId="54019674" w14:textId="77777777" w:rsidTr="7036884B">
         <w:trPr>
           <w:trHeight w:val="600"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="826" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="351D5DEB" w14:textId="77777777" w:rsidR="00F30D10" w:rsidRPr="00230624" w:rsidRDefault="40BB9457" w:rsidP="0E93D195">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0E93D195">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
               </w:rPr>
               <w:t>1.2.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3197" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="42A8E167" w14:textId="32FE3F40" w:rsidR="00F30D10" w:rsidRPr="00230624" w:rsidRDefault="40BB9457" w:rsidP="0E93D195">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:color w:val="A6A6A6" w:themeColor="background1" w:themeShade="A6"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0E93D195">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
               </w:rPr>
               <w:t>Dati par perinatālo, zīdaiņu un mātes mirstību</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1823" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="63DC0EDF" w14:textId="1D0B96B3" w:rsidR="00F30D10" w:rsidRPr="002A4272" w:rsidRDefault="40BB9457" w:rsidP="0E93D195">
+          <w:p w14:paraId="63DC0EDF" w14:textId="58244D31" w:rsidR="00F30D10" w:rsidRPr="000D1C1E" w:rsidRDefault="5BE8E7ED" w:rsidP="1669C32D">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="808080" w:themeColor="background1" w:themeShade="80"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="1669C32D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+              <w:t>9</w:t>
+            </w:r>
+            <w:r w:rsidR="1F85A191" w:rsidRPr="1669C32D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+              <w:t>.</w:t>
+            </w:r>
+            <w:r w:rsidR="1095ACAF" w:rsidRPr="1669C32D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+              <w:t>,</w:t>
+            </w:r>
+            <w:r w:rsidR="791DF0E4" w:rsidRPr="1669C32D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> 1</w:t>
+            </w:r>
+            <w:r w:rsidR="7D0E8C96" w:rsidRPr="1669C32D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+              <w:t>1</w:t>
+            </w:r>
+            <w:r w:rsidR="791DF0E4" w:rsidRPr="1669C32D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+              <w:t>., 1</w:t>
+            </w:r>
+            <w:r w:rsidR="40BD4DF3" w:rsidRPr="1669C32D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+              <w:t>2</w:t>
+            </w:r>
+            <w:r w:rsidR="791DF0E4" w:rsidRPr="1669C32D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+              <w:t>., 1</w:t>
+            </w:r>
+            <w:r w:rsidR="381416FA" w:rsidRPr="1669C32D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+              <w:t>3</w:t>
+            </w:r>
+            <w:r w:rsidR="1E5B2B08" w:rsidRPr="1669C32D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+              <w:t>.</w:t>
+            </w:r>
+            <w:r w:rsidR="791DF0E4" w:rsidRPr="1669C32D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+              <w:t>, 1</w:t>
+            </w:r>
+            <w:r w:rsidR="1FE1605E" w:rsidRPr="1669C32D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+              <w:t>4</w:t>
+            </w:r>
+            <w:r w:rsidR="791DF0E4" w:rsidRPr="1669C32D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+              <w:t>.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1022" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="0C3374C8" w14:textId="551DAB0D" w:rsidR="00F30D10" w:rsidRPr="000D1C1E" w:rsidRDefault="293900EB" w:rsidP="1669C32D">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="808080" w:themeColor="background1" w:themeShade="80"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="1669C32D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+              <w:t>202</w:t>
+            </w:r>
+            <w:r w:rsidR="19C0F790" w:rsidRPr="1669C32D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+              <w:t>5</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1725" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="2D13C21F" w14:textId="1F11A462" w:rsidR="00F30D10" w:rsidRPr="000D1C1E" w:rsidRDefault="5B620474" w:rsidP="1669C32D">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="808080" w:themeColor="background1" w:themeShade="80"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="1669C32D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+              <w:t>2</w:t>
+            </w:r>
+            <w:r w:rsidR="464636C9" w:rsidRPr="1669C32D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+              <w:t>6</w:t>
+            </w:r>
+            <w:r w:rsidR="40BB9457" w:rsidRPr="1669C32D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+              <w:t>.0</w:t>
+            </w:r>
+            <w:r w:rsidR="233744B5" w:rsidRPr="1669C32D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+              <w:t>6</w:t>
+            </w:r>
+            <w:r w:rsidR="40BB9457" w:rsidRPr="1669C32D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+              <w:t>.202</w:t>
+            </w:r>
+            <w:r w:rsidR="2FD8089A" w:rsidRPr="1669C32D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+              <w:t>6</w:t>
+            </w:r>
+            <w:r w:rsidR="40BB9457" w:rsidRPr="1669C32D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+              <w:t>.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5840" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="6A0AF235" w14:textId="234FABEB" w:rsidR="00F30D10" w:rsidRPr="00275515" w:rsidRDefault="40BB9457" w:rsidP="0E93D195">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:color w:val="A6A6A6" w:themeColor="background1" w:themeShade="A6"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0E93D195">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
               </w:rPr>
-              <w:t>10.</w:t>
-[...34 lines deleted...]
-              <w:jc w:val="center"/>
+              <w:t>MOR50.</w:t>
+            </w:r>
+            <w:r w:rsidR="234CDB05" w:rsidRPr="0E93D195">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="0E93D195">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+              <w:t>Perinatālā mirstība;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="40FAB804" w14:textId="02605C68" w:rsidR="00F30D10" w:rsidRPr="00275515" w:rsidRDefault="40BB9457" w:rsidP="0E93D195">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:color w:val="A6A6A6" w:themeColor="background1" w:themeShade="A6"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0E93D195">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
               </w:rPr>
-              <w:t>202</w:t>
-[...16 lines deleted...]
-              <w:jc w:val="center"/>
+              <w:t>MOR40. Zīdaiņu mirstība;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="4E631CD1" w14:textId="77777777" w:rsidR="00187C82" w:rsidRDefault="5483DA18" w:rsidP="0E93D195">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:color w:val="A6A6A6" w:themeColor="background1" w:themeShade="A6"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0E93D195">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
               </w:rPr>
-              <w:t>2</w:t>
-[...43 lines deleted...]
-          <w:p w14:paraId="6A0AF235" w14:textId="234FABEB" w:rsidR="00F30D10" w:rsidRPr="00275515" w:rsidRDefault="40BB9457" w:rsidP="0E93D195">
+              <w:t>MOR45. Zīdaiņu mirstības cēloņi;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="3A26A280" w14:textId="77777777" w:rsidR="00187C82" w:rsidRPr="00F30D10" w:rsidRDefault="5483DA18" w:rsidP="0E93D195">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:color w:val="A6A6A6" w:themeColor="background1" w:themeShade="A6"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0E93D195">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
               </w:rPr>
-              <w:t>MOR50.</w:t>
+              <w:t>MOR55. Perinatālās mirstības cēloņi;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="26AF3A1C" w14:textId="0EE0EF32" w:rsidR="40BB9457" w:rsidRDefault="40BB9457" w:rsidP="0E93D195">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0E93D195">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+              <w:t>MOR80.</w:t>
             </w:r>
             <w:r w:rsidR="234CDB05" w:rsidRPr="0E93D195">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidRPr="0E93D195">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
               </w:rPr>
-              <w:t>Perinatālā mirstība;</w:t>
-[...69 lines deleted...]
-              </w:rPr>
               <w:t>Mātes mirstība</w:t>
             </w:r>
             <w:r w:rsidR="1C834B62" w:rsidRPr="0E93D195">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
               </w:rPr>
               <w:t>;</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="026332BA" w14:textId="388236FA" w:rsidR="5A2001B9" w:rsidRDefault="5A2001B9" w:rsidP="0E93D195">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0E93D195">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
               </w:rPr>
               <w:t>MOR90. Mātes mirstība pa vecuma grupām un reģioniem;</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="2DEA6D7F" w14:textId="7BE11BF3" w:rsidR="5A2001B9" w:rsidRDefault="5A2001B9" w:rsidP="0E93D195">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0E93D195">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
               </w:rPr>
               <w:t>MOR48. Zīdaiņu un bērnu mirstības cēloņi pa vecuma grupām</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00275515" w:rsidRPr="00905AF6" w14:paraId="2B10C04A" w14:textId="77777777" w:rsidTr="701B1D90">
+      <w:tr w:rsidR="00275515" w:rsidRPr="00905AF6" w14:paraId="2B10C04A" w14:textId="77777777" w:rsidTr="7036884B">
         <w:trPr>
           <w:trHeight w:val="146"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="826" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="5BF5BCFA" w14:textId="4FBC7B52" w:rsidR="00275515" w:rsidRPr="003D0806" w:rsidRDefault="3ED641FC" w:rsidP="0E93D195">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0E93D195">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
               </w:rPr>
               <w:t>1.3.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3197" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="7D5F9EAE" w14:textId="6E5BF515" w:rsidR="00275515" w:rsidRPr="003D0806" w:rsidRDefault="3ED641FC" w:rsidP="0E93D195">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:color w:val="A6A6A6" w:themeColor="background1" w:themeShade="A6"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0E93D195">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
               </w:rPr>
               <w:t xml:space="preserve">Dati par perinatālo, zīdaiņu un mātes mirstību </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1823" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="58576D93" w14:textId="6AE5B0CC" w:rsidR="00275515" w:rsidRPr="00905AF6" w:rsidRDefault="62DF4F0C" w:rsidP="0E93D195">
+          <w:p w14:paraId="58576D93" w14:textId="58E41275" w:rsidR="00275515" w:rsidRPr="000D1C1E" w:rsidRDefault="664DFCE9" w:rsidP="1669C32D">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:strike/>
+                <w:color w:val="808080" w:themeColor="background1" w:themeShade="80"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="1669C32D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+              <w:t>9</w:t>
+            </w:r>
+            <w:r w:rsidR="62DF4F0C" w:rsidRPr="1669C32D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+              <w:t>., 1</w:t>
+            </w:r>
+            <w:r w:rsidR="0992131B" w:rsidRPr="1669C32D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+              <w:t>2</w:t>
+            </w:r>
+            <w:r w:rsidR="62DF4F0C" w:rsidRPr="1669C32D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+              <w:t>.,</w:t>
+            </w:r>
+            <w:r w:rsidR="499090F6" w:rsidRPr="1669C32D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> 1</w:t>
+            </w:r>
+            <w:r w:rsidR="1E8F4BE9" w:rsidRPr="1669C32D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+              <w:t>3</w:t>
+            </w:r>
+            <w:r w:rsidR="499090F6" w:rsidRPr="1669C32D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+              <w:t>.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1022" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="2D137DB1" w14:textId="7170286C" w:rsidR="00275515" w:rsidRPr="000D1C1E" w:rsidRDefault="3ED641FC" w:rsidP="1669C32D">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="808080" w:themeColor="background1" w:themeShade="80"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="1669C32D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+              <w:t>20</w:t>
+            </w:r>
+            <w:r w:rsidR="293900EB" w:rsidRPr="1669C32D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+              <w:t>2</w:t>
+            </w:r>
+            <w:r w:rsidR="15979586" w:rsidRPr="1669C32D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+              <w:t>5</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1725" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="21A314CD" w14:textId="23458F38" w:rsidR="00275515" w:rsidRPr="000D1C1E" w:rsidRDefault="7F40DABC" w:rsidP="1669C32D">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="808080" w:themeColor="background1" w:themeShade="80"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="1669C32D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+              <w:t>3</w:t>
+            </w:r>
+            <w:r w:rsidR="0E9CCB1A" w:rsidRPr="1669C32D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+              <w:t>0</w:t>
+            </w:r>
+            <w:r w:rsidRPr="1669C32D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+              <w:t>.0</w:t>
+            </w:r>
+            <w:r w:rsidR="0E9CCB1A" w:rsidRPr="1669C32D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+              <w:t>4</w:t>
+            </w:r>
+            <w:r w:rsidRPr="1669C32D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+              <w:t>.202</w:t>
+            </w:r>
+            <w:r w:rsidR="3B7193C8" w:rsidRPr="1669C32D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+              <w:t>6</w:t>
+            </w:r>
+            <w:r w:rsidRPr="1669C32D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+              <w:t>. (provizoriskie)</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="5FC9A83F" w14:textId="5F19F488" w:rsidR="00BF5AE8" w:rsidRPr="000D1C1E" w:rsidRDefault="4DE0D9FD" w:rsidP="1669C32D">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="808080" w:themeColor="background1" w:themeShade="80"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="1669C32D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+              <w:t>2</w:t>
+            </w:r>
+            <w:r w:rsidR="3E9AB1DB" w:rsidRPr="1669C32D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+              <w:t>6</w:t>
+            </w:r>
+            <w:r w:rsidRPr="1669C32D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+              <w:t>.06.202</w:t>
+            </w:r>
+            <w:r w:rsidR="1BA7663A" w:rsidRPr="1669C32D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+              <w:t>6</w:t>
+            </w:r>
+            <w:r w:rsidRPr="1669C32D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+              <w:t>. (precizētie)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5840" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="56485486" w14:textId="5C63747E" w:rsidR="00275515" w:rsidRPr="003D0806" w:rsidRDefault="3ED641FC" w:rsidP="0E93D195">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="A6A6A6" w:themeColor="background1" w:themeShade="A6"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0E93D195">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+              <w:t>MOR50.</w:t>
+            </w:r>
+            <w:r w:rsidR="234CDB05" w:rsidRPr="0E93D195">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="0E93D195">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+              <w:t>Perinatālā mirstība;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="1B9E50BC" w14:textId="75F4344A" w:rsidR="00275515" w:rsidRPr="003D0806" w:rsidRDefault="545B506D" w:rsidP="0E93D195">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="A6A6A6" w:themeColor="background1" w:themeShade="A6"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0E93D195">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+              <w:t>MOR40. Zīdaiņu mirstība</w:t>
+            </w:r>
+            <w:r w:rsidR="23C78B4E" w:rsidRPr="0E93D195">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+              <w:t>;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="2FDF7824" w14:textId="3EB79477" w:rsidR="006F7C7C" w:rsidRPr="00905AF6" w:rsidRDefault="7F40DABC" w:rsidP="0E93D195">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:strike/>
                 <w:color w:val="A6A6A6" w:themeColor="background1" w:themeShade="A6"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0E93D195">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
               </w:rPr>
-              <w:t>10., 1</w:t>
-[...203 lines deleted...]
-              </w:rPr>
               <w:t>MOR80. Mātes mirstība</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00B75D9F" w:rsidRPr="00230624" w14:paraId="2F856121" w14:textId="77777777" w:rsidTr="701B1D90">
+      <w:tr w:rsidR="00B75D9F" w:rsidRPr="00230624" w14:paraId="2F856121" w14:textId="77777777" w:rsidTr="7036884B">
         <w:trPr>
           <w:trHeight w:val="146"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="826" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="4BA6783D" w14:textId="715E9243" w:rsidR="00B75D9F" w:rsidRPr="00230624" w:rsidRDefault="234CDB05" w:rsidP="0E93D195">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0E93D195">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
               </w:rPr>
               <w:t>1.4.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3197" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="4C5FA1EA" w14:textId="5274672F" w:rsidR="00B75D9F" w:rsidRPr="00230624" w:rsidRDefault="234CDB05" w:rsidP="0E93D195">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:color w:val="A6A6A6" w:themeColor="background1" w:themeShade="A6"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0E93D195">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
               </w:rPr>
               <w:t>Dati par specifisko perinatālo mirstību</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1823" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="0BD35B1D" w14:textId="23A3894E" w:rsidR="00B75D9F" w:rsidRPr="002A4272" w:rsidRDefault="336F1E80" w:rsidP="0E93D195">
+          <w:p w14:paraId="0BD35B1D" w14:textId="11609208" w:rsidR="00B75D9F" w:rsidRPr="000D1C1E" w:rsidRDefault="336F1E80" w:rsidP="0E93D195">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="808080" w:themeColor="background1" w:themeShade="80"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="1669C32D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+              <w:t>1</w:t>
+            </w:r>
+            <w:r w:rsidR="014F7800" w:rsidRPr="1669C32D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+              <w:t>0</w:t>
+            </w:r>
+            <w:r w:rsidRPr="1669C32D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+              <w:t>.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1022" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="465B177D" w14:textId="6AC3E433" w:rsidR="00B75D9F" w:rsidRPr="000D1C1E" w:rsidRDefault="234CDB05" w:rsidP="1669C32D">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="808080" w:themeColor="background1" w:themeShade="80"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="1669C32D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+              <w:t>202</w:t>
+            </w:r>
+            <w:r w:rsidR="14F6D738" w:rsidRPr="1669C32D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+              <w:t>5</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1725" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="2FA0F9D7" w14:textId="1C6FA66D" w:rsidR="00B75D9F" w:rsidRPr="000D1C1E" w:rsidRDefault="50C5A4F3" w:rsidP="1669C32D">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="808080" w:themeColor="background1" w:themeShade="80"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="1669C32D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+              <w:t>2</w:t>
+            </w:r>
+            <w:r w:rsidR="4C8E6E5E" w:rsidRPr="1669C32D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+              <w:t>6</w:t>
+            </w:r>
+            <w:r w:rsidR="234CDB05" w:rsidRPr="1669C32D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+              <w:t>.</w:t>
+            </w:r>
+            <w:r w:rsidR="66C9E218" w:rsidRPr="1669C32D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+              <w:t>0</w:t>
+            </w:r>
+            <w:r w:rsidR="03707CDB" w:rsidRPr="1669C32D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+              <w:t>6</w:t>
+            </w:r>
+            <w:r w:rsidR="234CDB05" w:rsidRPr="1669C32D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+              <w:t>.202</w:t>
+            </w:r>
+            <w:r w:rsidR="05894346" w:rsidRPr="1669C32D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+              <w:t>6</w:t>
+            </w:r>
+            <w:r w:rsidR="546EEF2E" w:rsidRPr="1669C32D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+              <w:t>.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5840" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="4D9D885E" w14:textId="34707A33" w:rsidR="00B75D9F" w:rsidRPr="00275515" w:rsidRDefault="234CDB05" w:rsidP="0E93D195">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:color w:val="A6A6A6" w:themeColor="background1" w:themeShade="A6"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0E93D195">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
               </w:rPr>
-              <w:t>11.</w:t>
-[...103 lines deleted...]
-              <w:t>MOR58. Specifiskā perinatālā mirstība pēc gestācijas vecuma vai dzimšanas svara</w:t>
+              <w:t xml:space="preserve">MOR58. Specifiskā perinatālā mirstība pēc </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="0E93D195">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+              <w:t>gestācijas</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="0E93D195">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> vecuma vai dzimšanas svara</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00275515" w:rsidRPr="00230624" w14:paraId="55F752E1" w14:textId="77777777" w:rsidTr="701B1D90">
+      <w:tr w:rsidR="00275515" w:rsidRPr="00230624" w14:paraId="55F752E1" w14:textId="77777777" w:rsidTr="7036884B">
         <w:trPr>
           <w:trHeight w:val="1344"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="826" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w14:paraId="3CADAE1A" w14:textId="21AAC2CC" w:rsidR="00275515" w:rsidRPr="00230624" w:rsidRDefault="3ED641FC" w:rsidP="0E93D195">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0E93D195">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
               </w:rPr>
               <w:t>1.</w:t>
             </w:r>
             <w:r w:rsidR="234CDB05" w:rsidRPr="0E93D195">
               <w:rPr>
@@ -1357,240 +1480,266 @@
             </w:tcBorders>
           </w:tcPr>
           <w:p w14:paraId="6DFCDF67" w14:textId="77777777" w:rsidR="00275515" w:rsidRPr="00230624" w:rsidRDefault="3ED641FC" w:rsidP="0E93D195">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:color w:val="A6A6A6" w:themeColor="background1" w:themeShade="A6"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0E93D195">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
               </w:rPr>
               <w:t>Dati par mirstību (uz 100 000 iedzīvotāju)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1823" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="191368F5" w14:textId="53D72810" w:rsidR="00275515" w:rsidRPr="002A4272" w:rsidRDefault="336F1E80" w:rsidP="0E93D195">
-[...11 lines deleted...]
-              <w:t>16.</w:t>
+          <w:p w14:paraId="191368F5" w14:textId="32169FEC" w:rsidR="00275515" w:rsidRPr="000D1C1E" w:rsidRDefault="336F1E80" w:rsidP="1669C32D">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="808080" w:themeColor="background1" w:themeShade="80"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="1669C32D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+              <w:t>1</w:t>
+            </w:r>
+            <w:r w:rsidR="0D5FC450" w:rsidRPr="1669C32D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+              <w:t>5</w:t>
+            </w:r>
+            <w:r w:rsidRPr="1669C32D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+              <w:t>.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1022" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="18AE4045" w14:textId="56AD3791" w:rsidR="00275515" w:rsidRPr="000D0CBD" w:rsidRDefault="3ED641FC" w:rsidP="0E93D195">
+          <w:p w14:paraId="18AE4045" w14:textId="182B9D8B" w:rsidR="00275515" w:rsidRPr="000D1C1E" w:rsidRDefault="3ED641FC" w:rsidP="1669C32D">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
-                <w:color w:val="A6A6A6" w:themeColor="background1" w:themeShade="A6"/>
-[...2 lines deleted...]
-            <w:r w:rsidRPr="0E93D195">
+                <w:color w:val="808080" w:themeColor="background1" w:themeShade="80"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="1669C32D">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
               </w:rPr>
               <w:t>20</w:t>
             </w:r>
-            <w:r w:rsidR="293900EB" w:rsidRPr="0E93D195">
+            <w:r w:rsidR="293900EB" w:rsidRPr="1669C32D">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
               </w:rPr>
               <w:t>2</w:t>
             </w:r>
-            <w:r w:rsidR="63952188" w:rsidRPr="0E93D195">
-[...3 lines deleted...]
-              <w:t>4</w:t>
+            <w:r w:rsidR="7A38E83C" w:rsidRPr="1669C32D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+              <w:t>5</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1725" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="14AE4402" w14:textId="154ABF49" w:rsidR="00275515" w:rsidRDefault="7F40DABC" w:rsidP="0E93D195">
+          <w:p w14:paraId="14AE4402" w14:textId="09493E49" w:rsidR="00275515" w:rsidRPr="000D1C1E" w:rsidRDefault="7F40DABC" w:rsidP="1669C32D">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
-                <w:color w:val="A6A6A6" w:themeColor="background1" w:themeShade="A6"/>
-[...2 lines deleted...]
-            <w:r w:rsidRPr="0E93D195">
+                <w:color w:val="808080" w:themeColor="background1" w:themeShade="80"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="1669C32D">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
               </w:rPr>
               <w:t>0</w:t>
             </w:r>
-            <w:r w:rsidR="3058F516" w:rsidRPr="0E93D195">
-[...5 lines deleted...]
-            <w:r w:rsidR="3ED641FC" w:rsidRPr="0E93D195">
+            <w:r w:rsidR="315C55BA" w:rsidRPr="1669C32D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+              <w:t>3</w:t>
+            </w:r>
+            <w:r w:rsidR="3ED641FC" w:rsidRPr="1669C32D">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
               </w:rPr>
               <w:t>.0</w:t>
             </w:r>
-            <w:r w:rsidR="5A5C8084" w:rsidRPr="0E93D195">
+            <w:r w:rsidR="5A5C8084" w:rsidRPr="1669C32D">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
               </w:rPr>
               <w:t>8</w:t>
             </w:r>
-            <w:r w:rsidR="3ED641FC" w:rsidRPr="0E93D195">
+            <w:r w:rsidR="3ED641FC" w:rsidRPr="1669C32D">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
               </w:rPr>
               <w:t>.202</w:t>
             </w:r>
-            <w:r w:rsidR="0F9935AE" w:rsidRPr="0E93D195">
-[...5 lines deleted...]
-            <w:r w:rsidR="3ED641FC" w:rsidRPr="0E93D195">
+            <w:r w:rsidR="1D4E5236" w:rsidRPr="1669C32D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+              <w:t>6</w:t>
+            </w:r>
+            <w:r w:rsidR="3ED641FC" w:rsidRPr="1669C32D">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
               </w:rPr>
               <w:t>.</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="6FE4528F" w14:textId="67E71A6E" w:rsidR="006F7C7C" w:rsidRPr="00C87146" w:rsidRDefault="006F7C7C" w:rsidP="0E93D195">
+          <w:p w14:paraId="6FE4528F" w14:textId="67E71A6E" w:rsidR="006F7C7C" w:rsidRPr="000D1C1E" w:rsidRDefault="006F7C7C" w:rsidP="0E93D195">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:strike/>
-                <w:color w:val="A6A6A6" w:themeColor="background1" w:themeShade="A6"/>
+                <w:color w:val="808080" w:themeColor="background1" w:themeShade="80"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5840" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w14:paraId="25401A55" w14:textId="77777777" w:rsidR="00275515" w:rsidRPr="00275515" w:rsidRDefault="3ED641FC" w:rsidP="0E93D195">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:color w:val="A6A6A6" w:themeColor="background1" w:themeShade="A6"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0E93D195">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
               </w:rPr>
               <w:t>MOR20. Iedzīvotāju mirstība dzimumu sadalījumā;</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="536656A7" w14:textId="470B1A8E" w:rsidR="008A17D8" w:rsidRPr="00275515" w:rsidRDefault="23DF0748" w:rsidP="0E93D195">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:color w:val="A6A6A6" w:themeColor="background1" w:themeShade="A6"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0E93D195">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
               </w:rPr>
-              <w:t>MOR31. Mirstība sadalījumā pa galvenajiem nāves cēloņiem, reģioniem, valstspilsētām un novadiem (pēc administratīvi teritoriālās reformas 2021.gadā) 2017 - 2021</w:t>
+              <w:t xml:space="preserve">MOR31. Mirstība sadalījumā pa galvenajiem nāves cēloņiem, reģioniem, </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="0E93D195">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+              <w:t>valstspilsētām</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="0E93D195">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> un novadiem (pēc administratīvi teritoriālās reformas 2021.gadā) 2017 - 2021</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="2613858E" w14:textId="3A772CAC" w:rsidR="00F30D10" w:rsidRPr="00275515" w:rsidRDefault="3ED641FC" w:rsidP="0E93D195">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:color w:val="A6A6A6" w:themeColor="background1" w:themeShade="A6"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0E93D195">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
               </w:rPr>
               <w:t>MOR70</w:t>
             </w:r>
             <w:r w:rsidR="546EEF2E" w:rsidRPr="0E93D195">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
               </w:rPr>
               <w:t>.</w:t>
             </w:r>
             <w:r w:rsidRPr="0E93D195">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
               </w:rPr>
               <w:t xml:space="preserve"> Iedzīvotāju mirstība 5 gadu vecuma grupu sadalījumā</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00DF752A" w:rsidRPr="00230624" w14:paraId="7F38D1E8" w14:textId="77777777" w:rsidTr="701B1D90">
+      <w:tr w:rsidR="00DF752A" w:rsidRPr="00230624" w14:paraId="7F38D1E8" w14:textId="77777777" w:rsidTr="7036884B">
         <w:trPr>
           <w:trHeight w:val="695"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="826" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="2A77603E" w14:textId="2B4EEFAC" w:rsidR="00DF752A" w:rsidRPr="00230624" w:rsidRDefault="336F1E80" w:rsidP="0E93D195">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0E93D195">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
               </w:rPr>
               <w:t>1.6.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3197" w:type="dxa"/>
@@ -1598,169 +1747,188 @@
           <w:p w14:paraId="40B3F587" w14:textId="3F7F4B0D" w:rsidR="00DF752A" w:rsidRPr="00230624" w:rsidRDefault="23198F38" w:rsidP="0E93D195">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0E93D195">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
               </w:rPr>
               <w:t>Novēršamas mirstības rādītāj</w:t>
             </w:r>
             <w:r w:rsidR="7DFE14C3" w:rsidRPr="0E93D195">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
               </w:rPr>
               <w:t>i</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1823" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="52DF2611" w14:textId="7C86F5A4" w:rsidR="00DF752A" w:rsidRPr="002A4272" w:rsidRDefault="336F1E80" w:rsidP="0E93D195">
+          <w:p w14:paraId="52DF2611" w14:textId="5948C45B" w:rsidR="00DF752A" w:rsidRPr="000D1C1E" w:rsidRDefault="336F1E80" w:rsidP="1669C32D">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="808080" w:themeColor="background1" w:themeShade="80"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="1669C32D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+              <w:t>1</w:t>
+            </w:r>
+            <w:r w:rsidR="56013DEF" w:rsidRPr="1669C32D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+              <w:t>6</w:t>
+            </w:r>
+            <w:r w:rsidRPr="1669C32D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+              <w:t>.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1022" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="55C434D7" w14:textId="39280327" w:rsidR="00DF752A" w:rsidRPr="00A76F03" w:rsidRDefault="336F1E80" w:rsidP="0E93D195">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="808080" w:themeColor="background1" w:themeShade="80"/>
+                <w:highlight w:val="yellow"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00DE59F9">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+              <w:t>202</w:t>
+            </w:r>
+            <w:r w:rsidR="00DE59F9" w:rsidRPr="00DE59F9">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+              <w:t>5</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1725" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="632BEDB3" w14:textId="4CE6DF14" w:rsidR="00922922" w:rsidRPr="00A76F03" w:rsidRDefault="025B22D7" w:rsidP="11289DF7">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="808080" w:themeColor="background1" w:themeShade="80"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="11289DF7">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+              <w:t>2</w:t>
+            </w:r>
+            <w:r w:rsidR="7CBF880F" w:rsidRPr="11289DF7">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+              <w:t>8</w:t>
+            </w:r>
+            <w:r w:rsidR="4651078A" w:rsidRPr="11289DF7">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+              <w:t>.08.202</w:t>
+            </w:r>
+            <w:r w:rsidR="1A40E09B" w:rsidRPr="11289DF7">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+              <w:t>6</w:t>
+            </w:r>
+            <w:r w:rsidR="4651078A" w:rsidRPr="11289DF7">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+              <w:t>.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5840" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="7B417D1F" w14:textId="77777777" w:rsidR="00FC6BBA" w:rsidRDefault="511B6293" w:rsidP="0E93D195">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0E93D195">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
               </w:rPr>
-              <w:t>17.</w:t>
-[...10 lines deleted...]
-              <w:jc w:val="center"/>
+              <w:t>AVMOR010. Novēršamā mirstība sadalījumā pa dzimumiem;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="274AE4D0" w14:textId="3BBA04F9" w:rsidR="00FC6BBA" w:rsidRPr="003B66CA" w:rsidRDefault="511B6293" w:rsidP="0E93D195">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0E93D195">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
               </w:rPr>
-              <w:t>202</w:t>
-[...78 lines deleted...]
-              </w:rPr>
               <w:t>AVMOR020. Novēršamā mirstība sadalījumā pa reģioniem</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00D6302B" w:rsidRPr="00230624" w14:paraId="4C1A455E" w14:textId="77777777" w:rsidTr="006A62BC">
+      <w:tr w:rsidR="00D6302B" w:rsidRPr="00230624" w14:paraId="4C1A455E" w14:textId="77777777" w:rsidTr="7036884B">
         <w:trPr>
           <w:trHeight w:val="432"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="826" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
           </w:tcPr>
           <w:p w14:paraId="32DD3E94" w14:textId="437EF08D" w:rsidR="00D6302B" w:rsidRPr="00230624" w:rsidRDefault="1A18333C" w:rsidP="0E93D195">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0E93D195">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
               </w:rPr>
               <w:lastRenderedPageBreak/>
               <w:t>1.</w:t>
             </w:r>
             <w:r w:rsidR="78CD2383" w:rsidRPr="0E93D195">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
@@ -1785,133 +1953,112 @@
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:color w:val="A6A6A6" w:themeColor="background1" w:themeShade="A6"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0E93D195">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
               </w:rPr>
               <w:t>Provizoriskie dati par mirstību</w:t>
             </w:r>
             <w:r w:rsidR="4952DA83" w:rsidRPr="0E93D195">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
               </w:rPr>
               <w:t xml:space="preserve"> (mēneša dati)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1823" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
           </w:tcPr>
-          <w:p w14:paraId="2E52B3CC" w14:textId="2E59A430" w:rsidR="00D6302B" w:rsidRPr="00D6302B" w:rsidRDefault="00D6302B" w:rsidP="0E93D195">
+          <w:p w14:paraId="2E52B3CC" w14:textId="2E59A430" w:rsidR="00D6302B" w:rsidRPr="000D1C1E" w:rsidRDefault="00D6302B" w:rsidP="4FF78E37">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="4"/>
               </w:numPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
-                <w:color w:val="A6A6A6" w:themeColor="background1" w:themeShade="A6"/>
+                <w:color w:val="808080" w:themeColor="background1" w:themeShade="80"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1022" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="35C86E27" w14:textId="4C69AAAE" w:rsidR="006A62BC" w:rsidRPr="006A62BC" w:rsidRDefault="1A18333C" w:rsidP="006A62BC">
+          <w:p w14:paraId="35C86E27" w14:textId="27D3CBE7" w:rsidR="006A62BC" w:rsidRPr="000D1C1E" w:rsidRDefault="1B5F1677" w:rsidP="4FF78E37">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
-              </w:rPr>
-[...1 lines deleted...]
-            <w:r w:rsidRPr="0E93D195">
+                <w:color w:val="808080" w:themeColor="background1" w:themeShade="80"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="4FF78E37">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
               </w:rPr>
               <w:t>202</w:t>
             </w:r>
-            <w:r w:rsidR="1DA3D21C" w:rsidRPr="0E93D195">
-[...3 lines deleted...]
-              <w:t>4</w:t>
+            <w:r w:rsidR="07F77A12" w:rsidRPr="4FF78E37">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+              <w:t>5</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1725" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="6536AE39" w14:textId="2644CCDF" w:rsidR="00D6302B" w:rsidRPr="001C2510" w:rsidRDefault="68BA5447" w:rsidP="0E93D195">
+          <w:p w14:paraId="6536AE39" w14:textId="7A64D427" w:rsidR="00D6302B" w:rsidRPr="000D1C1E" w:rsidRDefault="70366868" w:rsidP="4FF78E37">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
-                <w:color w:val="A6A6A6" w:themeColor="background1" w:themeShade="A6"/>
-[...30 lines deleted...]
-              <w:t>.</w:t>
+                <w:color w:val="808080" w:themeColor="background1" w:themeShade="80"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="4FF78E37">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>26.01.; 25.02.; 25.03.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5840" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
           </w:tcPr>
           <w:p w14:paraId="7DC6BBA9" w14:textId="61EB3C15" w:rsidR="00EF5C7D" w:rsidRPr="00275515" w:rsidRDefault="1A18333C" w:rsidP="0E93D195">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:color w:val="A6A6A6" w:themeColor="background1" w:themeShade="A6"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0E93D195">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
               </w:rPr>
               <w:t>MOR10. Iedzīvotāju nāves cēloņi sadalījumā pa mēnešiem</w:t>
             </w:r>
             <w:r w:rsidR="42F54818" w:rsidRPr="0E93D195">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
@@ -1929,125 +2076,147 @@
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
               </w:rPr>
               <w:t xml:space="preserve">publicē </w:t>
             </w:r>
             <w:r w:rsidR="2312ED18" w:rsidRPr="0E93D195">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
               </w:rPr>
               <w:t>treš</w:t>
             </w:r>
             <w:r w:rsidR="30249297" w:rsidRPr="0E93D195">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
               </w:rPr>
               <w:t xml:space="preserve">ā mēneša 25.datumā </w:t>
             </w:r>
             <w:r w:rsidR="1D9808A7" w:rsidRPr="0E93D195">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
               </w:rPr>
               <w:t>pēc aktuālā mēneša)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="0E93D195" w14:paraId="3E4A0EEC" w14:textId="77777777" w:rsidTr="701B1D90">
+      <w:tr w:rsidR="0E93D195" w14:paraId="3E4A0EEC" w14:textId="77777777" w:rsidTr="7036884B">
         <w:trPr>
           <w:trHeight w:val="300"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="826" w:type="dxa"/>
             <w:vMerge/>
           </w:tcPr>
           <w:p w14:paraId="2E18B8F8" w14:textId="77777777" w:rsidR="004F4618" w:rsidRDefault="004F4618"/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3197" w:type="dxa"/>
             <w:vMerge/>
           </w:tcPr>
           <w:p w14:paraId="6832F4C0" w14:textId="77777777" w:rsidR="004F4618" w:rsidRDefault="004F4618"/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1823" w:type="dxa"/>
             <w:vMerge/>
           </w:tcPr>
-          <w:p w14:paraId="67C1F510" w14:textId="77777777" w:rsidR="004F4618" w:rsidRDefault="004F4618"/>
+          <w:p w14:paraId="67C1F510" w14:textId="77777777" w:rsidR="004F4618" w:rsidRPr="000D1C1E" w:rsidRDefault="004F4618">
+            <w:pPr>
+              <w:rPr>
+                <w:color w:val="808080" w:themeColor="background1" w:themeShade="80"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1022" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="7D74EC74" w14:textId="2009D89A" w:rsidR="0E93D195" w:rsidRDefault="0E93D195" w:rsidP="0E93D195">
+          <w:p w14:paraId="7D74EC74" w14:textId="6AA127FE" w:rsidR="0E93D195" w:rsidRPr="000D1C1E" w:rsidRDefault="27637974" w:rsidP="4FF78E37">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
-                <w:color w:val="A6A6A6" w:themeColor="background1" w:themeShade="A6"/>
-[...6 lines deleted...]
-              <w:t>2025</w:t>
+                <w:color w:val="808080" w:themeColor="background1" w:themeShade="80"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="4FF78E37">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+              <w:t>202</w:t>
+            </w:r>
+            <w:r w:rsidR="39BE7330" w:rsidRPr="4FF78E37">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+              <w:t>6</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1725" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="1F2958ED" w14:textId="1F9AFCEC" w:rsidR="0E93D195" w:rsidRDefault="0E93D195" w:rsidP="0E93D195">
+          <w:p w14:paraId="1F2958ED" w14:textId="2E65E629" w:rsidR="0E93D195" w:rsidRPr="000D1C1E" w:rsidRDefault="1D752C88" w:rsidP="4FF78E37">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
-              </w:rPr>
-[...5 lines deleted...]
-              <w:t>25.03.; 25.04.; 26.05.; 25.06.; 25.07; 25.08.; 25.09.; 27.10.; 25.11.; 29.12.; 26.01.2026.; 25.02.2026.</w:t>
+                <w:color w:val="808080" w:themeColor="background1" w:themeShade="80"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="4FF78E37">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve">27.04.; 25.05.; 25.06.; 27.07.; 25.08.; 25.09.; 26.10.; 25.11.; </w:t>
+            </w:r>
+            <w:r w:rsidR="3DCD9186" w:rsidRPr="4FF78E37">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>28.12.; 25.01.2027; 25.02.2027; 25.03.2027</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5840" w:type="dxa"/>
             <w:vMerge/>
           </w:tcPr>
           <w:p w14:paraId="7A84A158" w14:textId="77777777" w:rsidR="004F4618" w:rsidRDefault="004F4618"/>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="006312D3" w:rsidRPr="00230624" w14:paraId="7E44D2B8" w14:textId="77777777" w:rsidTr="006A62BC">
+      <w:tr w:rsidR="006312D3" w:rsidRPr="00230624" w14:paraId="7E44D2B8" w14:textId="77777777" w:rsidTr="7036884B">
         <w:trPr>
           <w:trHeight w:val="619"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="826" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
           </w:tcPr>
           <w:p w14:paraId="0C3367B8" w14:textId="6539FB7F" w:rsidR="006312D3" w:rsidRPr="00230624" w:rsidRDefault="549EC2AA" w:rsidP="0E93D195">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0E93D195">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t>2.</w:t>
             </w:r>
@@ -2059,14872 +2228,14611 @@
             <w:vMerge w:val="restart"/>
           </w:tcPr>
           <w:p w14:paraId="2B1EB97D" w14:textId="7E1C1293" w:rsidR="006312D3" w:rsidRPr="00230624" w:rsidRDefault="549EC2AA" w:rsidP="0E93D195">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0E93D195">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t xml:space="preserve">8.2. Reģistrētās arodslimības </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1823" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="54BEBA5D" w14:textId="6A580B4C" w:rsidR="006312D3" w:rsidRPr="006F6D6A" w:rsidRDefault="549EC2AA" w:rsidP="0E93D195">
-[...6 lines deleted...]
-            <w:r w:rsidRPr="0E93D195">
+          <w:p w14:paraId="54BEBA5D" w14:textId="6A580B4C" w:rsidR="006312D3" w:rsidRPr="00F629B0" w:rsidRDefault="549EC2AA" w:rsidP="0E93D195">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F629B0">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
               </w:rPr>
               <w:t>2.,3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1022" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="34006657" w14:textId="2C9FE61C" w:rsidR="006312D3" w:rsidRPr="006F6D6A" w:rsidRDefault="549EC2AA" w:rsidP="0E93D195">
+          <w:p w14:paraId="34006657" w14:textId="429FB267" w:rsidR="006312D3" w:rsidRPr="00F629B0" w:rsidRDefault="549EC2AA" w:rsidP="0E93D195">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="0E93D195">
-[...3 lines deleted...]
-              <w:t>2024</w:t>
+            <w:r w:rsidRPr="00F629B0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+              <w:t>202</w:t>
+            </w:r>
+            <w:r w:rsidR="00F629B0" w:rsidRPr="00F629B0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+              <w:t>5</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1725" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="0E62E84E" w14:textId="663EA0E1" w:rsidR="006312D3" w:rsidRPr="006F6D6A" w:rsidRDefault="549EC2AA" w:rsidP="0E93D195">
+          <w:p w14:paraId="0E62E84E" w14:textId="54824844" w:rsidR="006312D3" w:rsidRPr="00F629B0" w:rsidRDefault="00A90FD2" w:rsidP="0E93D195">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="0E93D195">
-[...3 lines deleted...]
-              <w:t>29.08.2025.</w:t>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+              <w:t>28.08</w:t>
+            </w:r>
+            <w:r w:rsidR="00F629B0" w:rsidRPr="00F629B0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+              <w:t>.2026</w:t>
+            </w:r>
+            <w:r w:rsidR="00544CD1">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+              <w:t>.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5840" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="0376C3DE" w14:textId="62ADE3BE" w:rsidR="006312D3" w:rsidRPr="006312D3" w:rsidRDefault="549EC2AA" w:rsidP="0E93D195">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0E93D195">
               <w:rPr>
                 <w:rStyle w:val="hierarchicaltableinformationtitle"/>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
               </w:rPr>
               <w:t>ARO010. Arodslimību gadījumu skaits sadalījumā pa dzimumiem un diagnožu grupām</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="006312D3" w:rsidRPr="00230624" w14:paraId="7098DDD5" w14:textId="77777777" w:rsidTr="701B1D90">
+      <w:tr w:rsidR="006312D3" w:rsidRPr="00230624" w14:paraId="7098DDD5" w14:textId="77777777" w:rsidTr="7036884B">
         <w:trPr>
           <w:trHeight w:val="1525"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="826" w:type="dxa"/>
             <w:vMerge/>
           </w:tcPr>
           <w:p w14:paraId="595A1DA8" w14:textId="77777777" w:rsidR="006312D3" w:rsidRPr="00230624" w:rsidRDefault="006312D3" w:rsidP="00714F1F">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3197" w:type="dxa"/>
             <w:vMerge/>
           </w:tcPr>
           <w:p w14:paraId="42E8BA54" w14:textId="77777777" w:rsidR="006312D3" w:rsidRDefault="006312D3" w:rsidP="00714F1F">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1823" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="7540F491" w14:textId="56712F22" w:rsidR="006312D3" w:rsidRPr="006F6D6A" w:rsidRDefault="549EC2AA" w:rsidP="0E93D195">
+          <w:p w14:paraId="7540F491" w14:textId="56712F22" w:rsidR="006312D3" w:rsidRPr="00F629B0" w:rsidRDefault="549EC2AA" w:rsidP="0E93D195">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="0E93D195">
+            <w:r w:rsidRPr="00F629B0">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t>-</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1022" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="57F34686" w14:textId="284EF78A" w:rsidR="006312D3" w:rsidRPr="006F6D6A" w:rsidRDefault="549EC2AA" w:rsidP="0E93D195">
+          <w:p w14:paraId="57F34686" w14:textId="28599B2C" w:rsidR="006312D3" w:rsidRPr="00F629B0" w:rsidRDefault="549EC2AA" w:rsidP="0E93D195">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="0E93D195">
-[...3 lines deleted...]
-              <w:t>2024</w:t>
+            <w:r w:rsidRPr="00F629B0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+              <w:t>202</w:t>
+            </w:r>
+            <w:r w:rsidR="00F629B0" w:rsidRPr="00F629B0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+              <w:t>5</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1725" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="2AE57998" w14:textId="4A1592F6" w:rsidR="006312D3" w:rsidRPr="006F6D6A" w:rsidRDefault="549EC2AA" w:rsidP="0E93D195">
+          <w:p w14:paraId="2AE57998" w14:textId="251B4C78" w:rsidR="006312D3" w:rsidRPr="00F629B0" w:rsidRDefault="00A90FD2" w:rsidP="0E93D195">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="0E93D195">
-[...3 lines deleted...]
-              <w:t>29.08.2025.</w:t>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+              <w:t>28.08.</w:t>
+            </w:r>
+            <w:r w:rsidR="00F629B0" w:rsidRPr="00F629B0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+              <w:t>2026</w:t>
+            </w:r>
+            <w:r w:rsidR="00544CD1">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+              <w:t>.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5840" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="787B26A9" w14:textId="3CD5D189" w:rsidR="006312D3" w:rsidRPr="006312D3" w:rsidRDefault="549EC2AA" w:rsidP="0E93D195">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0E93D195">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
               </w:rPr>
               <w:t>ARO030. Arodslimību gadījumu skaits pēc saimnieciskās darbības veida (NACE 2. redakcija);</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="03BF57C0" w14:textId="71D45C78" w:rsidR="006312D3" w:rsidRPr="006312D3" w:rsidRDefault="549EC2AA" w:rsidP="0E93D195">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0E93D195">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
               </w:rPr>
               <w:t>ARO040. Arodslimību gadījumu skaits pēc profesijām (ISCO-08);</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="71309A35" w14:textId="3E3F6A7E" w:rsidR="006312D3" w:rsidRPr="006312D3" w:rsidRDefault="549EC2AA" w:rsidP="0E93D195">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0E93D195">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
               </w:rPr>
-              <w:t>ARO050. Arodslimību izraisītājfaktoru skaits pa galvenajām grupām</w:t>
+              <w:t xml:space="preserve">ARO050. Arodslimību </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="0E93D195">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+              <w:t>izraisītājfaktoru</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="0E93D195">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> skaits pa galvenajām grupām</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00714F1F" w:rsidRPr="00230624" w14:paraId="5CD21ADA" w14:textId="77777777" w:rsidTr="701B1D90">
+      <w:tr w:rsidR="00714F1F" w:rsidRPr="00230624" w14:paraId="5CD21ADA" w14:textId="77777777" w:rsidTr="7036884B">
         <w:trPr>
           <w:trHeight w:val="146"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="826" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="4FC89E27" w14:textId="63C57458" w:rsidR="00714F1F" w:rsidRPr="00230624" w:rsidRDefault="42FFAE04" w:rsidP="0E93D195">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0E93D195">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t>3.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="13607" w:type="dxa"/>
             <w:gridSpan w:val="5"/>
           </w:tcPr>
-          <w:p w14:paraId="5E6827F7" w14:textId="5E9EC397" w:rsidR="00714F1F" w:rsidRPr="00230624" w:rsidRDefault="42FFAE04" w:rsidP="0E93D195">
+          <w:p w14:paraId="5E6827F7" w14:textId="14C8B186" w:rsidR="00714F1F" w:rsidRPr="00230624" w:rsidRDefault="42FFAE04" w:rsidP="0E93D195">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0E93D195">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
-              <w:t>8.6. Ambulatorā medicīniskā palīdzība</w:t>
+              <w:t>8</w:t>
+            </w:r>
+            <w:r w:rsidRPr="5BA3145A">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t>.</w:t>
+            </w:r>
+            <w:r w:rsidR="7586397D" w:rsidRPr="5BA3145A">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t>5</w:t>
+            </w:r>
+            <w:r w:rsidRPr="5BA3145A">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t>.</w:t>
+            </w:r>
+            <w:r w:rsidRPr="0E93D195">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Ambulatorā medicīniskā palīdzība</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00F64675" w:rsidRPr="00230624" w14:paraId="786DC27E" w14:textId="77777777" w:rsidTr="701B1D90">
+      <w:tr w:rsidR="006B4702" w:rsidRPr="00230624" w14:paraId="786DC27E" w14:textId="77777777" w:rsidTr="7036884B">
         <w:trPr>
           <w:trHeight w:val="296"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="826" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
           </w:tcPr>
-          <w:p w14:paraId="6D354264" w14:textId="174827C9" w:rsidR="00F64675" w:rsidRDefault="32A897C0" w:rsidP="0E93D195">
+          <w:p w14:paraId="6D354264" w14:textId="174827C9" w:rsidR="006B4702" w:rsidRDefault="006B4702" w:rsidP="0E93D195">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0E93D195">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
               </w:rPr>
               <w:t>3.1.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3197" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
           </w:tcPr>
-          <w:p w14:paraId="2F40F841" w14:textId="0BE410E8" w:rsidR="00F64675" w:rsidRPr="00230624" w:rsidRDefault="32A897C0" w:rsidP="0E93D195">
+          <w:p w14:paraId="2F40F841" w14:textId="0BE410E8" w:rsidR="006B4702" w:rsidRPr="00230624" w:rsidRDefault="006B4702" w:rsidP="0E93D195">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0E93D195">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
               </w:rPr>
               <w:t xml:space="preserve">Statistikas dati par ambulatoro palīdzību </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1823" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
           </w:tcPr>
-          <w:p w14:paraId="6A80AE40" w14:textId="05EF42E9" w:rsidR="00F64675" w:rsidRPr="005079A2" w:rsidRDefault="26A074E3" w:rsidP="0E93D195">
-[...13 lines deleted...]
-            <w:r w:rsidR="32A897C0" w:rsidRPr="0E93D195">
+          <w:p w14:paraId="6A80AE40" w14:textId="74804B1B" w:rsidR="006B4702" w:rsidRPr="000D1C1E" w:rsidRDefault="001A06C0" w:rsidP="4FF78E37">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="808080" w:themeColor="background1" w:themeShade="80"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+              <w:t>7</w:t>
+            </w:r>
+            <w:r w:rsidR="1A35AC04" w:rsidRPr="4FF78E37">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
               </w:rPr>
               <w:t>.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1022" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
           </w:tcPr>
-          <w:p w14:paraId="65A9C8E1" w14:textId="4E0492D9" w:rsidR="00F64675" w:rsidRPr="00D90C18" w:rsidRDefault="32A897C0" w:rsidP="0E93D195">
+          <w:p w14:paraId="65A9C8E1" w14:textId="3079056A" w:rsidR="006B4702" w:rsidRPr="000D1C1E" w:rsidRDefault="1A35AC04" w:rsidP="4FF78E37">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="808080" w:themeColor="background1" w:themeShade="80"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="4FF78E37">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+              <w:t>202</w:t>
+            </w:r>
+            <w:r w:rsidR="26CFC24A" w:rsidRPr="4FF78E37">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+              <w:t>5</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1725" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="28FC32B0" w14:textId="7B8548E1" w:rsidR="006B4702" w:rsidRPr="000D1C1E" w:rsidRDefault="1A35AC04" w:rsidP="4FF78E37">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="808080" w:themeColor="background1" w:themeShade="80"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="4FF78E37">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+              <w:t>06.08.202</w:t>
+            </w:r>
+            <w:r w:rsidR="5C35BF5A" w:rsidRPr="4FF78E37">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+              <w:t>6</w:t>
+            </w:r>
+            <w:r w:rsidRPr="4FF78E37">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+              <w:t>.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="3D8C54B4" w14:textId="6660D955" w:rsidR="006B4702" w:rsidRPr="000D1C1E" w:rsidRDefault="006B4702" w:rsidP="0E93D195">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="808080" w:themeColor="background1" w:themeShade="80"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5840" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="4B9A459F" w14:textId="7FD027D9" w:rsidR="006B4702" w:rsidRPr="00275515" w:rsidRDefault="006B4702" w:rsidP="0E93D195">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:color w:val="A6A6A6" w:themeColor="background1" w:themeShade="A6"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0E93D195">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
               </w:rPr>
-              <w:t>202</w:t>
-[...73 lines deleted...]
-              </w:rPr>
               <w:t>AMB031.Ambulatoro apmeklējumu skaits pie ārstiem un ārsta palīgiem, vecmātēm un medicīnas māsām</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00F64675" w:rsidRPr="00230624" w14:paraId="4DB402F3" w14:textId="77777777" w:rsidTr="701B1D90">
+      <w:tr w:rsidR="006B4702" w:rsidRPr="00230624" w14:paraId="4DB402F3" w14:textId="77777777" w:rsidTr="7036884B">
         <w:trPr>
           <w:trHeight w:val="295"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="826" w:type="dxa"/>
             <w:vMerge/>
           </w:tcPr>
-          <w:p w14:paraId="3B7C2497" w14:textId="77777777" w:rsidR="00F64675" w:rsidRDefault="00F64675" w:rsidP="00031053">
+          <w:p w14:paraId="3B7C2497" w14:textId="77777777" w:rsidR="006B4702" w:rsidRDefault="006B4702" w:rsidP="00031053">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3197" w:type="dxa"/>
             <w:vMerge/>
           </w:tcPr>
-          <w:p w14:paraId="24949417" w14:textId="77777777" w:rsidR="00F64675" w:rsidRPr="00230624" w:rsidRDefault="00F64675" w:rsidP="00B7369C">
+          <w:p w14:paraId="24949417" w14:textId="77777777" w:rsidR="006B4702" w:rsidRPr="00230624" w:rsidRDefault="006B4702" w:rsidP="00B7369C">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1823" w:type="dxa"/>
             <w:vMerge/>
           </w:tcPr>
-          <w:p w14:paraId="73020B06" w14:textId="77777777" w:rsidR="00F64675" w:rsidRPr="005079A2" w:rsidRDefault="00F64675" w:rsidP="00B7369C">
-[...4 lines deleted...]
-                <w:color w:val="000000" w:themeColor="text1"/>
+          <w:p w14:paraId="73020B06" w14:textId="77777777" w:rsidR="006B4702" w:rsidRPr="000D1C1E" w:rsidRDefault="006B4702" w:rsidP="00B7369C">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="808080" w:themeColor="background1" w:themeShade="80"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1022" w:type="dxa"/>
             <w:vMerge/>
           </w:tcPr>
-          <w:p w14:paraId="306DC8C3" w14:textId="77777777" w:rsidR="00F64675" w:rsidRDefault="00F64675" w:rsidP="00B7369C">
+          <w:p w14:paraId="306DC8C3" w14:textId="77777777" w:rsidR="006B4702" w:rsidRPr="000D1C1E" w:rsidRDefault="006B4702" w:rsidP="00B7369C">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="808080" w:themeColor="background1" w:themeShade="80"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1725" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="7EBBA3BF" w14:textId="52818D99" w:rsidR="00F64675" w:rsidRPr="00F64675" w:rsidRDefault="36F9C5BB" w:rsidP="0E93D195">
+          <w:p w14:paraId="7EBBA3BF" w14:textId="437808C5" w:rsidR="006B4702" w:rsidRPr="000D1C1E" w:rsidRDefault="1A35AC04" w:rsidP="4FF78E37">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="808080" w:themeColor="background1" w:themeShade="80"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="4FF78E37">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+              <w:t>06.08.202</w:t>
+            </w:r>
+            <w:r w:rsidR="7573EF99" w:rsidRPr="4FF78E37">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+              <w:t>6</w:t>
+            </w:r>
+            <w:r w:rsidRPr="4FF78E37">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+              <w:t>.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5840" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="7F85DE74" w14:textId="007E245E" w:rsidR="006B4702" w:rsidRPr="00275515" w:rsidRDefault="006B4702" w:rsidP="0E93D195">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:color w:val="A6A6A6" w:themeColor="background1" w:themeShade="A6"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0E93D195">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
               </w:rPr>
-              <w:t>06</w:t>
-[...48 lines deleted...]
-              </w:rPr>
               <w:t>AMB035.Ambulatoro apmeklējumu skaits pie zobārsta</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00F64675" w:rsidRPr="00230624" w14:paraId="055BE381" w14:textId="77777777" w:rsidTr="701B1D90">
+      <w:tr w:rsidR="006B4702" w:rsidRPr="00230624" w14:paraId="055BE381" w14:textId="77777777" w:rsidTr="7036884B">
         <w:trPr>
           <w:trHeight w:val="146"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="826" w:type="dxa"/>
             <w:vMerge/>
           </w:tcPr>
-          <w:p w14:paraId="4C14FD0C" w14:textId="77777777" w:rsidR="00F64675" w:rsidRDefault="00F64675" w:rsidP="00B7369C">
+          <w:p w14:paraId="4C14FD0C" w14:textId="77777777" w:rsidR="006B4702" w:rsidRDefault="006B4702" w:rsidP="00B7369C">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3197" w:type="dxa"/>
             <w:vMerge/>
           </w:tcPr>
-          <w:p w14:paraId="5C3C9BC9" w14:textId="77777777" w:rsidR="00F64675" w:rsidRPr="00230624" w:rsidRDefault="00F64675" w:rsidP="00B7369C">
+          <w:p w14:paraId="5C3C9BC9" w14:textId="77777777" w:rsidR="006B4702" w:rsidRPr="00230624" w:rsidRDefault="006B4702" w:rsidP="00B7369C">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1823" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="1C31537A" w14:textId="6229129E" w:rsidR="00F64675" w:rsidRPr="005079A2" w:rsidRDefault="32A897C0" w:rsidP="0E93D195">
-[...7 lines deleted...]
-            <w:r w:rsidRPr="0E93D195">
+          <w:p w14:paraId="1C31537A" w14:textId="2F5559F0" w:rsidR="006B4702" w:rsidRPr="000D1C1E" w:rsidRDefault="1A35AC04" w:rsidP="4FF78E37">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="808080" w:themeColor="background1" w:themeShade="80"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="4FF78E37">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
               </w:rPr>
               <w:t>1</w:t>
             </w:r>
-            <w:r w:rsidR="5EE4C177" w:rsidRPr="0E93D195">
-[...5 lines deleted...]
-            <w:r w:rsidRPr="0E93D195">
+            <w:r w:rsidR="008C7361">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+              <w:t>1</w:t>
+            </w:r>
+            <w:r w:rsidRPr="4FF78E37">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
               </w:rPr>
               <w:t>.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1022" w:type="dxa"/>
             <w:vMerge/>
           </w:tcPr>
-          <w:p w14:paraId="2B5C208D" w14:textId="645C934D" w:rsidR="00F64675" w:rsidRPr="00D90C18" w:rsidRDefault="00F64675" w:rsidP="00B7369C">
+          <w:p w14:paraId="2B5C208D" w14:textId="645C934D" w:rsidR="006B4702" w:rsidRPr="000D1C1E" w:rsidRDefault="006B4702" w:rsidP="00B7369C">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="808080" w:themeColor="background1" w:themeShade="80"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1725" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="085981AA" w14:textId="22BBE3EB" w:rsidR="00F64675" w:rsidRDefault="04512261" w:rsidP="0E93D195">
+          <w:p w14:paraId="085981AA" w14:textId="4249B5DB" w:rsidR="006B4702" w:rsidRPr="000D1C1E" w:rsidRDefault="1A35AC04" w:rsidP="4FF78E37">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="808080" w:themeColor="background1" w:themeShade="80"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="4FF78E37">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+              <w:t>06.08.202</w:t>
+            </w:r>
+            <w:r w:rsidR="3DC3DC81" w:rsidRPr="4FF78E37">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+              <w:t>6</w:t>
+            </w:r>
+            <w:r w:rsidRPr="4FF78E37">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+              <w:t>.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5840" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="6CD01253" w14:textId="4C326EB1" w:rsidR="006B4702" w:rsidRPr="00275515" w:rsidRDefault="006B4702" w:rsidP="0E93D195">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:color w:val="A6A6A6" w:themeColor="background1" w:themeShade="A6"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0E93D195">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
               </w:rPr>
-              <w:t>06</w:t>
-[...61 lines deleted...]
-              <w:t xml:space="preserve"> nodaļu darbs ambulatorās medicīniskās palīdzības iestādēs</w:t>
+              <w:t>AMB050.Fizikālās medicīnas, rehabilitācijas un diagnostisko nodaļu darbs ambulatorās medicīniskās palīdzības iestādēs</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00F64675" w:rsidRPr="00230624" w14:paraId="1ED717A5" w14:textId="77777777" w:rsidTr="701B1D90">
+      <w:tr w:rsidR="006B4702" w:rsidRPr="00230624" w14:paraId="1ED717A5" w14:textId="77777777" w:rsidTr="7036884B">
         <w:trPr>
           <w:trHeight w:val="146"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="826" w:type="dxa"/>
             <w:vMerge/>
           </w:tcPr>
-          <w:p w14:paraId="55248A89" w14:textId="1AEE79AD" w:rsidR="00F64675" w:rsidRDefault="00F64675" w:rsidP="00B7369C">
+          <w:p w14:paraId="55248A89" w14:textId="1AEE79AD" w:rsidR="006B4702" w:rsidRDefault="006B4702" w:rsidP="00B7369C">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3197" w:type="dxa"/>
             <w:vMerge/>
           </w:tcPr>
-          <w:p w14:paraId="75E39537" w14:textId="28FD5D3B" w:rsidR="00F64675" w:rsidRPr="00230624" w:rsidRDefault="00F64675" w:rsidP="00B7369C">
+          <w:p w14:paraId="75E39537" w14:textId="28FD5D3B" w:rsidR="006B4702" w:rsidRPr="00230624" w:rsidRDefault="006B4702" w:rsidP="00B7369C">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1823" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="36E04AF4" w14:textId="52AD6807" w:rsidR="00F64675" w:rsidRPr="005079A2" w:rsidRDefault="04B2AD0E" w:rsidP="0E93D195">
-[...12 lines deleted...]
-            <w:r w:rsidR="32A897C0" w:rsidRPr="0E93D195">
+          <w:p w14:paraId="36E04AF4" w14:textId="41412813" w:rsidR="006B4702" w:rsidRPr="001A06C0" w:rsidRDefault="001A06C0" w:rsidP="0E93D195">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001A06C0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+              <w:t>8</w:t>
+            </w:r>
+            <w:r w:rsidR="006B4702" w:rsidRPr="001A06C0">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
               </w:rPr>
               <w:t>.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1022" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="2BF86BB3" w14:textId="3B36F317" w:rsidR="00F64675" w:rsidRPr="00D90C18" w:rsidRDefault="32A897C0" w:rsidP="0E93D195">
+          <w:p w14:paraId="2BF86BB3" w14:textId="7E20D0F5" w:rsidR="006B4702" w:rsidRPr="000D1C1E" w:rsidRDefault="293AFC64" w:rsidP="79683210">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
-              </w:rPr>
-[...8 lines deleted...]
-          <w:p w14:paraId="7035FDED" w14:textId="63D28E76" w:rsidR="00F64675" w:rsidRPr="00D90C18" w:rsidRDefault="00F64675" w:rsidP="0E93D195">
+                <w:color w:val="808080" w:themeColor="background1" w:themeShade="80"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="79683210">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+              <w:t>202</w:t>
+            </w:r>
+            <w:r w:rsidR="763976FA" w:rsidRPr="79683210">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+              <w:t>4</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="7035FDED" w14:textId="63D28E76" w:rsidR="006B4702" w:rsidRPr="000D1C1E" w:rsidRDefault="006B4702" w:rsidP="79683210">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
-              </w:rPr>
-[...2 lines deleted...]
-          <w:p w14:paraId="55A842BD" w14:textId="40DB7B17" w:rsidR="00F64675" w:rsidRPr="00D90C18" w:rsidRDefault="38C42A34" w:rsidP="0E93D195">
+                <w:color w:val="808080" w:themeColor="background1" w:themeShade="80"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="55A842BD" w14:textId="07C66026" w:rsidR="006B4702" w:rsidRPr="000D1C1E" w:rsidRDefault="293AFC64" w:rsidP="79683210">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="808080" w:themeColor="background1" w:themeShade="80"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="79683210">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+              <w:t>202</w:t>
+            </w:r>
+            <w:r w:rsidR="03DA315D" w:rsidRPr="79683210">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+              <w:t>5</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1725" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="27BA6BF4" w14:textId="2424641F" w:rsidR="006B4702" w:rsidRPr="000D1C1E" w:rsidRDefault="293AFC64" w:rsidP="79683210">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="808080" w:themeColor="background1" w:themeShade="80"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="79683210">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+              <w:t>1</w:t>
+            </w:r>
+            <w:r w:rsidR="5BA50E70" w:rsidRPr="79683210">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+              <w:t>7</w:t>
+            </w:r>
+            <w:r w:rsidRPr="79683210">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+              <w:t>.03.202</w:t>
+            </w:r>
+            <w:r w:rsidR="76154DB4" w:rsidRPr="79683210">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+              <w:t>6</w:t>
+            </w:r>
+            <w:r w:rsidRPr="79683210">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+              <w:t>. (202</w:t>
+            </w:r>
+            <w:r w:rsidR="3EB57D19" w:rsidRPr="79683210">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+              <w:t>4</w:t>
+            </w:r>
+            <w:r w:rsidRPr="79683210">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+              <w:t>)</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="7B985845" w14:textId="04F096EA" w:rsidR="006B4702" w:rsidRPr="000D1C1E" w:rsidRDefault="293AFC64" w:rsidP="79683210">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="808080" w:themeColor="background1" w:themeShade="80"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="79683210">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+              <w:t>10.09.202</w:t>
+            </w:r>
+            <w:r w:rsidR="0AAA2FC3" w:rsidRPr="79683210">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+              <w:t>6</w:t>
+            </w:r>
+            <w:r w:rsidRPr="79683210">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+              <w:t>.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="33152D2B" w14:textId="67E91AC2" w:rsidR="006B4702" w:rsidRPr="000D1C1E" w:rsidRDefault="293AFC64" w:rsidP="79683210">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="808080" w:themeColor="background1" w:themeShade="80"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="79683210">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+              <w:t>(202</w:t>
+            </w:r>
+            <w:r w:rsidR="1D50EA3C" w:rsidRPr="79683210">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+              <w:t>5</w:t>
+            </w:r>
+            <w:r w:rsidRPr="79683210">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+              <w:t>)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5840" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="4E72A2A9" w14:textId="03E87BDE" w:rsidR="006B4702" w:rsidRPr="00275515" w:rsidRDefault="006B4702" w:rsidP="0E93D195">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:color w:val="A6A6A6" w:themeColor="background1" w:themeShade="A6"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0E93D195">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
               </w:rPr>
-              <w:t>2024</w:t>
-[...124 lines deleted...]
-              </w:rPr>
               <w:t>AMB010.Vietu un ārstēto pacientu skaits dienas stacionāros</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00F64675" w:rsidRPr="00230624" w14:paraId="6DCA107B" w14:textId="77777777" w:rsidTr="006A62BC">
+      <w:tr w:rsidR="006B4702" w:rsidRPr="00230624" w14:paraId="6DCA107B" w14:textId="77777777" w:rsidTr="7036884B">
         <w:trPr>
           <w:trHeight w:val="517"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="826" w:type="dxa"/>
             <w:vMerge/>
           </w:tcPr>
-          <w:p w14:paraId="4E284A53" w14:textId="77777777" w:rsidR="00F64675" w:rsidRDefault="00F64675" w:rsidP="00B7369C">
+          <w:p w14:paraId="4E284A53" w14:textId="77777777" w:rsidR="006B4702" w:rsidRDefault="006B4702" w:rsidP="00B7369C">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3197" w:type="dxa"/>
             <w:vMerge/>
           </w:tcPr>
-          <w:p w14:paraId="7AB820AD" w14:textId="77777777" w:rsidR="00F64675" w:rsidRPr="00230624" w:rsidRDefault="00F64675" w:rsidP="00B7369C">
+          <w:p w14:paraId="7AB820AD" w14:textId="77777777" w:rsidR="006B4702" w:rsidRPr="00230624" w:rsidRDefault="006B4702" w:rsidP="00B7369C">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1823" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
           </w:tcPr>
-          <w:p w14:paraId="04CA747A" w14:textId="756D0CA2" w:rsidR="00F64675" w:rsidRPr="002A4272" w:rsidRDefault="32A897C0" w:rsidP="0E93D195">
-[...19 lines deleted...]
-            <w:r w:rsidRPr="0E93D195">
+          <w:p w14:paraId="04CA747A" w14:textId="4B2C32E2" w:rsidR="006B4702" w:rsidRPr="001A06C0" w:rsidRDefault="008C7361" w:rsidP="0E93D195">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001A06C0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+              <w:t>9</w:t>
+            </w:r>
+            <w:r w:rsidR="006B4702" w:rsidRPr="001A06C0">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
               </w:rPr>
               <w:t>.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1022" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="265F5DFF" w14:textId="1A1A451E" w:rsidR="4380C621" w:rsidRDefault="4380C621" w:rsidP="0E93D195">
+          <w:p w14:paraId="265F5DFF" w14:textId="49C6D7BE" w:rsidR="006B4702" w:rsidRPr="000D1C1E" w:rsidRDefault="293AFC64" w:rsidP="79683210">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
-              </w:rPr>
-[...8 lines deleted...]
-          <w:p w14:paraId="65E327E3" w14:textId="54880971" w:rsidR="00F64675" w:rsidRPr="003359ED" w:rsidRDefault="1D92D2CB" w:rsidP="0E93D195">
+                <w:color w:val="808080" w:themeColor="background1" w:themeShade="80"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="79683210">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+              <w:t>202</w:t>
+            </w:r>
+            <w:r w:rsidR="4667C2B5" w:rsidRPr="79683210">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+              <w:t>4</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="65E327E3" w14:textId="09FC1406" w:rsidR="006B4702" w:rsidRPr="000D1C1E" w:rsidRDefault="293AFC64" w:rsidP="79683210">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
-                <w:color w:val="A6A6A6" w:themeColor="background1" w:themeShade="A6"/>
-[...6 lines deleted...]
-              <w:t>2024</w:t>
+                <w:color w:val="808080" w:themeColor="background1" w:themeShade="80"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="79683210">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+              <w:t>202</w:t>
+            </w:r>
+            <w:r w:rsidR="71346977" w:rsidRPr="79683210">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+              <w:t>5</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1725" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
           </w:tcPr>
-          <w:p w14:paraId="32F14436" w14:textId="5EC76B7A" w:rsidR="00F64675" w:rsidRPr="003359ED" w:rsidRDefault="4AF40E8D" w:rsidP="0E93D195">
+          <w:p w14:paraId="32F14436" w14:textId="50C248F5" w:rsidR="006B4702" w:rsidRPr="000D1C1E" w:rsidRDefault="293AFC64" w:rsidP="79683210">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
-              </w:rPr>
-[...8 lines deleted...]
-          <w:p w14:paraId="5AD008CD" w14:textId="3A84BF4F" w:rsidR="00F64675" w:rsidRPr="003359ED" w:rsidRDefault="00F64675" w:rsidP="0E93D195">
+                <w:color w:val="808080" w:themeColor="background1" w:themeShade="80"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="79683210">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+              <w:t>12.11.202</w:t>
+            </w:r>
+            <w:r w:rsidR="65CD30B7" w:rsidRPr="79683210">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+              <w:t>6</w:t>
+            </w:r>
+            <w:r w:rsidRPr="79683210">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+              <w:t>.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="5AD008CD" w14:textId="3A84BF4F" w:rsidR="006B4702" w:rsidRPr="000D1C1E" w:rsidRDefault="006B4702" w:rsidP="79683210">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
-              </w:rPr>
-[...2 lines deleted...]
-          <w:p w14:paraId="567E18D0" w14:textId="07AF6DE0" w:rsidR="00F64675" w:rsidRPr="003359ED" w:rsidRDefault="32A897C0" w:rsidP="0E93D195">
+                <w:color w:val="808080" w:themeColor="background1" w:themeShade="80"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="567E18D0" w14:textId="07AF6DE0" w:rsidR="006B4702" w:rsidRPr="000D1C1E" w:rsidRDefault="293AFC64" w:rsidP="79683210">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
-                <w:color w:val="A6A6A6" w:themeColor="background1" w:themeShade="A6"/>
-[...18 lines deleted...]
-              <w:t>(dienas stacionārā)</w:t>
+                <w:color w:val="808080" w:themeColor="background1" w:themeShade="80"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="79683210">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+              <w:t>Datums tiks precizēts (dienas stacionārā)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5840" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
           </w:tcPr>
-          <w:p w14:paraId="3E8ACC3D" w14:textId="65F03E1E" w:rsidR="00F64675" w:rsidRPr="003C5917" w:rsidRDefault="32A897C0" w:rsidP="0E93D195">
+          <w:p w14:paraId="3E8ACC3D" w14:textId="65F03E1E" w:rsidR="006B4702" w:rsidRPr="003C5917" w:rsidRDefault="006B4702" w:rsidP="0E93D195">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:color w:val="A6A6A6" w:themeColor="background1" w:themeShade="A6"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0E93D195">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
               </w:rPr>
               <w:t>AMB040.Ambulatori un dienas stacionārā veiktās operācijas</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00F64675" w:rsidRPr="00230624" w14:paraId="58CA53B2" w14:textId="77777777" w:rsidTr="701B1D90">
+      <w:tr w:rsidR="006B4702" w:rsidRPr="00230624" w14:paraId="58CA53B2" w14:textId="77777777" w:rsidTr="7036884B">
         <w:trPr>
           <w:trHeight w:val="825"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="826" w:type="dxa"/>
             <w:vMerge/>
           </w:tcPr>
-          <w:p w14:paraId="1446880E" w14:textId="77777777" w:rsidR="00F64675" w:rsidRDefault="00F64675" w:rsidP="00B7369C">
+          <w:p w14:paraId="1446880E" w14:textId="77777777" w:rsidR="006B4702" w:rsidRDefault="006B4702" w:rsidP="00B7369C">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3197" w:type="dxa"/>
             <w:vMerge/>
           </w:tcPr>
-          <w:p w14:paraId="70DE3F6C" w14:textId="77777777" w:rsidR="00F64675" w:rsidRPr="00230624" w:rsidRDefault="00F64675" w:rsidP="00B7369C">
+          <w:p w14:paraId="70DE3F6C" w14:textId="77777777" w:rsidR="006B4702" w:rsidRPr="00230624" w:rsidRDefault="006B4702" w:rsidP="00B7369C">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1823" w:type="dxa"/>
             <w:vMerge/>
           </w:tcPr>
-          <w:p w14:paraId="1934173C" w14:textId="77777777" w:rsidR="00F64675" w:rsidRDefault="00F64675" w:rsidP="00B7369C">
-[...4 lines deleted...]
-                <w:color w:val="000000" w:themeColor="text1"/>
+          <w:p w14:paraId="1934173C" w14:textId="77777777" w:rsidR="006B4702" w:rsidRPr="000D1C1E" w:rsidRDefault="006B4702" w:rsidP="00B7369C">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="808080" w:themeColor="background1" w:themeShade="80"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1022" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="7E6C1C27" w14:textId="430D3107" w:rsidR="00F64675" w:rsidRDefault="32A897C0" w:rsidP="0E93D195">
+          <w:p w14:paraId="7E6C1C27" w14:textId="773B08DD" w:rsidR="006B4702" w:rsidRPr="000D1C1E" w:rsidRDefault="293AFC64" w:rsidP="79683210">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
-                <w:color w:val="A6A6A6" w:themeColor="background1" w:themeShade="A6"/>
-[...2 lines deleted...]
-            <w:r w:rsidRPr="0E93D195">
+                <w:color w:val="808080" w:themeColor="background1" w:themeShade="80"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="79683210">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
               </w:rPr>
               <w:t>2020-202</w:t>
             </w:r>
-            <w:r w:rsidR="57A1E8C2" w:rsidRPr="0E93D195">
-[...3 lines deleted...]
-              <w:t>2</w:t>
+            <w:r w:rsidR="797580E5" w:rsidRPr="79683210">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+              <w:t>3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1725" w:type="dxa"/>
             <w:vMerge/>
           </w:tcPr>
-          <w:p w14:paraId="14810FB0" w14:textId="77777777" w:rsidR="00F64675" w:rsidRDefault="00F64675" w:rsidP="00ED7690">
+          <w:p w14:paraId="14810FB0" w14:textId="77777777" w:rsidR="006B4702" w:rsidRPr="000D1C1E" w:rsidRDefault="006B4702" w:rsidP="00ED7690">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="808080" w:themeColor="background1" w:themeShade="80"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5840" w:type="dxa"/>
             <w:vMerge/>
           </w:tcPr>
-          <w:p w14:paraId="36438ECE" w14:textId="77777777" w:rsidR="00F64675" w:rsidRPr="003C5917" w:rsidRDefault="00F64675" w:rsidP="00B7369C">
+          <w:p w14:paraId="36438ECE" w14:textId="77777777" w:rsidR="006B4702" w:rsidRPr="003C5917" w:rsidRDefault="006B4702" w:rsidP="00B7369C">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="008F6B2F" w:rsidRPr="00230624" w14:paraId="4A72038F" w14:textId="77777777" w:rsidTr="701B1D90">
+      <w:tr w:rsidR="006B4702" w:rsidRPr="00230624" w14:paraId="60D0CCFD" w14:textId="77777777" w:rsidTr="7036884B">
         <w:trPr>
           <w:trHeight w:val="630"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="826" w:type="dxa"/>
-          </w:tcPr>
-[...12 lines deleted...]
-            </w:r>
+            <w:vMerge/>
+          </w:tcPr>
+          <w:p w14:paraId="6C108FD0" w14:textId="77777777" w:rsidR="006B4702" w:rsidRPr="0E93D195" w:rsidRDefault="006B4702" w:rsidP="005744EA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3197" w:type="dxa"/>
-          </w:tcPr>
-[...12 lines deleted...]
-            </w:r>
+            <w:vMerge/>
+          </w:tcPr>
+          <w:p w14:paraId="526A0AE8" w14:textId="77777777" w:rsidR="006B4702" w:rsidRPr="0E93D195" w:rsidRDefault="006B4702" w:rsidP="005744EA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1823" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="745245DB" w14:textId="4578F2EF" w:rsidR="008F6B2F" w:rsidRPr="002A4272" w:rsidRDefault="16739D5A" w:rsidP="0E93D195">
-[...17 lines deleted...]
-              <w:t>.</w:t>
+          <w:p w14:paraId="4931594C" w14:textId="42BA4DE8" w:rsidR="006B4702" w:rsidRPr="1F987C48" w:rsidRDefault="006B4702" w:rsidP="005744EA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="628E9508">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+              <w:t>11.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1022" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="134ED414" w14:textId="096766F2" w:rsidR="008F6B2F" w:rsidRPr="000B1F86" w:rsidRDefault="1791CDFD" w:rsidP="0E93D195">
+          <w:p w14:paraId="053B8B7C" w14:textId="6EFFB149" w:rsidR="006B4702" w:rsidRPr="48B02FBE" w:rsidRDefault="006B4702" w:rsidP="005744EA">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
-                <w:color w:val="A6A6A6" w:themeColor="background1" w:themeShade="A6"/>
-[...12 lines deleted...]
-              <w:t>4</w:t>
+                <w:color w:val="0D0D0D" w:themeColor="text1" w:themeTint="F2"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="576EAB6C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="0D0D0D" w:themeColor="text1" w:themeTint="F2"/>
+              </w:rPr>
+              <w:t>2025</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1725" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="522ABDEF" w14:textId="4756DA18" w:rsidR="008F6B2F" w:rsidRPr="000B1F86" w:rsidRDefault="66906D2E" w:rsidP="0E93D195">
+          <w:p w14:paraId="5862C37A" w14:textId="624128AB" w:rsidR="006B4702" w:rsidRPr="1C58D388" w:rsidRDefault="006B4702" w:rsidP="005744EA">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
-                <w:color w:val="A6A6A6" w:themeColor="background1" w:themeShade="A6"/>
-[...24 lines deleted...]
-              <w:t>.</w:t>
+                <w:color w:val="0D0D0D" w:themeColor="text1" w:themeTint="F2"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="576EAB6C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="0D0D0D" w:themeColor="text1" w:themeTint="F2"/>
+              </w:rPr>
+              <w:t>19.06.2026.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5840" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="4CC55C48" w14:textId="2661CEFF" w:rsidR="008F6B2F" w:rsidRPr="000B1F86" w:rsidRDefault="1791CDFD" w:rsidP="0E93D195">
+          <w:p w14:paraId="5FF1F855" w14:textId="78C2069A" w:rsidR="006B4702" w:rsidRPr="0E93D195" w:rsidRDefault="006B4702" w:rsidP="005744EA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0E93D195">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+              <w:t xml:space="preserve">NARK050. Pacientu skaits ilgtermiņa farmakoloģiskās </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="0E93D195">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+              <w:t>opioīdu</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="0E93D195">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> atkarības ārstēšanas programmās</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="006B4702" w:rsidRPr="00230624" w14:paraId="4A72038F" w14:textId="77777777" w:rsidTr="7036884B">
+        <w:trPr>
+          <w:trHeight w:val="630"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="826" w:type="dxa"/>
+            <w:vMerge/>
+          </w:tcPr>
+          <w:p w14:paraId="159B172D" w14:textId="6D077FF8" w:rsidR="006B4702" w:rsidRPr="000B1F86" w:rsidRDefault="006B4702" w:rsidP="005744EA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3197" w:type="dxa"/>
+            <w:vMerge/>
+          </w:tcPr>
+          <w:p w14:paraId="79D4D091" w14:textId="1850C0F7" w:rsidR="006B4702" w:rsidRPr="000B1F86" w:rsidRDefault="006B4702" w:rsidP="005744EA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1823" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="745245DB" w14:textId="2A0BEB1D" w:rsidR="006B4702" w:rsidRPr="000D1C1E" w:rsidRDefault="006B4702" w:rsidP="005744EA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="808080" w:themeColor="background1" w:themeShade="80"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="1F987C48">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+              <w:t>6.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1022" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="134ED414" w14:textId="47C75632" w:rsidR="006B4702" w:rsidRPr="000D1C1E" w:rsidRDefault="006B4702" w:rsidP="005744EA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="0D0D0D" w:themeColor="text1" w:themeTint="F2"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="48B02FBE">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="0D0D0D" w:themeColor="text1" w:themeTint="F2"/>
+              </w:rPr>
+              <w:t>2025</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1725" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="522ABDEF" w14:textId="415C0F6D" w:rsidR="006B4702" w:rsidRPr="000D1C1E" w:rsidRDefault="006B4702" w:rsidP="005744EA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="0D0D0D" w:themeColor="text1" w:themeTint="F2"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="1C58D388">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="0D0D0D" w:themeColor="text1" w:themeTint="F2"/>
+              </w:rPr>
+              <w:t>19.06.2026.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5840" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="4CC55C48" w14:textId="2661CEFF" w:rsidR="006B4702" w:rsidRPr="000B1F86" w:rsidRDefault="006B4702" w:rsidP="005744EA">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0E93D195">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
               </w:rPr>
               <w:t xml:space="preserve">NARK070. </w:t>
             </w:r>
             <w:hyperlink r:id="rId8">
-              <w:r w:rsidR="194A8308" w:rsidRPr="0E93D195">
+              <w:r w:rsidRPr="0E93D195">
                 <w:rPr>
                   <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 </w:rPr>
                 <w:t>Medicīnisko pārbaužu skaits alkohola, narkotisko, psihotropo vai toksisko vielu ietekmes noteikšanai (ekspertīzes)</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="008F6B2F" w:rsidRPr="00230624" w14:paraId="76B1957A" w14:textId="77777777" w:rsidTr="701B1D90">
+      <w:tr w:rsidR="005744EA" w:rsidRPr="00230624" w14:paraId="76B1957A" w14:textId="77777777" w:rsidTr="7036884B">
         <w:trPr>
           <w:trHeight w:val="146"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="826" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="15269980" w14:textId="77777777" w:rsidR="008F6B2F" w:rsidRPr="00230624" w:rsidRDefault="1791CDFD" w:rsidP="0E93D195">
+          <w:p w14:paraId="15269980" w14:textId="77777777" w:rsidR="005744EA" w:rsidRPr="00230624" w:rsidRDefault="005744EA" w:rsidP="005744EA">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0E93D195">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
-              <w:lastRenderedPageBreak/>
               <w:t>4.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="13607" w:type="dxa"/>
             <w:gridSpan w:val="5"/>
           </w:tcPr>
-          <w:p w14:paraId="04DB9361" w14:textId="1C9A8D92" w:rsidR="008F6B2F" w:rsidRPr="00230624" w:rsidRDefault="1791CDFD" w:rsidP="0E93D195">
+          <w:p w14:paraId="04DB9361" w14:textId="10FCE9CF" w:rsidR="005744EA" w:rsidRPr="00230624" w:rsidRDefault="005744EA" w:rsidP="005744EA">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="0E93D195">
+            <w:r w:rsidRPr="1669C32D">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
-              <w:t>8.7. Infekcijas slimību un parazitāro slimību statistika</w:t>
+              <w:t>8.</w:t>
+            </w:r>
+            <w:r w:rsidR="1885FA8E" w:rsidRPr="1669C32D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t>6</w:t>
+            </w:r>
+            <w:r w:rsidRPr="1669C32D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t>. Infekcijas slimību un parazitāro slimību statistika</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="008F6B2F" w:rsidRPr="00230624" w14:paraId="13CB8315" w14:textId="77777777" w:rsidTr="006A62BC">
+      <w:tr w:rsidR="005744EA" w:rsidRPr="00230624" w14:paraId="13CB8315" w14:textId="77777777" w:rsidTr="7036884B">
         <w:trPr>
           <w:trHeight w:val="290"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="826" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
           </w:tcPr>
-          <w:p w14:paraId="15C04DBA" w14:textId="77777777" w:rsidR="008F6B2F" w:rsidRPr="00230624" w:rsidRDefault="1791CDFD" w:rsidP="0E93D195">
+          <w:p w14:paraId="15C04DBA" w14:textId="77777777" w:rsidR="005744EA" w:rsidRPr="00230624" w:rsidRDefault="005744EA" w:rsidP="005744EA">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0E93D195">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
               </w:rPr>
               <w:t>4.1.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3197" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
           </w:tcPr>
-          <w:p w14:paraId="0D729B56" w14:textId="23576251" w:rsidR="008F6B2F" w:rsidRPr="00230624" w:rsidRDefault="1791CDFD" w:rsidP="0E93D195">
+          <w:p w14:paraId="0D729B56" w14:textId="23576251" w:rsidR="005744EA" w:rsidRPr="00230624" w:rsidRDefault="005744EA" w:rsidP="005744EA">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0E93D195">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
               </w:rPr>
               <w:t>Infekcijas slimību un parazitāro slimību statistika (absolūtos skaitļos, uz 100 000 iedzīvotāju)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1823" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
           </w:tcPr>
-          <w:p w14:paraId="00BDDFA7" w14:textId="60FAECE6" w:rsidR="008F6B2F" w:rsidRPr="002A4272" w:rsidRDefault="1791CDFD" w:rsidP="0E93D195">
-[...7 lines deleted...]
-            <w:r w:rsidRPr="0E93D195">
+          <w:p w14:paraId="00BDDFA7" w14:textId="7DC7526B" w:rsidR="005744EA" w:rsidRPr="000D1C1E" w:rsidRDefault="005744EA" w:rsidP="005744EA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="808080" w:themeColor="background1" w:themeShade="80"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="75999BA3">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
               </w:rPr>
               <w:t>1</w:t>
             </w:r>
-            <w:r w:rsidR="4D621AFC" w:rsidRPr="0E93D195">
+            <w:r w:rsidR="000978C3">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+              <w:t>3</w:t>
+            </w:r>
+            <w:r w:rsidRPr="75999BA3">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+              <w:t>., 1</w:t>
+            </w:r>
+            <w:r w:rsidR="000978C3">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
               </w:rPr>
               <w:t>4</w:t>
             </w:r>
-            <w:r w:rsidRPr="0E93D195">
-[...11 lines deleted...]
-            <w:r w:rsidRPr="0E93D195">
+            <w:r w:rsidRPr="75999BA3">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
               </w:rPr>
               <w:t xml:space="preserve">. </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1022" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
           </w:tcPr>
-          <w:p w14:paraId="0F39BFFF" w14:textId="11E30F0A" w:rsidR="008F6B2F" w:rsidRPr="00230624" w:rsidRDefault="1791CDFD" w:rsidP="0E93D195">
+          <w:p w14:paraId="0F39BFFF" w14:textId="7095FBED" w:rsidR="005744EA" w:rsidRPr="000D1C1E" w:rsidRDefault="005744EA" w:rsidP="005744EA">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="808080" w:themeColor="background1" w:themeShade="80"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001C482E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+              <w:t>2025</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1725" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="35874133" w14:textId="13DC5035" w:rsidR="005744EA" w:rsidRPr="004F5540" w:rsidRDefault="00225930" w:rsidP="4FF78E37">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+              <w:t>15</w:t>
+            </w:r>
+            <w:r w:rsidR="748EF87E" w:rsidRPr="004F5540">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+              <w:t>.06.202</w:t>
+            </w:r>
+            <w:r w:rsidR="00462DD2" w:rsidRPr="004F5540">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+              <w:t>6</w:t>
+            </w:r>
+            <w:r w:rsidR="748EF87E" w:rsidRPr="004F5540">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+              <w:t>.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5840" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="5E9EF936" w14:textId="0B7DEAD8" w:rsidR="005744EA" w:rsidRPr="00275515" w:rsidRDefault="005744EA" w:rsidP="005744EA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:color w:val="A6A6A6" w:themeColor="background1" w:themeShade="A6"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0E93D195">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
               </w:rPr>
-              <w:t>202</w:t>
-[...81 lines deleted...]
-              </w:rPr>
               <w:t>INF010. Saslimstība ar infekcijas slimībām pa reģioniem;</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="008F6B2F" w:rsidRPr="00230624" w14:paraId="5182FACE" w14:textId="77777777" w:rsidTr="701B1D90">
+      <w:tr w:rsidR="005744EA" w:rsidRPr="00230624" w14:paraId="5182FACE" w14:textId="77777777" w:rsidTr="7036884B">
         <w:trPr>
           <w:trHeight w:val="146"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="826" w:type="dxa"/>
             <w:vMerge/>
           </w:tcPr>
-          <w:p w14:paraId="2F39662E" w14:textId="77777777" w:rsidR="008F6B2F" w:rsidRPr="00230624" w:rsidRDefault="008F6B2F" w:rsidP="008F6B2F">
+          <w:p w14:paraId="2F39662E" w14:textId="77777777" w:rsidR="005744EA" w:rsidRPr="00230624" w:rsidRDefault="005744EA" w:rsidP="005744EA">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3197" w:type="dxa"/>
             <w:vMerge/>
           </w:tcPr>
-          <w:p w14:paraId="4811ADE7" w14:textId="77777777" w:rsidR="008F6B2F" w:rsidRPr="00230624" w:rsidRDefault="008F6B2F" w:rsidP="008F6B2F">
+          <w:p w14:paraId="4811ADE7" w14:textId="77777777" w:rsidR="005744EA" w:rsidRPr="00230624" w:rsidRDefault="005744EA" w:rsidP="005744EA">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1823" w:type="dxa"/>
             <w:vMerge/>
           </w:tcPr>
-          <w:p w14:paraId="694963C9" w14:textId="77777777" w:rsidR="008F6B2F" w:rsidRPr="002A4272" w:rsidRDefault="008F6B2F" w:rsidP="008F6B2F">
-[...4 lines deleted...]
-                <w:color w:val="000000" w:themeColor="text1"/>
+          <w:p w14:paraId="694963C9" w14:textId="77777777" w:rsidR="005744EA" w:rsidRPr="000D1C1E" w:rsidRDefault="005744EA" w:rsidP="005744EA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="808080" w:themeColor="background1" w:themeShade="80"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1022" w:type="dxa"/>
             <w:vMerge/>
           </w:tcPr>
-          <w:p w14:paraId="3F86134D" w14:textId="77777777" w:rsidR="008F6B2F" w:rsidRPr="00230624" w:rsidRDefault="008F6B2F" w:rsidP="008F6B2F">
+          <w:p w14:paraId="3F86134D" w14:textId="77777777" w:rsidR="005744EA" w:rsidRPr="000D1C1E" w:rsidRDefault="005744EA" w:rsidP="005744EA">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="808080" w:themeColor="background1" w:themeShade="80"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1725" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="159F3F6D" w14:textId="6235DC2C" w:rsidR="008F6B2F" w:rsidRPr="007B40D4" w:rsidRDefault="0A60B04F" w:rsidP="701B1D90">
+          <w:p w14:paraId="159F3F6D" w14:textId="5F5D1A8D" w:rsidR="005744EA" w:rsidRPr="004F5540" w:rsidRDefault="00225930" w:rsidP="4FF78E37">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+              <w:t>15</w:t>
+            </w:r>
+            <w:r w:rsidR="748EF87E" w:rsidRPr="004F5540">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+              <w:t>.06.202</w:t>
+            </w:r>
+            <w:r w:rsidR="00462DD2" w:rsidRPr="004F5540">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+              <w:t>6</w:t>
+            </w:r>
+            <w:r w:rsidR="748EF87E" w:rsidRPr="004F5540">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+              <w:t>.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5840" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="1950F2E5" w14:textId="2A0207D8" w:rsidR="005744EA" w:rsidRPr="00275515" w:rsidRDefault="005744EA" w:rsidP="005744EA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:color w:val="A6A6A6" w:themeColor="background1" w:themeShade="A6"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="701B1D90">
-[...48 lines deleted...]
-            </w:pPr>
             <w:r w:rsidRPr="0E93D195">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
               </w:rPr>
               <w:t>INF030. Bērnu (0-17 gadi) saslimstība ar infekcijas un parazitārajām slimībām pa reģioniem</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="008F6B2F" w:rsidRPr="00230624" w14:paraId="7C86AA47" w14:textId="77777777" w:rsidTr="701B1D90">
+      <w:tr w:rsidR="005744EA" w:rsidRPr="00230624" w14:paraId="7C86AA47" w14:textId="77777777" w:rsidTr="7036884B">
         <w:trPr>
           <w:trHeight w:val="146"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="826" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="19F3709E" w14:textId="281E8B7B" w:rsidR="008F6B2F" w:rsidRPr="00230624" w:rsidRDefault="1791CDFD" w:rsidP="0E93D195">
+          <w:p w14:paraId="19F3709E" w14:textId="281E8B7B" w:rsidR="005744EA" w:rsidRPr="00230624" w:rsidRDefault="005744EA" w:rsidP="005744EA">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0E93D195">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
               </w:rPr>
               <w:t>4.2.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3197" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="2B342E06" w14:textId="25B99A9E" w:rsidR="008F6B2F" w:rsidRPr="00230624" w:rsidRDefault="1791CDFD" w:rsidP="0E93D195">
+          <w:p w14:paraId="2B342E06" w14:textId="25B99A9E" w:rsidR="005744EA" w:rsidRPr="00230624" w:rsidRDefault="005744EA" w:rsidP="005744EA">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0E93D195">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
               </w:rPr>
               <w:t>Uzskaitē esošo tuberkulozes pacientu skaits (absolūtos skaitļos, uz 100 000 iedzīvotāju)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1823" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="0BD660BE" w14:textId="467F2C44" w:rsidR="008F6B2F" w:rsidRPr="002A4272" w:rsidRDefault="1791CDFD" w:rsidP="0E93D195">
+          <w:p w14:paraId="0BD660BE" w14:textId="20AED4D3" w:rsidR="005744EA" w:rsidRPr="00A16556" w:rsidRDefault="005744EA" w:rsidP="005744EA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A16556">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+              <w:t>1</w:t>
+            </w:r>
+            <w:r w:rsidR="00C01634">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+              <w:t>5</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A16556">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+              <w:t>., 1</w:t>
+            </w:r>
+            <w:r w:rsidR="00C01634">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+              <w:t>6</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A16556">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+              <w:t>.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1022" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="3A4A1438" w14:textId="77777777" w:rsidR="005744EA" w:rsidRPr="00A16556" w:rsidRDefault="005744EA" w:rsidP="005744EA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A16556">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+              <w:t>2018</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="32CD2CB7" w14:textId="77777777" w:rsidR="005744EA" w:rsidRPr="00A16556" w:rsidRDefault="005744EA" w:rsidP="005744EA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A16556">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+              <w:t>2019</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="3649CABD" w14:textId="77777777" w:rsidR="005744EA" w:rsidRPr="00A16556" w:rsidRDefault="005744EA" w:rsidP="005744EA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A16556">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+              <w:t>2020</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="1E79F0F4" w14:textId="77777777" w:rsidR="005744EA" w:rsidRPr="00A16556" w:rsidRDefault="005744EA" w:rsidP="005744EA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A16556">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+              <w:t>2021</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="12754CB0" w14:textId="77777777" w:rsidR="005744EA" w:rsidRPr="00A16556" w:rsidRDefault="005744EA" w:rsidP="005744EA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A16556">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+              <w:t>2022</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="16591C15" w14:textId="657F757D" w:rsidR="005744EA" w:rsidRPr="00A16556" w:rsidRDefault="005744EA" w:rsidP="005744EA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A16556">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+              <w:t>2023</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="5B450DCE" w14:textId="77777777" w:rsidR="005744EA" w:rsidRPr="00A16556" w:rsidRDefault="005744EA" w:rsidP="005744EA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A16556">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+              <w:t>2024</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="46F66EDA" w14:textId="2219E87A" w:rsidR="00D63823" w:rsidRPr="00A16556" w:rsidRDefault="00D63823" w:rsidP="005744EA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A16556">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+              <w:t>2025</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1725" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="7707781C" w14:textId="488AB5BD" w:rsidR="005744EA" w:rsidRPr="000D1C1E" w:rsidRDefault="00AC1C3A" w:rsidP="00AC1C3A">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="808080" w:themeColor="background1" w:themeShade="80"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00AC1C3A">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+              <w:t>01.07.2026</w:t>
+            </w:r>
+            <w:r w:rsidR="00FC279C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+              <w:t>.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5840" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="7497BEFB" w14:textId="77777777" w:rsidR="005744EA" w:rsidRPr="00275515" w:rsidRDefault="005744EA" w:rsidP="005744EA">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:color w:val="A6A6A6" w:themeColor="background1" w:themeShade="A6"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="0E93D195">
-[...178 lines deleted...]
-            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="008F6B2F" w:rsidRPr="00230624" w14:paraId="7EA6E511" w14:textId="77777777" w:rsidTr="701B1D90">
+      <w:tr w:rsidR="005744EA" w:rsidRPr="00230624" w14:paraId="7EA6E511" w14:textId="77777777" w:rsidTr="7036884B">
         <w:trPr>
           <w:trHeight w:val="146"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="826" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="5E96785C" w14:textId="58CE739F" w:rsidR="008F6B2F" w:rsidRPr="00230624" w:rsidRDefault="1791CDFD" w:rsidP="0E93D195">
+          <w:p w14:paraId="5E96785C" w14:textId="58CE739F" w:rsidR="005744EA" w:rsidRPr="00230624" w:rsidRDefault="005744EA" w:rsidP="005744EA">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0E93D195">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
               </w:rPr>
               <w:t>4.3.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3197" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="4D945676" w14:textId="77777777" w:rsidR="008F6B2F" w:rsidRPr="00230624" w:rsidRDefault="1791CDFD" w:rsidP="0E93D195">
+          <w:p w14:paraId="4D945676" w14:textId="77777777" w:rsidR="005744EA" w:rsidRPr="00230624" w:rsidRDefault="005744EA" w:rsidP="005744EA">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0E93D195">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
               </w:rPr>
               <w:t>Infekcijas slimību un parazitāro slimību gadījumu skaits (absolūtos skaitļos)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1823" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="4EC5BC11" w14:textId="3315A6E5" w:rsidR="008F6B2F" w:rsidRPr="002A4272" w:rsidRDefault="1791CDFD" w:rsidP="0E93D195">
+          <w:p w14:paraId="4EC5BC11" w14:textId="3DBCE823" w:rsidR="005744EA" w:rsidRPr="000D1C1E" w:rsidRDefault="005744EA" w:rsidP="005744EA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="808080" w:themeColor="background1" w:themeShade="80"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="000A0EC5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+              <w:t>12.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1022" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="12CCB1CB" w14:textId="4CA523EA" w:rsidR="005744EA" w:rsidRPr="000D1C1E" w:rsidRDefault="005744EA" w:rsidP="005744EA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="808080" w:themeColor="background1" w:themeShade="80"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="000A0EC5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+              <w:t>2026, katru mēnesi</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1725" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="51CD7583" w14:textId="03415773" w:rsidR="005744EA" w:rsidRPr="000D1C1E" w:rsidRDefault="005744EA" w:rsidP="005744EA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="808080" w:themeColor="background1" w:themeShade="80"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="000A0EC5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+              <w:t>27.02.; 31.03.; 30.04.; 29.05.; 30.06.; 31.07.; 28.08.; 30.09; 30.10.; 30.11.; 30.12.; 29.01.2027.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5840" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="52220857" w14:textId="77777777" w:rsidR="005744EA" w:rsidRPr="00275515" w:rsidRDefault="005744EA" w:rsidP="005744EA">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:color w:val="A6A6A6" w:themeColor="background1" w:themeShade="A6"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0E93D195">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
               </w:rPr>
-              <w:t>1</w:t>
-[...210 lines deleted...]
-              </w:rPr>
               <w:t>INF020. Reģistrējamās infekcijas slimības (mēneša dati)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="008F6B2F" w:rsidRPr="00230624" w14:paraId="0D496A2D" w14:textId="77777777" w:rsidTr="701B1D90">
+      <w:tr w:rsidR="005744EA" w:rsidRPr="00230624" w14:paraId="0D496A2D" w14:textId="77777777" w:rsidTr="7036884B">
         <w:trPr>
           <w:trHeight w:val="146"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="826" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="63AEB9DB" w14:textId="77777777" w:rsidR="008F6B2F" w:rsidRPr="00230624" w:rsidRDefault="1791CDFD" w:rsidP="0E93D195">
+          <w:p w14:paraId="63AEB9DB" w14:textId="77777777" w:rsidR="005744EA" w:rsidRPr="00230624" w:rsidRDefault="005744EA" w:rsidP="005744EA">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0E93D195">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t>5.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="13607" w:type="dxa"/>
             <w:gridSpan w:val="5"/>
           </w:tcPr>
-          <w:p w14:paraId="411CE9FD" w14:textId="4D326E95" w:rsidR="008F6B2F" w:rsidRPr="00230624" w:rsidRDefault="1791CDFD" w:rsidP="0E93D195">
+          <w:p w14:paraId="411CE9FD" w14:textId="798A8D5A" w:rsidR="005744EA" w:rsidRPr="00230624" w:rsidRDefault="005744EA" w:rsidP="005744EA">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0E93D195">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
-              <w:t>8.8. Neinfekcijas slimību statistika: ļaundabīgi audzēji, psihiski un uzvedības traucējumi, t.sk. psihoaktīvo vielu lietošanas dēļ, cukura diabēts</w:t>
+              <w:t>8.</w:t>
+            </w:r>
+            <w:r w:rsidRPr="237B4D5F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t>7</w:t>
+            </w:r>
+            <w:r w:rsidRPr="0E93D195">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t xml:space="preserve">. </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="0E93D195">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t>Neinfekcijas</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="0E93D195">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t xml:space="preserve"> slimību statistika: ļaundabīgi audzēji, psihiski un uzvedības traucējumi, t.sk. </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="0E93D195">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t>psihoaktīvo</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="0E93D195">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t xml:space="preserve"> vielu lietošanas dēļ, cukura diabēts</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="008F6B2F" w:rsidRPr="00230624" w14:paraId="075C3B35" w14:textId="77777777" w:rsidTr="701B1D90">
+      <w:tr w:rsidR="005744EA" w:rsidRPr="00230624" w14:paraId="075C3B35" w14:textId="77777777" w:rsidTr="7036884B">
         <w:trPr>
           <w:trHeight w:val="655"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="826" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="547AFCF7" w14:textId="77777777" w:rsidR="008F6B2F" w:rsidRPr="008036E8" w:rsidRDefault="1791CDFD" w:rsidP="0E93D195">
+          <w:p w14:paraId="547AFCF7" w14:textId="77777777" w:rsidR="005744EA" w:rsidRPr="008036E8" w:rsidRDefault="005744EA" w:rsidP="005744EA">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0E93D195">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t>5.1.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="13607" w:type="dxa"/>
             <w:gridSpan w:val="5"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="0D47678D" w14:textId="77777777" w:rsidR="008F6B2F" w:rsidRPr="00A47AEE" w:rsidRDefault="1791CDFD" w:rsidP="0E93D195">
+          <w:p w14:paraId="0D47678D" w14:textId="77777777" w:rsidR="005744EA" w:rsidRPr="00A47AEE" w:rsidRDefault="005744EA" w:rsidP="005744EA">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
             </w:pPr>
+            <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="0E93D195">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
-              <w:t>Neinfekcijas slimību statistika: ļaundabīgi audzēji, psihiski un uzvedības traucējumi, t.sk. psihoaktīvo vielu lietošanas dēļ, cukura diabēts (absolūtos skaitļos; īpatsvars %)</w:t>
+              <w:t>Neinfekcijas</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="0E93D195">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t xml:space="preserve"> slimību statistika: ļaundabīgi audzēji, psihiski un uzvedības traucējumi, t.sk. </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="0E93D195">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t>psihoaktīvo</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="0E93D195">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t xml:space="preserve"> vielu lietošanas dēļ, cukura diabēts (absolūtos skaitļos; īpatsvars %)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00627DC8" w:rsidRPr="00230624" w14:paraId="1809EF16" w14:textId="77777777" w:rsidTr="701B1D90">
+      <w:tr w:rsidR="005744EA" w:rsidRPr="00230624" w14:paraId="1809EF16" w14:textId="77777777" w:rsidTr="7036884B">
         <w:trPr>
           <w:trHeight w:val="573"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="826" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
           </w:tcPr>
-          <w:p w14:paraId="754062F3" w14:textId="2180121D" w:rsidR="00627DC8" w:rsidRDefault="40EBFC8F" w:rsidP="0E93D195">
+          <w:p w14:paraId="754062F3" w14:textId="2180121D" w:rsidR="005744EA" w:rsidRDefault="005744EA" w:rsidP="005744EA">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0E93D195">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
               </w:rPr>
               <w:t>5.1.1.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3197" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
           </w:tcPr>
-          <w:p w14:paraId="42210587" w14:textId="62FB0E6D" w:rsidR="00627DC8" w:rsidRPr="00A47AEE" w:rsidRDefault="40EBFC8F" w:rsidP="0E93D195">
+          <w:p w14:paraId="42210587" w14:textId="62FB0E6D" w:rsidR="005744EA" w:rsidRPr="00A47AEE" w:rsidRDefault="005744EA" w:rsidP="005744EA">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0E93D195">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
               </w:rPr>
               <w:t>ļaundabīgi audzēji</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1823" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
           </w:tcPr>
-          <w:p w14:paraId="07DDF2A0" w14:textId="2D9F59AB" w:rsidR="00627DC8" w:rsidRPr="00A47AEE" w:rsidRDefault="40EBFC8F" w:rsidP="0E93D195">
-[...34 lines deleted...]
-              <w:t>.</w:t>
+          <w:p w14:paraId="07DDF2A0" w14:textId="746489C7" w:rsidR="005744EA" w:rsidRPr="00860777" w:rsidRDefault="004F161D" w:rsidP="005744EA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+              <w:t>25.</w:t>
+            </w:r>
+            <w:r w:rsidR="009E06BB">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+              <w:t>-28</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1022" w:type="dxa"/>
             <w:tcBorders>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="68B18AC9" w14:textId="280429DB" w:rsidR="00627DC8" w:rsidRPr="00A47AEE" w:rsidRDefault="40EBFC8F" w:rsidP="0E93D195">
+          <w:p w14:paraId="68B18AC9" w14:textId="481B18BE" w:rsidR="005744EA" w:rsidRPr="00860777" w:rsidRDefault="00511978" w:rsidP="005744EA">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="0E93D195">
-[...3 lines deleted...]
-              <w:t>2022., 2023</w:t>
+            <w:r w:rsidRPr="00860777">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+              <w:t>2025</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1725" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="2A8E2990" w14:textId="77777777" w:rsidR="00627DC8" w:rsidRPr="00E96A49" w:rsidRDefault="40EBFC8F" w:rsidP="0E93D195">
-[...19 lines deleted...]
-            </w:pPr>
+          <w:p w14:paraId="7E2636BA" w14:textId="7C8856E5" w:rsidR="005744EA" w:rsidRPr="00860777" w:rsidRDefault="000310DD" w:rsidP="005744EA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00860777">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+              <w:t>30.09.2026.</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5840" w:type="dxa"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="1B0E8B7D" w14:textId="650D5915" w:rsidR="00627DC8" w:rsidRPr="00A47AEE" w:rsidRDefault="40EBFC8F" w:rsidP="0E93D195">
+          <w:p w14:paraId="55A95038" w14:textId="77777777" w:rsidR="00734E3E" w:rsidRPr="00A47AEE" w:rsidRDefault="00734E3E" w:rsidP="00734E3E">
             <w:pPr>
               <w:suppressAutoHyphens w:val="0"/>
               <w:autoSpaceDN/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:textAlignment w:val="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0E93D195">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
-              <w:t>ONKO070. Gada beigās reģistrā esošo gadījumu skaits ar ļaundabīga audzēja diagnozi</w:t>
-[...110 lines deleted...]
-          <w:p w14:paraId="75FD188E" w14:textId="77777777" w:rsidR="00D95444" w:rsidRPr="00A47AEE" w:rsidRDefault="028D4C2D" w:rsidP="0E93D195">
+              <w:t>ONKO021. Pirmreizēji reģistrēto ļaundabīgo audzēju gadījumu skaits sadalījumā pa reģioniem;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="5B775A3F" w14:textId="77777777" w:rsidR="00734E3E" w:rsidRPr="00A47AEE" w:rsidRDefault="00734E3E" w:rsidP="00734E3E">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0E93D195">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+              <w:t>ONKO022. Pirmreizēji reģistrēto ļaundabīgo audzēju gadījumu skaits sadalījumā pa administratīvajām teritorijām;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="0CCDFDEE" w14:textId="77777777" w:rsidR="00734E3E" w:rsidRPr="00A47AEE" w:rsidRDefault="00734E3E" w:rsidP="00734E3E">
             <w:pPr>
               <w:suppressAutoHyphens w:val="0"/>
               <w:autoSpaceDN/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:textAlignment w:val="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0E93D195">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
-              <w:t>ONKO021. Pirmreizēji reģistrēto ļaundabīgo audzēju gadījumu skaits sadalījumā pa reģioniem;</w:t>
-[...2 lines deleted...]
-          <w:p w14:paraId="12EEED75" w14:textId="77777777" w:rsidR="00D95444" w:rsidRPr="00A47AEE" w:rsidRDefault="028D4C2D" w:rsidP="0E93D195">
+              <w:t>ONKO030. Pirmreizēji reģistrēto ļaundabīgo audzēju gadījumu skaits sadalījumā pa dzimumiem un vecuma grupām;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="55933B2C" w14:textId="77777777" w:rsidR="00734E3E" w:rsidRPr="00A47AEE" w:rsidRDefault="00734E3E" w:rsidP="00734E3E">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0E93D195">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
-              <w:t>ONKO022. Pirmreizēji reģistrēto ļaundabīgo audzēju gadījumu skaits sadalījumā pa administratīvajām teritorijām;</w:t>
-[...2 lines deleted...]
-          <w:p w14:paraId="09A3F334" w14:textId="77777777" w:rsidR="00D95444" w:rsidRPr="00A47AEE" w:rsidRDefault="028D4C2D" w:rsidP="0E93D195">
+              <w:t>ONKO040. Reģistrā uzņemto ļaundabīgo audzēju gadījumu skaits sadalījumā pa lokalizācijām un stadijām diagnozes noteikšanas brīdī, neieskaitot gadījumus, kad diagnoze noteikta pēc nāves; neieskaitot gadījumus, kad diagnoze noteikta pēc nāves, %;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="1B0E8B7D" w14:textId="0C51EB2B" w:rsidR="005744EA" w:rsidRPr="00A47AEE" w:rsidRDefault="00734E3E" w:rsidP="00734E3E">
             <w:pPr>
               <w:suppressAutoHyphens w:val="0"/>
               <w:autoSpaceDN/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:textAlignment w:val="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0E93D195">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
-              <w:t>ONKO030. Pirmreizēji reģistrēto ļaundabīgo audzēju gadījumu skaits sadalījumā pa dzimumiem un vecuma grupām;</w:t>
-[...34 lines deleted...]
-              <w:t xml:space="preserve">ONKO070. Gada beigās reģistrā esošo gadījumu skaits ar ļaundabīga audzēja diagnozi </w:t>
+              <w:t>ONKO070. Gada beigās reģistrā esošo gadījumu skaits ar ļaundabīga audzēja diagnozi</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00627DC8" w:rsidRPr="00230624" w14:paraId="00D41896" w14:textId="77777777" w:rsidTr="701B1D90">
+      <w:tr w:rsidR="005744EA" w:rsidRPr="00230624" w14:paraId="00D41896" w14:textId="77777777" w:rsidTr="7036884B">
         <w:trPr>
           <w:trHeight w:val="892"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="826" w:type="dxa"/>
             <w:vMerge/>
           </w:tcPr>
-          <w:p w14:paraId="78580F75" w14:textId="230FD719" w:rsidR="00627DC8" w:rsidRPr="00230624" w:rsidRDefault="00627DC8" w:rsidP="008F6B2F">
+          <w:p w14:paraId="78580F75" w14:textId="230FD719" w:rsidR="005744EA" w:rsidRPr="00230624" w:rsidRDefault="005744EA" w:rsidP="005744EA">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3197" w:type="dxa"/>
             <w:vMerge/>
           </w:tcPr>
-          <w:p w14:paraId="6555E5FA" w14:textId="512EA4FC" w:rsidR="00627DC8" w:rsidRPr="00230624" w:rsidRDefault="00627DC8" w:rsidP="008F6B2F">
+          <w:p w14:paraId="6555E5FA" w14:textId="512EA4FC" w:rsidR="005744EA" w:rsidRPr="00230624" w:rsidRDefault="005744EA" w:rsidP="005744EA">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1823" w:type="dxa"/>
             <w:vMerge/>
           </w:tcPr>
-          <w:p w14:paraId="2B648602" w14:textId="60DE5EFE" w:rsidR="00627DC8" w:rsidRPr="002A4272" w:rsidRDefault="00627DC8" w:rsidP="008F6B2F">
-[...4 lines deleted...]
-                <w:color w:val="000000" w:themeColor="text1"/>
+          <w:p w14:paraId="2B648602" w14:textId="60DE5EFE" w:rsidR="005744EA" w:rsidRPr="000D1C1E" w:rsidRDefault="005744EA" w:rsidP="005744EA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="808080" w:themeColor="background1" w:themeShade="80"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1022" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="7C8082E5" w14:textId="77777777" w:rsidR="00627DC8" w:rsidRPr="00E96A49" w:rsidRDefault="40EBFC8F" w:rsidP="0E93D195">
+          <w:p w14:paraId="21831D3A" w14:textId="044D5675" w:rsidR="005744EA" w:rsidRPr="00FA7C5E" w:rsidRDefault="005744EA" w:rsidP="005744EA">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="0E93D195">
-[...18 lines deleted...]
-              <w:t>2019-2024</w:t>
+            <w:r w:rsidRPr="00FA7C5E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+              <w:t>20</w:t>
+            </w:r>
+            <w:r w:rsidR="002E4D76" w:rsidRPr="00FA7C5E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+              <w:t>20</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00FA7C5E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+              <w:t>-202</w:t>
+            </w:r>
+            <w:r w:rsidR="002E4D76" w:rsidRPr="00FA7C5E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+              <w:t>5</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1725" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="23558623" w14:textId="3F741952" w:rsidR="00627DC8" w:rsidRPr="00E96A49" w:rsidRDefault="40EBFC8F" w:rsidP="0E93D195">
-[...13 lines deleted...]
-          <w:p w14:paraId="5F9DF412" w14:textId="00EBB3BA" w:rsidR="00627DC8" w:rsidRPr="00E96A49" w:rsidRDefault="00627DC8" w:rsidP="0E93D195">
+          <w:p w14:paraId="23558623" w14:textId="56156727" w:rsidR="005744EA" w:rsidRPr="00FA7C5E" w:rsidRDefault="00FA7C5E" w:rsidP="005744EA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00FA7C5E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+              <w:t>25.05.2026.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="5F9DF412" w14:textId="00EBB3BA" w:rsidR="005744EA" w:rsidRPr="00FA7C5E" w:rsidRDefault="005744EA" w:rsidP="005744EA">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5840" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="1976E24B" w14:textId="6ADB572D" w:rsidR="00627DC8" w:rsidRPr="00E96A49" w:rsidRDefault="40EBFC8F" w:rsidP="0E93D195">
+          <w:p w14:paraId="1976E24B" w14:textId="6ADB572D" w:rsidR="005744EA" w:rsidRPr="00E96A49" w:rsidRDefault="005744EA" w:rsidP="005744EA">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0E93D195">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t>ONKO060. Novērotā 5 gadu izdzīvotība atkarībā no ļaundabīga audzēja stadijas slimības atklāšanas brīdī, neieskaitot gadījumus, kad diagnoze noteikta pēc nāves, %;</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00627DC8" w:rsidRPr="00230624" w14:paraId="1BCB038D" w14:textId="77777777" w:rsidTr="701B1D90">
+      <w:tr w:rsidR="005744EA" w:rsidRPr="00230624" w14:paraId="1BCB038D" w14:textId="77777777" w:rsidTr="7036884B">
         <w:trPr>
           <w:trHeight w:val="892"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="826" w:type="dxa"/>
             <w:vMerge/>
           </w:tcPr>
-          <w:p w14:paraId="3CEDE28B" w14:textId="77777777" w:rsidR="00627DC8" w:rsidRPr="00230624" w:rsidRDefault="00627DC8" w:rsidP="008F6B2F">
+          <w:p w14:paraId="3CEDE28B" w14:textId="77777777" w:rsidR="005744EA" w:rsidRPr="00230624" w:rsidRDefault="005744EA" w:rsidP="005744EA">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3197" w:type="dxa"/>
             <w:vMerge/>
           </w:tcPr>
-          <w:p w14:paraId="0D18B9E1" w14:textId="77777777" w:rsidR="00627DC8" w:rsidRPr="00230624" w:rsidRDefault="00627DC8" w:rsidP="008F6B2F">
+          <w:p w14:paraId="0D18B9E1" w14:textId="77777777" w:rsidR="005744EA" w:rsidRPr="00230624" w:rsidRDefault="005744EA" w:rsidP="005744EA">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1823" w:type="dxa"/>
             <w:vMerge/>
           </w:tcPr>
-          <w:p w14:paraId="089F95E1" w14:textId="77777777" w:rsidR="00627DC8" w:rsidRPr="002A4272" w:rsidRDefault="00627DC8" w:rsidP="008F6B2F">
-[...4 lines deleted...]
-                <w:color w:val="000000" w:themeColor="text1"/>
+          <w:p w14:paraId="089F95E1" w14:textId="77777777" w:rsidR="005744EA" w:rsidRPr="000D1C1E" w:rsidRDefault="005744EA" w:rsidP="005744EA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="808080" w:themeColor="background1" w:themeShade="80"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1022" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="62F45B90" w14:textId="038BDBA0" w:rsidR="00627DC8" w:rsidRPr="0076791D" w:rsidRDefault="40EBFC8F" w:rsidP="0E93D195">
+          <w:p w14:paraId="6D45817F" w14:textId="1D675040" w:rsidR="005744EA" w:rsidRPr="00FA7C5E" w:rsidRDefault="00FA7C5E" w:rsidP="005744EA">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="0E93D195">
-[...25 lines deleted...]
-              <w:t>2023</w:t>
+            <w:r w:rsidRPr="00FA7C5E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+              <w:t>2024</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1725" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="1E85DE26" w14:textId="1B0518E0" w:rsidR="00627DC8" w:rsidRPr="009C011C" w:rsidRDefault="40EBFC8F" w:rsidP="0E93D195">
-[...11 lines deleted...]
-            </w:r>
+          <w:p w14:paraId="6AFF24B7" w14:textId="77777777" w:rsidR="00FA7C5E" w:rsidRPr="00FA7C5E" w:rsidRDefault="00FA7C5E" w:rsidP="00FA7C5E">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00FA7C5E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+              <w:t>25.05.2026.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="1E85DE26" w14:textId="0DED7DC8" w:rsidR="005744EA" w:rsidRPr="00FA7C5E" w:rsidRDefault="005744EA" w:rsidP="005744EA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5840" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="10A818C5" w14:textId="112F752C" w:rsidR="00627DC8" w:rsidRPr="009C011C" w:rsidRDefault="40EBFC8F" w:rsidP="0E93D195">
+          <w:p w14:paraId="10A818C5" w14:textId="112F752C" w:rsidR="005744EA" w:rsidRPr="009C011C" w:rsidRDefault="005744EA" w:rsidP="005744EA">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0E93D195">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
-              <w:t>ONKO050. Pirmā gada letalitāte konkrētajā gadā reģistrā uzņemtajiem pacientiem ar ļaundabīga audzēja diagnozi atkarībā no stadijas slimības atklāšanas brīdī</w:t>
+              <w:t xml:space="preserve">ONKO050. Pirmā gada </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="0E93D195">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+              <w:t>letalitāte</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="0E93D195">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> konkrētajā gadā reģistrā uzņemtajiem pacientiem ar ļaundabīga audzēja diagnozi atkarībā no stadijas slimības atklāšanas brīdī</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="008F6B2F" w:rsidRPr="00230624" w14:paraId="771E8641" w14:textId="77777777" w:rsidTr="701B1D90">
+      <w:tr w:rsidR="005744EA" w:rsidRPr="00230624" w14:paraId="771E8641" w14:textId="77777777" w:rsidTr="7036884B">
         <w:trPr>
           <w:trHeight w:val="146"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="826" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
           </w:tcPr>
-          <w:p w14:paraId="63BFF4F4" w14:textId="77777777" w:rsidR="008F6B2F" w:rsidRPr="00230624" w:rsidRDefault="1791CDFD" w:rsidP="0E93D195">
+          <w:p w14:paraId="63BFF4F4" w14:textId="77777777" w:rsidR="005744EA" w:rsidRPr="00230624" w:rsidRDefault="005744EA" w:rsidP="005744EA">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0E93D195">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
               </w:rPr>
               <w:t>5.1.2.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3197" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
           </w:tcPr>
-          <w:p w14:paraId="562512E7" w14:textId="77777777" w:rsidR="008F6B2F" w:rsidRPr="00230624" w:rsidRDefault="1791CDFD" w:rsidP="0E93D195">
-[...10 lines deleted...]
-              <w:t>psihiski un uzvedības traucējumi psihoaktīvo vielu lietošanas dēļ</w:t>
+          <w:p w14:paraId="562512E7" w14:textId="77777777" w:rsidR="005744EA" w:rsidRPr="00230624" w:rsidRDefault="005744EA" w:rsidP="005744EA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0E93D195">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+              <w:t xml:space="preserve">psihiski un uzvedības traucējumi </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="0E93D195">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+              <w:t>psihoaktīvo</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="0E93D195">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> vielu lietošanas dēļ</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1823" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="6752FA30" w14:textId="01194EC7" w:rsidR="008F6B2F" w:rsidRPr="002A4272" w:rsidRDefault="1791CDFD" w:rsidP="0E93D195">
+          <w:p w14:paraId="6752FA30" w14:textId="56AB755B" w:rsidR="005744EA" w:rsidRPr="000D1C1E" w:rsidRDefault="005744EA" w:rsidP="005744EA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="808080" w:themeColor="background1" w:themeShade="80"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="628306B1">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+              <w:t>23.-24.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1022" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="5643613C" w14:textId="7D052C79" w:rsidR="005744EA" w:rsidRPr="000D1C1E" w:rsidRDefault="005744EA" w:rsidP="005744EA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="0D0D0D" w:themeColor="text1" w:themeTint="F2"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="2085B458">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="0D0D0D" w:themeColor="text1" w:themeTint="F2"/>
+              </w:rPr>
+              <w:t>2025</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1725" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="0C98D3D1" w14:textId="1B7790E6" w:rsidR="005744EA" w:rsidRPr="000D1C1E" w:rsidRDefault="005744EA" w:rsidP="005744EA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="0D0D0D" w:themeColor="text1" w:themeTint="F2"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="2085B458">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="0D0D0D" w:themeColor="text1" w:themeTint="F2"/>
+              </w:rPr>
+              <w:t>24.07.2026.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5840" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="5E02A834" w14:textId="2609FE6E" w:rsidR="005744EA" w:rsidRPr="00275515" w:rsidRDefault="005744EA" w:rsidP="005744EA">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:color w:val="A6A6A6" w:themeColor="background1" w:themeShade="A6"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0E93D195">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
               </w:rPr>
-              <w:t>2</w:t>
-[...31 lines deleted...]
-          <w:p w14:paraId="5643613C" w14:textId="64E145D8" w:rsidR="008F6B2F" w:rsidRPr="00C81B1E" w:rsidRDefault="1791CDFD" w:rsidP="0E93D195">
+              <w:t>NARK010. Pirmreizēji reģistrēto un gada laikā ārstēto pacientu skaits sadalījumā pa diagnožu, dzimuma un vecuma grupām;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="23A7CADF" w14:textId="4301513F" w:rsidR="005744EA" w:rsidRPr="009A591D" w:rsidRDefault="005744EA" w:rsidP="005744EA">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:color w:val="A6A6A6" w:themeColor="background1" w:themeShade="A6"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0E93D195">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
               </w:rPr>
-              <w:t>202</w:t>
-[...83 lines deleted...]
-              </w:rPr>
               <w:t>NARK030. Pirmreizēji reģistrēto un gada laikā ārstēto pacientu skaits sadalījumā pa diagnožu grupām un reģioniem;</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="008F6B2F" w:rsidRPr="00230624" w14:paraId="798E074F" w14:textId="77777777" w:rsidTr="701B1D90">
+      <w:tr w:rsidR="005744EA" w:rsidRPr="00230624" w14:paraId="798E074F" w14:textId="77777777" w:rsidTr="7036884B">
         <w:trPr>
           <w:trHeight w:val="555"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="826" w:type="dxa"/>
             <w:vMerge/>
           </w:tcPr>
-          <w:p w14:paraId="6D4F4C67" w14:textId="77777777" w:rsidR="008F6B2F" w:rsidRDefault="008F6B2F" w:rsidP="008F6B2F">
+          <w:p w14:paraId="6D4F4C67" w14:textId="77777777" w:rsidR="005744EA" w:rsidRDefault="005744EA" w:rsidP="005744EA">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3197" w:type="dxa"/>
             <w:vMerge/>
           </w:tcPr>
-          <w:p w14:paraId="1632FA9D" w14:textId="77777777" w:rsidR="008F6B2F" w:rsidRPr="00230624" w:rsidRDefault="008F6B2F" w:rsidP="008F6B2F">
+          <w:p w14:paraId="1632FA9D" w14:textId="77777777" w:rsidR="005744EA" w:rsidRPr="00230624" w:rsidRDefault="005744EA" w:rsidP="005744EA">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1823" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="3CC521CB" w14:textId="09F3817E" w:rsidR="008F6B2F" w:rsidRPr="002A4272" w:rsidRDefault="1791CDFD" w:rsidP="0E93D195">
+          <w:p w14:paraId="3CC521CB" w14:textId="6907FFE9" w:rsidR="005744EA" w:rsidRPr="000D1C1E" w:rsidRDefault="005744EA" w:rsidP="005744EA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="808080" w:themeColor="background1" w:themeShade="80"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="57E60E33">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+              <w:t>21.-22.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1022" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="71AE2A88" w14:textId="0EC816C2" w:rsidR="005744EA" w:rsidRPr="000D1C1E" w:rsidRDefault="005744EA" w:rsidP="005744EA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="0D0D0D" w:themeColor="text1" w:themeTint="F2"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="5E6D9776">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="0D0D0D" w:themeColor="text1" w:themeTint="F2"/>
+              </w:rPr>
+              <w:t>2025</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1725" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="41A28FAE" w14:textId="377B43F1" w:rsidR="005744EA" w:rsidRPr="000D1C1E" w:rsidRDefault="005744EA" w:rsidP="005744EA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="0D0D0D" w:themeColor="text1" w:themeTint="F2"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="5E6D9776">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="0D0D0D" w:themeColor="text1" w:themeTint="F2"/>
+              </w:rPr>
+              <w:t>24.07.2026.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5840" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="02C1BAE0" w14:textId="77777777" w:rsidR="005744EA" w:rsidRPr="00275515" w:rsidRDefault="005744EA" w:rsidP="005744EA">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:color w:val="A6A6A6" w:themeColor="background1" w:themeShade="A6"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0E93D195">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
               </w:rPr>
-              <w:t>2</w:t>
-[...23 lines deleted...]
-              <w:t>.</w:t>
+              <w:t>NARK010. Pirmreizēji reģistrēto un gada laikā ārstēto pacientu skaits sadalījumā pa diagnožu, dzimuma un vecuma grupām;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="146ECBD3" w14:textId="4D95B0FC" w:rsidR="005744EA" w:rsidRPr="00275515" w:rsidRDefault="005744EA" w:rsidP="005744EA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="A6A6A6" w:themeColor="background1" w:themeShade="A6"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0E93D195">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+              <w:t>NARK030. Pirmreizēji reģistrēto un gada laikā ārstēto pacientu skaits sadalījumā pa diagnožu grupām un reģioniem;</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="005744EA" w:rsidRPr="00230624" w14:paraId="10B02429" w14:textId="77777777" w:rsidTr="7036884B">
+        <w:trPr>
+          <w:trHeight w:val="1014"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="826" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="6911631F" w14:textId="77777777" w:rsidR="005744EA" w:rsidRPr="00230624" w:rsidRDefault="005744EA" w:rsidP="005744EA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0E93D195">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+              <w:t>5.1.3.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3197" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="5B1491AC" w14:textId="77777777" w:rsidR="005744EA" w:rsidRPr="00230624" w:rsidRDefault="005744EA" w:rsidP="005744EA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0E93D195">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+              <w:t>psihiski un uzvedības traucējumi</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1823" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="573735A3" w14:textId="7390033F" w:rsidR="005744EA" w:rsidRPr="00211667" w:rsidRDefault="00B0332A" w:rsidP="005744EA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+              <w:t>19., 20.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1022" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="71AE2A88" w14:textId="16C65C20" w:rsidR="008F6B2F" w:rsidRPr="006D44B3" w:rsidRDefault="37BA38A4" w:rsidP="0E93D195">
-[...7 lines deleted...]
-            <w:r w:rsidRPr="0E93D195">
+          <w:p w14:paraId="66F924B9" w14:textId="7886B108" w:rsidR="005744EA" w:rsidRPr="00211667" w:rsidRDefault="005744EA" w:rsidP="005744EA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00211667">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
               </w:rPr>
               <w:t>202</w:t>
             </w:r>
-            <w:r w:rsidR="710F79F4" w:rsidRPr="0E93D195">
-[...3 lines deleted...]
-              <w:t>4</w:t>
+            <w:r w:rsidR="00944AF8" w:rsidRPr="00211667">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+              <w:t>5</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1725" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="41A28FAE" w14:textId="34527C4D" w:rsidR="008F6B2F" w:rsidRPr="00C81B1E" w:rsidRDefault="1791CDFD" w:rsidP="0E93D195">
-[...15 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:p w14:paraId="28B490A6" w14:textId="0306315B" w:rsidR="005744EA" w:rsidRPr="00211667" w:rsidRDefault="005744EA" w:rsidP="005744EA">
+            <w:pPr>
+              <w:suppressAutoHyphens w:val="0"/>
+              <w:autoSpaceDN/>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:textAlignment w:val="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00211667">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+              <w:t>1</w:t>
+            </w:r>
+            <w:r w:rsidR="00211667" w:rsidRPr="00211667">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+              <w:t>7</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00211667">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+              <w:t>.07.202</w:t>
+            </w:r>
+            <w:r w:rsidR="00211667" w:rsidRPr="00211667">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+              <w:t>6.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5840" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="321DE9C7" w14:textId="77777777" w:rsidR="005744EA" w:rsidRPr="00E52F5E" w:rsidRDefault="005744EA" w:rsidP="005744EA">
+            <w:pPr>
+              <w:suppressAutoHyphens w:val="0"/>
+              <w:autoSpaceDN/>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:textAlignment w:val="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0E93D195">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+              <w:t>PUT010. Pacientu ar psihiskiem un uzvedības traucējumiem sadalījums pa reģioniem un diagnožu grupām;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="3C775F9E" w14:textId="5F4B6F46" w:rsidR="005744EA" w:rsidRPr="00E52F5E" w:rsidRDefault="005744EA" w:rsidP="005744EA">
+            <w:pPr>
+              <w:suppressAutoHyphens w:val="0"/>
+              <w:autoSpaceDN/>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:textAlignment w:val="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0E93D195">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+              <w:t>PUT011. Pacientu ar psihiskiem un uzvedības traucējumiem sadalījums pa diagnozēm;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="409E36FB" w14:textId="4A7E72D1" w:rsidR="005744EA" w:rsidRPr="00E52F5E" w:rsidRDefault="005744EA" w:rsidP="005744EA">
+            <w:pPr>
+              <w:suppressAutoHyphens w:val="0"/>
+              <w:autoSpaceDN/>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:textAlignment w:val="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0E93D195">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+              <w:t>PUT012. Reģistrā uzņemto pacientu ar psihiskiem un uzvedības traucējumiem sadalījums pa dzimumiem, diagnožu un vecuma grupām</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="005744EA" w:rsidRPr="00230624" w14:paraId="6ADB8FA9" w14:textId="77777777" w:rsidTr="7036884B">
+        <w:trPr>
+          <w:trHeight w:val="1034"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="826" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="466397BD" w14:textId="77777777" w:rsidR="005744EA" w:rsidRDefault="005744EA" w:rsidP="005744EA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3197" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="75C0FB5C" w14:textId="77777777" w:rsidR="005744EA" w:rsidRPr="00230624" w:rsidRDefault="005744EA" w:rsidP="005744EA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1823" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="0777E020" w14:textId="0F79B6C0" w:rsidR="005744EA" w:rsidRPr="00211667" w:rsidRDefault="005744EA" w:rsidP="005744EA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00211667">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+              <w:t>-</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1022" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="1CDDEE17" w14:textId="2D087A9C" w:rsidR="005744EA" w:rsidRPr="00211667" w:rsidRDefault="005744EA" w:rsidP="005744EA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00211667">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+              <w:t>202</w:t>
+            </w:r>
+            <w:r w:rsidR="00944AF8" w:rsidRPr="00211667">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t>5</w:t>
             </w:r>
-            <w:r w:rsidRPr="0E93D195">
-[...15 lines deleted...]
-              <w:t>.</w:t>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1725" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="0903A041" w14:textId="0511E04B" w:rsidR="005744EA" w:rsidRPr="00211667" w:rsidRDefault="00211667" w:rsidP="005744EA">
+            <w:pPr>
+              <w:suppressAutoHyphens w:val="0"/>
+              <w:autoSpaceDN/>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:textAlignment w:val="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00211667">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+              <w:t>17.07.2026.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5840" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="02C1BAE0" w14:textId="77777777" w:rsidR="008F6B2F" w:rsidRPr="00275515" w:rsidRDefault="1791CDFD" w:rsidP="0E93D195">
-[...26 lines deleted...]
-              <w:t>NARK030. Pirmreizēji reģistrēto un gada laikā ārstēto pacientu skaits sadalījumā pa diagnožu grupām un reģioniem;</w:t>
+          <w:p w14:paraId="0703F639" w14:textId="6BF8C910" w:rsidR="005744EA" w:rsidRDefault="005744EA" w:rsidP="005744EA">
+            <w:pPr>
+              <w:suppressAutoHyphens w:val="0"/>
+              <w:autoSpaceDN/>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:textAlignment w:val="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0E93D195">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+              <w:t>PUT013. Reģistrā esošo bērnu un pieaugušo ar psihiskiem un uzvedības traucējumiem sadalījums pa diagnožu grupām;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="42769D22" w14:textId="3AB567FD" w:rsidR="005744EA" w:rsidRPr="00E52F5E" w:rsidRDefault="005744EA" w:rsidP="005744EA">
+            <w:pPr>
+              <w:suppressAutoHyphens w:val="0"/>
+              <w:autoSpaceDN/>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:textAlignment w:val="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0E93D195">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+              <w:t>PUT014. Psihiatriskās ekspertīzēs izmeklēto personu skaits (medicīniski juridiskos nolūkos)</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="6B27A46B" w14:textId="6AA0F010" w:rsidR="005744EA" w:rsidRPr="00E52F5E" w:rsidRDefault="005744EA" w:rsidP="005744EA">
+            <w:pPr>
+              <w:suppressAutoHyphens w:val="0"/>
+              <w:autoSpaceDN/>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:textAlignment w:val="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0E93D195">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+              <w:t>PUT16. Psihiatriskās pārbaudēs izmeklēto personu skaits</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="008F6B2F" w:rsidRPr="00230624" w14:paraId="4D979C46" w14:textId="77777777" w:rsidTr="701B1D90">
+      <w:tr w:rsidR="005744EA" w:rsidRPr="00230624" w14:paraId="356ED9BC" w14:textId="77777777" w:rsidTr="7036884B">
         <w:trPr>
           <w:trHeight w:val="146"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="826" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+          </w:tcPr>
+          <w:p w14:paraId="5067FEBA" w14:textId="77777777" w:rsidR="005744EA" w:rsidRPr="00230624" w:rsidRDefault="005744EA" w:rsidP="005744EA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0E93D195">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+              <w:t>5.1.4.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3197" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+          </w:tcPr>
+          <w:p w14:paraId="40A40A80" w14:textId="24268BEA" w:rsidR="005744EA" w:rsidRPr="00230624" w:rsidRDefault="005744EA" w:rsidP="005744EA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0E93D195">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+              <w:t>cukura diabēts</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1823" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="70339DAC" w14:textId="1AF1BE37" w:rsidR="005744EA" w:rsidRPr="000D1C1E" w:rsidRDefault="005744EA" w:rsidP="1D7B1303">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="808080" w:themeColor="background1" w:themeShade="80"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="1D7B1303">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+              <w:t>1</w:t>
+            </w:r>
+            <w:r w:rsidR="0693C944" w:rsidRPr="1D7B1303">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+              <w:t>7</w:t>
+            </w:r>
+            <w:r w:rsidRPr="1D7B1303">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+              <w:t xml:space="preserve">. </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1022" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="10949EBD" w14:textId="3F6299DB" w:rsidR="005744EA" w:rsidRPr="000D1C1E" w:rsidRDefault="005744EA" w:rsidP="005744EA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="0D0D0D" w:themeColor="text1" w:themeTint="F2"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0C35B3EF">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="0D0D0D" w:themeColor="text1" w:themeTint="F2"/>
+              </w:rPr>
+              <w:t>2025</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1725" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="34665802" w14:textId="0C764E9C" w:rsidR="005744EA" w:rsidRPr="000D1C1E" w:rsidRDefault="005744EA" w:rsidP="005744EA">
+            <w:pPr>
+              <w:suppressAutoHyphens w:val="0"/>
+              <w:autoSpaceDN/>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:textAlignment w:val="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="0D0D0D" w:themeColor="text1" w:themeTint="F2"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0C35B3EF">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="0D0D0D" w:themeColor="text1" w:themeTint="F2"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+              <w:t>24.07.2026.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5840" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="554B1A72" w14:textId="77777777" w:rsidR="005744EA" w:rsidRPr="00AA1718" w:rsidRDefault="005744EA" w:rsidP="005744EA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="A6A6A6" w:themeColor="background1" w:themeShade="A6"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0E93D195">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+              <w:t>CDG010. Cukura diabēta pacienti sadalījumā pa cukura diabēta tipiem un reģioniem;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="3D425976" w14:textId="7CC3CF19" w:rsidR="005744EA" w:rsidRPr="00275515" w:rsidRDefault="34B6BB10" w:rsidP="005744EA">
+            <w:pPr>
+              <w:suppressAutoHyphens w:val="0"/>
+              <w:autoSpaceDN/>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:textAlignment w:val="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="A6A6A6" w:themeColor="background1" w:themeShade="A6"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="252F5EFD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+              <w:t>CDG015. Cukura diabēta pacienti sadalījumā pa cukura diabēta tipiem, dzimumiem un vecuma grupām</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="005744EA" w:rsidRPr="00230624" w14:paraId="152902F0" w14:textId="77777777" w:rsidTr="7036884B">
+        <w:trPr>
+          <w:trHeight w:val="878"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="826" w:type="dxa"/>
             <w:vMerge/>
           </w:tcPr>
-          <w:p w14:paraId="5378B865" w14:textId="340B3440" w:rsidR="008F6B2F" w:rsidRDefault="008F6B2F" w:rsidP="008F6B2F">
+          <w:p w14:paraId="62A7C762" w14:textId="77777777" w:rsidR="005744EA" w:rsidRDefault="005744EA" w:rsidP="005744EA">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3197" w:type="dxa"/>
             <w:vMerge/>
           </w:tcPr>
-          <w:p w14:paraId="5946DDBF" w14:textId="77777777" w:rsidR="008F6B2F" w:rsidRPr="00230624" w:rsidRDefault="008F6B2F" w:rsidP="008F6B2F">
+          <w:p w14:paraId="5998E29A" w14:textId="22BE07F8" w:rsidR="005744EA" w:rsidRPr="00230624" w:rsidRDefault="005744EA" w:rsidP="005744EA">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1823" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="0EB5C72D" w14:textId="3AF15E43" w:rsidR="008F6B2F" w:rsidRPr="002A4272" w:rsidRDefault="1791CDFD" w:rsidP="0E93D195">
-[...19 lines deleted...]
-            <w:r w:rsidRPr="0E93D195">
+          <w:p w14:paraId="593A0C47" w14:textId="4BEFEB49" w:rsidR="005744EA" w:rsidRPr="000D1C1E" w:rsidRDefault="005744EA" w:rsidP="1D7B1303">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="808080" w:themeColor="background1" w:themeShade="80"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="1D7B1303">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+              <w:t>1</w:t>
+            </w:r>
+            <w:r w:rsidR="62B8BA27" w:rsidRPr="1D7B1303">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+              <w:t>8</w:t>
+            </w:r>
+            <w:r w:rsidRPr="1D7B1303">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
               </w:rPr>
               <w:t>.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1022" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="6EA6B434" w14:textId="4727773F" w:rsidR="008F6B2F" w:rsidRPr="00226232" w:rsidRDefault="1791CDFD" w:rsidP="0E93D195">
-[...17 lines deleted...]
-              <w:t>4</w:t>
+          <w:p w14:paraId="22F5F3EF" w14:textId="7D44A04D" w:rsidR="005744EA" w:rsidRPr="000D1C1E" w:rsidRDefault="005744EA" w:rsidP="005744EA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="0D0D0D" w:themeColor="text1" w:themeTint="F2"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0C35B3EF">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="0D0D0D" w:themeColor="text1" w:themeTint="F2"/>
+              </w:rPr>
+              <w:t>2025</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1725" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="0C5C2B33" w14:textId="3823F13A" w:rsidR="008F6B2F" w:rsidRPr="00226232" w:rsidRDefault="57AD9087" w:rsidP="0E93D195">
-[...181 lines deleted...]
-          <w:p w14:paraId="28B490A6" w14:textId="41B848ED" w:rsidR="008F6B2F" w:rsidRPr="00E52F5E" w:rsidRDefault="08DFB568" w:rsidP="0E93D195">
+          <w:p w14:paraId="509BE021" w14:textId="4C1DAB4A" w:rsidR="005744EA" w:rsidRPr="000D1C1E" w:rsidRDefault="005744EA" w:rsidP="005744EA">
             <w:pPr>
               <w:suppressAutoHyphens w:val="0"/>
               <w:autoSpaceDN/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:textAlignment w:val="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="0D0D0D" w:themeColor="text1" w:themeTint="F2"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="0E93D195">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+            <w:r w:rsidRPr="0C35B3EF">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="0D0D0D" w:themeColor="text1" w:themeTint="F2"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
-              <w:t>18</w:t>
-[...3 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+              <w:t>24.07.2026.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5840" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="04AE9F33" w14:textId="77777777" w:rsidR="005744EA" w:rsidRDefault="005744EA" w:rsidP="005744EA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="A6A6A6" w:themeColor="background1" w:themeShade="A6"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
-              <w:t>.07.202</w:t>
-            </w:r>
+            </w:pPr>
             <w:r w:rsidRPr="0E93D195">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
-              <w:t>5</w:t>
-[...3 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+              <w:t>CDG010. Cukura diabēta pacienti sadalījumā pa cukura diabēta tipiem un reģioniem;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="06F236B2" w14:textId="4D72961C" w:rsidR="005744EA" w:rsidRPr="00E95395" w:rsidRDefault="005744EA" w:rsidP="005744EA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="A6A6A6" w:themeColor="background1" w:themeShade="A6"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
-              <w:t>.</w:t>
-[...12 lines deleted...]
-              <w:textAlignment w:val="auto"/>
+            </w:pPr>
+            <w:r w:rsidRPr="0E93D195">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
-            </w:pPr>
-[...51 lines deleted...]
-              <w:t>PUT012. Reģistrā uzņemto pacientu ar psihiskiem un uzvedības traucējumiem sadalījums pa dzimumiem, diagnožu un vecuma grupām</w:t>
+              <w:t>CDG015. Cukura diabēta pacienti sadalījumā pa cukura diabēta tipiem, dzimumiem un vecuma grupām</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00FF32D5" w:rsidRPr="00230624" w14:paraId="6ADB8FA9" w14:textId="77777777" w:rsidTr="701B1D90">
-[...192 lines deleted...]
-      <w:tr w:rsidR="008F6B2F" w:rsidRPr="00230624" w14:paraId="356ED9BC" w14:textId="77777777" w:rsidTr="701B1D90">
+      <w:tr w:rsidR="005744EA" w:rsidRPr="00230624" w14:paraId="2CC1B74D" w14:textId="77777777" w:rsidTr="7036884B">
         <w:trPr>
           <w:trHeight w:val="146"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="826" w:type="dxa"/>
+            <w:vMerge/>
+          </w:tcPr>
+          <w:p w14:paraId="50058814" w14:textId="77777777" w:rsidR="005744EA" w:rsidRDefault="005744EA" w:rsidP="005744EA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3197" w:type="dxa"/>
+            <w:vMerge/>
+          </w:tcPr>
+          <w:p w14:paraId="7F424F56" w14:textId="06BF5BF8" w:rsidR="005744EA" w:rsidRPr="00230624" w:rsidRDefault="005744EA" w:rsidP="005744EA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1823" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="2DEAA1E9" w14:textId="01BF203D" w:rsidR="005744EA" w:rsidRPr="000D1C1E" w:rsidRDefault="005744EA" w:rsidP="005744EA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="0D0D0D" w:themeColor="text1" w:themeTint="F2"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="552474F4">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="0D0D0D" w:themeColor="text1" w:themeTint="F2"/>
+              </w:rPr>
+              <w:t>-</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1022" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="1D52314D" w14:textId="7B9816AD" w:rsidR="005744EA" w:rsidRPr="000D1C1E" w:rsidRDefault="005744EA" w:rsidP="005744EA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="0D0D0D" w:themeColor="text1" w:themeTint="F2"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0C35B3EF">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="0D0D0D" w:themeColor="text1" w:themeTint="F2"/>
+              </w:rPr>
+              <w:t>2025</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1725" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="753A1FA6" w14:textId="152685A9" w:rsidR="005744EA" w:rsidRPr="000D1C1E" w:rsidRDefault="005744EA" w:rsidP="005744EA">
+            <w:pPr>
+              <w:suppressAutoHyphens w:val="0"/>
+              <w:autoSpaceDN/>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:textAlignment w:val="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="0D0D0D" w:themeColor="text1" w:themeTint="F2"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0C35B3EF">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="0D0D0D" w:themeColor="text1" w:themeTint="F2"/>
+              </w:rPr>
+              <w:t>24.07.2026.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5840" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="7A596790" w14:textId="77777777" w:rsidR="005744EA" w:rsidRDefault="34B6BB10" w:rsidP="005744EA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="A6A6A6" w:themeColor="background1" w:themeShade="A6"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="252F5EFD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+              <w:t>CDG011. Cukura diabēta pacienti sadalījumā pa vecuma grupām un statistiskajiem reģioniem;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="496A0AA3" w14:textId="668AA9CF" w:rsidR="733F6025" w:rsidRDefault="733F6025" w:rsidP="252F5EFD">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="252F5EFD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+              <w:t xml:space="preserve">CDG012. II tipa cukura diabēta (E11 pēc SSK-10) pacienti sadalījumā pa </w:t>
+            </w:r>
+            <w:r w:rsidR="6F876942" w:rsidRPr="252F5EFD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+              <w:t>saņemtās terapijas veidiem un r</w:t>
+            </w:r>
+            <w:r w:rsidR="1D944AF3" w:rsidRPr="252F5EFD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+              <w:t>eģioniem;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="49F2D5E6" w14:textId="79B06D8A" w:rsidR="005744EA" w:rsidRPr="00275515" w:rsidRDefault="34B6BB10" w:rsidP="252F5EFD">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="A6A6A6" w:themeColor="background1" w:themeShade="A6"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="252F5EFD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+              <w:t>CDG013. Cukura diabēta pacientu sadalījums pēc klīnisko izmeklējumu rezultātiem;</w:t>
+            </w:r>
+            <w:r w:rsidR="34F4E9DD" w:rsidRPr="252F5EFD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="51DD2AD9" w14:textId="24C17E1F" w:rsidR="005744EA" w:rsidRPr="00275515" w:rsidRDefault="34F4E9DD" w:rsidP="252F5EFD">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="252F5EFD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+              <w:t>CDG014. Cukura diabēta pacientu sadalījums pēc konstatētajām komplikācijām</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="005744EA" w:rsidRPr="00230624" w14:paraId="07EF5D64" w14:textId="77777777" w:rsidTr="7036884B">
+        <w:trPr>
+          <w:trHeight w:val="687"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="826" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="78A3E147" w14:textId="328D78D1" w:rsidR="005744EA" w:rsidRPr="008036E8" w:rsidRDefault="005744EA" w:rsidP="005744EA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0E93D195">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t>5.2.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="13607" w:type="dxa"/>
+            <w:gridSpan w:val="5"/>
+          </w:tcPr>
+          <w:p w14:paraId="420654C8" w14:textId="77777777" w:rsidR="005744EA" w:rsidRPr="008036E8" w:rsidRDefault="005744EA" w:rsidP="005744EA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="0E93D195">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t>Neinfekcijas</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="0E93D195">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t xml:space="preserve"> slimību statistika: ļaundabīgi audzēji, psihiski un uzvedības traucējumi, t.sk. </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="0E93D195">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t>psihoaktīvo</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="0E93D195">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t xml:space="preserve"> vielu lietošanas dēļ, cukura diabēts (uz 100 000 iedzīvotāju)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="005744EA" w:rsidRPr="00230624" w14:paraId="38728A14" w14:textId="77777777" w:rsidTr="7036884B">
+        <w:trPr>
+          <w:trHeight w:val="455"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="826" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
           </w:tcPr>
-          <w:p w14:paraId="5067FEBA" w14:textId="77777777" w:rsidR="008F6B2F" w:rsidRPr="00230624" w:rsidRDefault="1791CDFD" w:rsidP="0E93D195">
-[...10 lines deleted...]
-              <w:t>5.1.4.</w:t>
+          <w:p w14:paraId="3469C32B" w14:textId="0241C6C2" w:rsidR="005744EA" w:rsidRDefault="005744EA" w:rsidP="005744EA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0E93D195">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+              <w:t>5.2.1.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3197" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
           </w:tcPr>
-          <w:p w14:paraId="40A40A80" w14:textId="24268BEA" w:rsidR="008F6B2F" w:rsidRPr="00230624" w:rsidRDefault="1791CDFD" w:rsidP="0E93D195">
-[...10 lines deleted...]
-              <w:t>cukura diabēts</w:t>
+          <w:p w14:paraId="58711E7D" w14:textId="755FA77D" w:rsidR="005744EA" w:rsidRPr="00230624" w:rsidRDefault="005744EA" w:rsidP="005744EA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0E93D195">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+              <w:t>ļaundabīgi audzēji</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1823" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="70339DAC" w14:textId="3F7EF55E" w:rsidR="008F6B2F" w:rsidRPr="002A4272" w:rsidRDefault="41175745" w:rsidP="0E93D195">
-[...18 lines deleted...]
-              <w:t xml:space="preserve"> </w:t>
+          <w:p w14:paraId="06AB8166" w14:textId="60100B7D" w:rsidR="005744EA" w:rsidRPr="003D01DA" w:rsidRDefault="001F67FA" w:rsidP="005744EA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+              <w:t>25., 26.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1022" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="10949EBD" w14:textId="6EF446F2" w:rsidR="008F6B2F" w:rsidRPr="00C81B1E" w:rsidRDefault="1791CDFD" w:rsidP="0E93D195">
+          <w:p w14:paraId="7C8FCD50" w14:textId="30DEA908" w:rsidR="005744EA" w:rsidRPr="00ED3BD7" w:rsidRDefault="00ED3BD7" w:rsidP="005744EA">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
-                <w:color w:val="A6A6A6" w:themeColor="background1" w:themeShade="A6"/>
-[...12 lines deleted...]
-              <w:t>4</w:t>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00ED3BD7">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+              <w:t>2025</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1725" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="34665802" w14:textId="3CF77567" w:rsidR="008F6B2F" w:rsidRPr="00C81B1E" w:rsidRDefault="1791CDFD" w:rsidP="0E93D195">
+          <w:p w14:paraId="33C47D29" w14:textId="25F7E1A0" w:rsidR="005744EA" w:rsidRPr="00ED3BD7" w:rsidRDefault="00ED3BD7" w:rsidP="005744EA">
             <w:pPr>
               <w:suppressAutoHyphens w:val="0"/>
               <w:autoSpaceDN/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:textAlignment w:val="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00ED3BD7">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+              <w:t>30.09.2026.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5840" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="41624F60" w14:textId="77777777" w:rsidR="00450EB5" w:rsidRPr="009F5871" w:rsidRDefault="00450EB5" w:rsidP="00450EB5">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0E93D195">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+              <w:t>ONKO021. Pirmreizēji reģistrēto ļaundabīgo audzēju gadījumu skaits sadalījumā pa reģioniem;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="738BFC73" w14:textId="77777777" w:rsidR="00450EB5" w:rsidRPr="009F5871" w:rsidRDefault="00450EB5" w:rsidP="00450EB5">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0E93D195">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+              <w:t>ONKO022. Pirmreizēji reģistrēto ļaundabīgo audzēju gadījumu skaits sadalījumā pa administratīvajām teritorijām;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="5C60C6A1" w14:textId="77777777" w:rsidR="00450EB5" w:rsidRPr="00275515" w:rsidRDefault="00450EB5" w:rsidP="00450EB5">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0E93D195">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+              <w:t>ONKO030. Pirmreizēji reģistrēto ļaundabīgo audzēju gadījumu skaits sadalījumā pa dzimumiem un vecuma grupām;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="1402548E" w14:textId="07B0FC43" w:rsidR="005744EA" w:rsidRPr="009F5871" w:rsidRDefault="00450EB5" w:rsidP="00450EB5">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0E93D195">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+              <w:t>ONKO070. Gada beigās reģistrā esošo gadījumu skaits ar ļaundabīga audzēja diagnozi</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="003D01DA" w:rsidRPr="00230624" w14:paraId="54425529" w14:textId="77777777" w:rsidTr="7036884B">
+        <w:trPr>
+          <w:trHeight w:val="562"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="826" w:type="dxa"/>
+            <w:vMerge/>
+          </w:tcPr>
+          <w:p w14:paraId="1228F329" w14:textId="77777777" w:rsidR="003D01DA" w:rsidRDefault="003D01DA" w:rsidP="003D01DA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3197" w:type="dxa"/>
+            <w:vMerge/>
+          </w:tcPr>
+          <w:p w14:paraId="4805266A" w14:textId="77777777" w:rsidR="003D01DA" w:rsidRPr="00230624" w:rsidRDefault="003D01DA" w:rsidP="003D01DA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1823" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="089F8508" w14:textId="3A12EB23" w:rsidR="003D01DA" w:rsidRPr="000D1C1E" w:rsidRDefault="003D01DA" w:rsidP="003D01DA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="808080" w:themeColor="background1" w:themeShade="80"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003D01DA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+              <w:t>-</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1022" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="6ABF332F" w14:textId="1CA72A8F" w:rsidR="003D01DA" w:rsidRPr="000D1C1E" w:rsidRDefault="003D01DA" w:rsidP="003D01DA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="808080" w:themeColor="background1" w:themeShade="80"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00ED3BD7">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+              <w:t>2025</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1725" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="441B8384" w14:textId="48998806" w:rsidR="003D01DA" w:rsidRPr="000D1C1E" w:rsidRDefault="003D01DA" w:rsidP="003D01DA">
+            <w:pPr>
+              <w:suppressAutoHyphens w:val="0"/>
+              <w:autoSpaceDN/>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:textAlignment w:val="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="808080" w:themeColor="background1" w:themeShade="80"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00ED3BD7">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+              <w:t>30.09.2026.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5840" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="6E9138F1" w14:textId="5F3DB1DC" w:rsidR="003D01DA" w:rsidRPr="00275515" w:rsidRDefault="003D01DA" w:rsidP="003D01DA">
+            <w:pPr>
+              <w:suppressAutoHyphens w:val="0"/>
+              <w:autoSpaceDN/>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:textAlignment w:val="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:color w:val="A6A6A6" w:themeColor="background1" w:themeShade="A6"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0E93D195">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
-              <w:t>2</w:t>
-[...69 lines deleted...]
-              <w:t>CDG015. Cukura diabēta pacienti sadalījumā pa cukura diabēta tipiem, dzimumiem un vecuma grupām.</w:t>
+              <w:t>ONKO080.Vecuma standartizētie ļaundabīgu audzēju saslimstības rādītāji uz 100 000 iedzīvotāju</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="008F6B2F" w:rsidRPr="00230624" w14:paraId="152902F0" w14:textId="77777777" w:rsidTr="701B1D90">
-[...175 lines deleted...]
-      <w:tr w:rsidR="008F6B2F" w:rsidRPr="00230624" w14:paraId="2CC1B74D" w14:textId="77777777" w:rsidTr="701B1D90">
+      <w:tr w:rsidR="005744EA" w:rsidRPr="00230624" w14:paraId="64C24BAE" w14:textId="77777777" w:rsidTr="7036884B">
         <w:trPr>
           <w:trHeight w:val="146"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="826" w:type="dxa"/>
-            <w:vMerge/>
-[...9 lines deleted...]
-            </w:pPr>
+          </w:tcPr>
+          <w:p w14:paraId="7F4A73C8" w14:textId="77777777" w:rsidR="005744EA" w:rsidRPr="00230624" w:rsidRDefault="005744EA" w:rsidP="005744EA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0E93D195">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+              <w:t>5.2.2.</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3197" w:type="dxa"/>
-            <w:vMerge/>
-[...9 lines deleted...]
-            </w:pPr>
+          </w:tcPr>
+          <w:p w14:paraId="6648C33A" w14:textId="77777777" w:rsidR="005744EA" w:rsidRPr="00230624" w:rsidRDefault="005744EA" w:rsidP="005744EA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0E93D195">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+              <w:t xml:space="preserve">psihiski un uzvedības traucējumi </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="0E93D195">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+              <w:t>psihoaktīvo</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="0E93D195">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> vielu lietošanas dēļ</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1823" w:type="dxa"/>
-            <w:vMerge w:val="restart"/>
-[...14 lines deleted...]
-            </w:r>
+          </w:tcPr>
+          <w:p w14:paraId="10A4EAC0" w14:textId="64AB233F" w:rsidR="005744EA" w:rsidRPr="000D1C1E" w:rsidRDefault="009C4955" w:rsidP="1D7B1303">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="808080" w:themeColor="background1" w:themeShade="80"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+              <w:t xml:space="preserve">22., </w:t>
+            </w:r>
+            <w:r w:rsidR="005744EA" w:rsidRPr="1D7B1303">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+              <w:t>2</w:t>
+            </w:r>
+            <w:r w:rsidR="63DB0FE3" w:rsidRPr="1D7B1303">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+              <w:t>4</w:t>
+            </w:r>
+            <w:r w:rsidR="005744EA" w:rsidRPr="1D7B1303">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+              <w:t>.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="107686C7" w14:textId="74367846" w:rsidR="005744EA" w:rsidRPr="000D1C1E" w:rsidRDefault="005744EA" w:rsidP="005744EA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="808080" w:themeColor="background1" w:themeShade="80"/>
+              </w:rPr>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1022" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="1D52314D" w14:textId="60A9B27D" w:rsidR="008F6B2F" w:rsidRPr="00C81B1E" w:rsidRDefault="1791CDFD" w:rsidP="0E93D195">
+          <w:p w14:paraId="323AF406" w14:textId="087ACE37" w:rsidR="005744EA" w:rsidRPr="000D1C1E" w:rsidRDefault="005744EA" w:rsidP="005744EA">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
-                <w:color w:val="A6A6A6" w:themeColor="background1" w:themeShade="A6"/>
-[...12 lines deleted...]
-              <w:t>4</w:t>
+                <w:color w:val="0D0D0D" w:themeColor="text1" w:themeTint="F2"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="55F27A27">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="0D0D0D" w:themeColor="text1" w:themeTint="F2"/>
+              </w:rPr>
+              <w:t>2025</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1725" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="753A1FA6" w14:textId="26398517" w:rsidR="008F6B2F" w:rsidRPr="00305926" w:rsidRDefault="1791CDFD" w:rsidP="0E93D195">
+          <w:p w14:paraId="1AB050EA" w14:textId="73FD15BB" w:rsidR="005744EA" w:rsidRPr="000D1C1E" w:rsidRDefault="005744EA" w:rsidP="005744EA">
             <w:pPr>
               <w:suppressAutoHyphens w:val="0"/>
               <w:autoSpaceDN/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:textAlignment w:val="auto"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="0D0D0D" w:themeColor="text1" w:themeTint="F2"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="55F27A27">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="0D0D0D" w:themeColor="text1" w:themeTint="F2"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+              <w:t>24.07.2026.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5840" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="791CE677" w14:textId="77777777" w:rsidR="005744EA" w:rsidRPr="00C92178" w:rsidRDefault="005744EA" w:rsidP="005744EA">
+            <w:pPr>
+              <w:suppressAutoHyphens w:val="0"/>
+              <w:autoSpaceDN/>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:textAlignment w:val="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:color w:val="A6A6A6" w:themeColor="background1" w:themeShade="A6"/>
-              </w:rPr>
-[...42 lines deleted...]
-                <w:color w:val="A6A6A6" w:themeColor="background1" w:themeShade="A6"/>
+                <w:highlight w:val="yellow"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="0E93D195">
+            <w:r w:rsidRPr="009C4955">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
-              <w:t>CDG011. Cukura diabēta pacienti sadalījumā pa vecuma grupām un statistiskajiem reģioniem;</w:t>
-[...16 lines deleted...]
-              <w:t>CDG013. Cukura diabēta pacientu sadalījums pēc klīnisko izmeklējumu rezultātiem;</w:t>
+              <w:t>NARK030. Pirmreizēji reģistrēto un gada laikā ārstēto pacientu skaits sadalījumā pa diagnožu grupām un reģioniem</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="008F6B2F" w:rsidRPr="00230624" w14:paraId="50265A8E" w14:textId="77777777" w:rsidTr="701B1D90">
+      <w:tr w:rsidR="005744EA" w:rsidRPr="00230624" w14:paraId="5B6BA9BC" w14:textId="77777777" w:rsidTr="7036884B">
         <w:trPr>
           <w:trHeight w:val="146"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="826" w:type="dxa"/>
-            <w:vMerge/>
-[...9 lines deleted...]
-            </w:pPr>
+          </w:tcPr>
+          <w:p w14:paraId="0CDE3425" w14:textId="77777777" w:rsidR="005744EA" w:rsidRPr="00230624" w:rsidRDefault="005744EA" w:rsidP="005744EA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0E93D195">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+              <w:t>5.2.3.</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3197" w:type="dxa"/>
-            <w:vMerge/>
-[...9 lines deleted...]
-            </w:pPr>
+          </w:tcPr>
+          <w:p w14:paraId="4383326D" w14:textId="77777777" w:rsidR="005744EA" w:rsidRPr="00230624" w:rsidRDefault="005744EA" w:rsidP="005744EA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0E93D195">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+              <w:t>psihiski un uzvedības traucējumi</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1823" w:type="dxa"/>
-            <w:vMerge/>
-[...10 lines deleted...]
-            </w:pPr>
+          </w:tcPr>
+          <w:p w14:paraId="1B326846" w14:textId="0FADFBF9" w:rsidR="005744EA" w:rsidRPr="001F01B0" w:rsidRDefault="00A3649E" w:rsidP="005744EA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+              <w:t>19., 20.</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1022" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="0BFEF346" w14:textId="41A61C55" w:rsidR="008F6B2F" w:rsidRPr="005D5AA8" w:rsidRDefault="1791CDFD" w:rsidP="0E93D195">
+          <w:p w14:paraId="116A5C2A" w14:textId="385FBAC8" w:rsidR="005744EA" w:rsidRPr="001F01B0" w:rsidRDefault="00593BA0" w:rsidP="005744EA">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
-                <w:color w:val="A6A6A6" w:themeColor="background1" w:themeShade="A6"/>
-[...12 lines deleted...]
-              <w:t>4</w:t>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001F01B0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+              <w:t>2025</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1725" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="4EC7895D" w14:textId="3FAB0C20" w:rsidR="008F6B2F" w:rsidRPr="005D5AA8" w:rsidRDefault="70E25D66" w:rsidP="0E93D195">
+          <w:p w14:paraId="1CD4D612" w14:textId="6B92AC14" w:rsidR="005744EA" w:rsidRPr="001F01B0" w:rsidRDefault="005744EA" w:rsidP="005744EA">
             <w:pPr>
               <w:suppressAutoHyphens w:val="0"/>
               <w:autoSpaceDN/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:textAlignment w:val="auto"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
-[...17 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001F01B0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+              <w:t>1</w:t>
+            </w:r>
+            <w:r w:rsidR="001F01B0" w:rsidRPr="001F01B0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+              <w:t>7</w:t>
+            </w:r>
+            <w:r w:rsidRPr="001F01B0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t>.07.202</w:t>
             </w:r>
-            <w:r w:rsidR="3C8DA41E" w:rsidRPr="0E93D195">
-[...9 lines deleted...]
-              <w:t>.</w:t>
+            <w:r w:rsidR="001F01B0" w:rsidRPr="001F01B0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+              <w:t>6.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5840" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="57ED92D2" w14:textId="1F04ECAA" w:rsidR="008F6B2F" w:rsidRPr="00305926" w:rsidRDefault="1791CDFD" w:rsidP="0E93D195">
-[...163 lines deleted...]
-          <w:p w14:paraId="33C47D29" w14:textId="5AC60014" w:rsidR="00024AA0" w:rsidRDefault="4B145CFD" w:rsidP="0E93D195">
+          <w:p w14:paraId="2C252B0F" w14:textId="77777777" w:rsidR="005744EA" w:rsidRPr="008C6344" w:rsidRDefault="005744EA" w:rsidP="005744EA">
             <w:pPr>
               <w:suppressAutoHyphens w:val="0"/>
               <w:autoSpaceDN/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:textAlignment w:val="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0E93D195">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
-              <w:t>15.04.2025.</w:t>
-[...100 lines deleted...]
-          <w:p w14:paraId="4636E176" w14:textId="5AF85FFD" w:rsidR="00024AA0" w:rsidRPr="00233444" w:rsidRDefault="0AACDB15" w:rsidP="0E93D195">
+              <w:t>PUT010. Pacientu ar psihiskiem un uzvedības traucējumiem sadalījums pa reģioniem un diagnožu grupām;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="1B7FAF3F" w14:textId="5DB1E0F6" w:rsidR="005744EA" w:rsidRPr="008C6344" w:rsidRDefault="005744EA" w:rsidP="005744EA">
             <w:pPr>
               <w:suppressAutoHyphens w:val="0"/>
               <w:autoSpaceDN/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:textAlignment w:val="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0E93D195">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
-              <w:t>30.09.2025.</w:t>
-[...154 lines deleted...]
-          <w:p w14:paraId="441B8384" w14:textId="2432382D" w:rsidR="00024AA0" w:rsidRDefault="0AACDB15" w:rsidP="0E93D195">
+              <w:t>PUT011. Pacientu ar psihiskiem un uzvedības traucējumiem sadalījums pa diagnozēm;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="28F1B2F8" w14:textId="0C72B8A4" w:rsidR="005744EA" w:rsidRPr="008C6344" w:rsidRDefault="005744EA" w:rsidP="005744EA">
             <w:pPr>
               <w:suppressAutoHyphens w:val="0"/>
               <w:autoSpaceDN/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:textAlignment w:val="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0E93D195">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
-              <w:t>30.09.2025.</w:t>
-[...24 lines deleted...]
-              <w:t>ONKO080.Vecuma standartizētie ļaundabīgu audzēju saslimstības rādītāji uz 100 000 iedzīvotāju</w:t>
+              <w:t>PUT012. Reģistrā uzņemto pacientu ar psihiskiem un uzvedības traucējumiem sadalījums pa dzimumiem, diagnožu un vecuma grupām</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="008F6B2F" w:rsidRPr="00230624" w14:paraId="64C24BAE" w14:textId="77777777" w:rsidTr="701B1D90">
+      <w:tr w:rsidR="005744EA" w:rsidRPr="00230624" w14:paraId="52CAFA20" w14:textId="77777777" w:rsidTr="7036884B">
         <w:trPr>
           <w:trHeight w:val="146"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="826" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
           </w:tcPr>
-          <w:p w14:paraId="7F4A73C8" w14:textId="77777777" w:rsidR="008F6B2F" w:rsidRPr="00230624" w:rsidRDefault="1791CDFD" w:rsidP="0E93D195">
-[...10 lines deleted...]
-              <w:t>5.2.2.</w:t>
+          <w:p w14:paraId="4C5B82BD" w14:textId="77777777" w:rsidR="005744EA" w:rsidRPr="00230624" w:rsidRDefault="005744EA" w:rsidP="005744EA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0E93D195">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+              <w:t>5.2.4.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3197" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
           </w:tcPr>
-          <w:p w14:paraId="6648C33A" w14:textId="77777777" w:rsidR="008F6B2F" w:rsidRPr="00230624" w:rsidRDefault="1791CDFD" w:rsidP="0E93D195">
-[...10 lines deleted...]
-              <w:t>psihiski un uzvedības traucējumi psihoaktīvo vielu lietošanas dēļ</w:t>
+          <w:p w14:paraId="6DB366A6" w14:textId="77777777" w:rsidR="005744EA" w:rsidRPr="00230624" w:rsidRDefault="005744EA" w:rsidP="005744EA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0E93D195">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+              <w:t>cukura diabēts</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1823" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="10A4EAC0" w14:textId="2E2B7AF8" w:rsidR="008F6B2F" w:rsidRPr="000618E8" w:rsidRDefault="1791CDFD" w:rsidP="0E93D195">
-[...19 lines deleted...]
-            <w:r w:rsidRPr="0E93D195">
+          <w:p w14:paraId="1675CDEB" w14:textId="7346F002" w:rsidR="005744EA" w:rsidRPr="000D1C1E" w:rsidRDefault="005744EA" w:rsidP="1D7B1303">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="808080" w:themeColor="background1" w:themeShade="80"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="1D7B1303">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+              <w:t>1</w:t>
+            </w:r>
+            <w:r w:rsidR="7E91DC04" w:rsidRPr="1D7B1303">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+              <w:t>7</w:t>
+            </w:r>
+            <w:r w:rsidRPr="1D7B1303">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
               </w:rPr>
               <w:t>.</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="107686C7" w14:textId="74367846" w:rsidR="008F6B2F" w:rsidRPr="000618E8" w:rsidRDefault="008F6B2F" w:rsidP="0E93D195">
-[...7 lines deleted...]
-          </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1022" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="323AF406" w14:textId="4863C14D" w:rsidR="008F6B2F" w:rsidRPr="00E97CE3" w:rsidRDefault="1791CDFD" w:rsidP="0E93D195">
+          <w:p w14:paraId="24DADC82" w14:textId="27903795" w:rsidR="005744EA" w:rsidRPr="000D1C1E" w:rsidRDefault="005744EA" w:rsidP="005744EA">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
-              </w:rPr>
-[...11 lines deleted...]
-              <w:t>4</w:t>
+                <w:color w:val="0D0D0D" w:themeColor="text1" w:themeTint="F2"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="01434970">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="0D0D0D" w:themeColor="text1" w:themeTint="F2"/>
+              </w:rPr>
+              <w:t>2025</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1725" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="1AB050EA" w14:textId="76FEE03F" w:rsidR="008F6B2F" w:rsidRPr="009A591D" w:rsidRDefault="1791CDFD" w:rsidP="0E93D195">
+          <w:p w14:paraId="5C498B0E" w14:textId="2B6EEECF" w:rsidR="005744EA" w:rsidRPr="000D1C1E" w:rsidRDefault="005744EA" w:rsidP="005744EA">
             <w:pPr>
               <w:suppressAutoHyphens w:val="0"/>
               <w:autoSpaceDN/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:textAlignment w:val="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="0D0D0D" w:themeColor="text1" w:themeTint="F2"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="0E93D195">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+            <w:r w:rsidRPr="01434970">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="0D0D0D" w:themeColor="text1" w:themeTint="F2"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
-              <w:t>2</w:t>
-[...3 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+              <w:t>24.07.2026.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5840" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="0C686FC1" w14:textId="77777777" w:rsidR="005744EA" w:rsidRPr="00AA1718" w:rsidRDefault="005744EA" w:rsidP="005744EA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="A6A6A6" w:themeColor="background1" w:themeShade="A6"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
-              <w:t>5</w:t>
-            </w:r>
+            </w:pPr>
             <w:r w:rsidRPr="0E93D195">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
-              <w:t>.07.202</w:t>
-[...21 lines deleted...]
-          <w:p w14:paraId="791CE677" w14:textId="77777777" w:rsidR="008F6B2F" w:rsidRPr="00275515" w:rsidRDefault="1791CDFD" w:rsidP="0E93D195">
+              <w:t>CDG010. Cukura diabēta pacienti sadalījumā pa cukura diabēta tipiem un reģioniem;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="1D940686" w14:textId="06A2EB81" w:rsidR="005744EA" w:rsidRPr="00AA1718" w:rsidRDefault="005744EA" w:rsidP="005744EA">
             <w:pPr>
               <w:suppressAutoHyphens w:val="0"/>
               <w:autoSpaceDN/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:textAlignment w:val="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:color w:val="A6A6A6" w:themeColor="background1" w:themeShade="A6"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0E93D195">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
-              <w:t>NARK030. Pirmreizēji reģistrēto un gada laikā ārstēto pacientu skaits sadalījumā pa diagnožu grupām un reģioniem</w:t>
+              <w:t>CDG015. Cukura diabēta pacienti sadalījumā pa cukura diabēta tipiem, dzimumiem un vecuma grupām.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="008F6B2F" w:rsidRPr="00230624" w14:paraId="4B8DE098" w14:textId="77777777" w:rsidTr="701B1D90">
+      <w:tr w:rsidR="005744EA" w:rsidRPr="00230624" w14:paraId="1F73B6E2" w14:textId="77777777" w:rsidTr="7036884B">
         <w:trPr>
-          <w:trHeight w:val="573"/>
+          <w:trHeight w:val="837"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="826" w:type="dxa"/>
             <w:vMerge/>
           </w:tcPr>
-          <w:p w14:paraId="08140C9D" w14:textId="77777777" w:rsidR="008F6B2F" w:rsidRDefault="008F6B2F" w:rsidP="008F6B2F">
+          <w:p w14:paraId="7A880D43" w14:textId="77777777" w:rsidR="005744EA" w:rsidRDefault="005744EA" w:rsidP="005744EA">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3197" w:type="dxa"/>
             <w:vMerge/>
           </w:tcPr>
-          <w:p w14:paraId="0434AAE5" w14:textId="77777777" w:rsidR="008F6B2F" w:rsidRPr="00230624" w:rsidRDefault="008F6B2F" w:rsidP="008F6B2F">
+          <w:p w14:paraId="5071BE5F" w14:textId="77777777" w:rsidR="005744EA" w:rsidRPr="00230624" w:rsidRDefault="005744EA" w:rsidP="005744EA">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1823" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="738CCE15" w14:textId="4D9C9C1A" w:rsidR="008F6B2F" w:rsidRPr="000618E8" w:rsidRDefault="1791CDFD" w:rsidP="0E93D195">
-[...19 lines deleted...]
-            <w:r w:rsidRPr="0E93D195">
+          <w:p w14:paraId="36A1263E" w14:textId="428B87D6" w:rsidR="005744EA" w:rsidRPr="000D1C1E" w:rsidRDefault="005744EA" w:rsidP="1D7B1303">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="808080" w:themeColor="background1" w:themeShade="80"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="1D7B1303">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+              <w:t>1</w:t>
+            </w:r>
+            <w:r w:rsidR="1A8021DE" w:rsidRPr="1D7B1303">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+              <w:t>8</w:t>
+            </w:r>
+            <w:r w:rsidRPr="1D7B1303">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
               </w:rPr>
               <w:t>.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1022" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="7BCAF2FD" w14:textId="7BD07C1B" w:rsidR="008F6B2F" w:rsidRPr="003C5917" w:rsidRDefault="04B2FDE9" w:rsidP="0E93D195">
+          <w:p w14:paraId="5F44E94B" w14:textId="55869F5D" w:rsidR="005744EA" w:rsidRPr="000D1C1E" w:rsidRDefault="005744EA" w:rsidP="005744EA">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
-              </w:rPr>
-[...11 lines deleted...]
-              <w:t>4</w:t>
+                <w:color w:val="0D0D0D" w:themeColor="text1" w:themeTint="F2"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="01434970">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="0D0D0D" w:themeColor="text1" w:themeTint="F2"/>
+              </w:rPr>
+              <w:t>2025</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1725" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="33D8BB63" w14:textId="76D920BB" w:rsidR="008F6B2F" w:rsidRDefault="1791CDFD" w:rsidP="0E93D195">
+          <w:p w14:paraId="71B6DB1A" w14:textId="100AE043" w:rsidR="005744EA" w:rsidRPr="000D1C1E" w:rsidRDefault="005744EA" w:rsidP="005744EA">
             <w:pPr>
               <w:suppressAutoHyphens w:val="0"/>
               <w:autoSpaceDN/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:textAlignment w:val="auto"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
-[...4 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="0D0D0D" w:themeColor="text1" w:themeTint="F2"/>
+                <w:highlight w:val="yellow"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
-              <w:t>2</w:t>
-[...3 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+            </w:pPr>
+            <w:r w:rsidRPr="01434970">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="0D0D0D" w:themeColor="text1" w:themeTint="F2"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
-              <w:t>5</w:t>
-[...20 lines deleted...]
-              <w:t>.</w:t>
+              <w:t>24.07.2026.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5840" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="1C9998F6" w14:textId="392D7CF1" w:rsidR="008F6B2F" w:rsidRPr="00275515" w:rsidRDefault="1791CDFD" w:rsidP="0E93D195">
-[...4 lines deleted...]
-              <w:textAlignment w:val="auto"/>
+          <w:p w14:paraId="5204B35E" w14:textId="77777777" w:rsidR="005744EA" w:rsidRPr="00AA1718" w:rsidRDefault="005744EA" w:rsidP="005744EA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:color w:val="A6A6A6" w:themeColor="background1" w:themeShade="A6"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0E93D195">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
-              <w:t>NARK030. Pirmreizēji reģistrēto un gada laikā ārstēto pacientu skaits sadalījumā pa diagnožu grupām un reģioniem</w:t>
+              <w:t>CDG010. Cukura diabēta pacienti sadalījumā pa cukura diabēta tipiem un reģioniem;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="0F007420" w14:textId="77A20705" w:rsidR="005744EA" w:rsidRPr="00AA1718" w:rsidRDefault="005744EA" w:rsidP="005744EA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="A6A6A6" w:themeColor="background1" w:themeShade="A6"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0E93D195">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+              <w:t>CDG015. Cukura diabēta pacienti sadalījumā pa cukura diabēta tipiem, dzimumiem un vecuma grupām</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="008F6B2F" w:rsidRPr="00230624" w14:paraId="5B6BA9BC" w14:textId="77777777" w:rsidTr="701B1D90">
+      <w:tr w:rsidR="252F5EFD" w14:paraId="32895EF2" w14:textId="77777777" w:rsidTr="7036884B">
+        <w:trPr>
+          <w:trHeight w:val="837"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="826" w:type="dxa"/>
+            <w:vMerge/>
+          </w:tcPr>
+          <w:p w14:paraId="534EADA2" w14:textId="77777777" w:rsidR="0067056B" w:rsidRDefault="0067056B"/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3197" w:type="dxa"/>
+            <w:vMerge/>
+          </w:tcPr>
+          <w:p w14:paraId="076B73C2" w14:textId="77777777" w:rsidR="0067056B" w:rsidRDefault="0067056B"/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1823" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="1CBAF4DC" w14:textId="06039274" w:rsidR="518AC16B" w:rsidRDefault="518AC16B" w:rsidP="252F5EFD">
+            <w:pPr>
+              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="252F5EFD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+              <w:t>-</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1022" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="1E14BF51" w14:textId="7DE0DD02" w:rsidR="518AC16B" w:rsidRDefault="518AC16B" w:rsidP="252F5EFD">
+            <w:pPr>
+              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="0D0D0D" w:themeColor="text1" w:themeTint="F2"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="252F5EFD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="0D0D0D" w:themeColor="text1" w:themeTint="F2"/>
+              </w:rPr>
+              <w:t>2025</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1725" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="1B3A31F7" w14:textId="79CF69B8" w:rsidR="518AC16B" w:rsidRDefault="518AC16B" w:rsidP="252F5EFD">
+            <w:pPr>
+              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="0D0D0D" w:themeColor="text1" w:themeTint="F2"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="252F5EFD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="0D0D0D" w:themeColor="text1" w:themeTint="F2"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+              <w:t>24.07.2026.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5840" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="56F8EB2B" w14:textId="1E8DF6D1" w:rsidR="518AC16B" w:rsidRDefault="518AC16B" w:rsidP="252F5EFD">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="A6A6A6" w:themeColor="background1" w:themeShade="A6"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="252F5EFD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+              <w:t>CDG011. Cukura diabēta pacienti sadalījumā pa vecuma grupām un statistiskajiem reģioniem</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="005744EA" w:rsidRPr="00230624" w14:paraId="7637E520" w14:textId="77777777" w:rsidTr="7036884B">
         <w:trPr>
           <w:trHeight w:val="146"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="826" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="0CDE3425" w14:textId="77777777" w:rsidR="008F6B2F" w:rsidRPr="00230624" w:rsidRDefault="1791CDFD" w:rsidP="0E93D195">
-[...41 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:p w14:paraId="4FEA8759" w14:textId="77777777" w:rsidR="005744EA" w:rsidRPr="00230624" w:rsidRDefault="005744EA" w:rsidP="005744EA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0E93D195">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t>6.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="13607" w:type="dxa"/>
+            <w:gridSpan w:val="5"/>
+          </w:tcPr>
+          <w:p w14:paraId="7357467B" w14:textId="4ADEBB4D" w:rsidR="005744EA" w:rsidRPr="000618E8" w:rsidRDefault="243D096B" w:rsidP="005744EA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="0E93D195">
-[...149 lines deleted...]
-              <w:t>PUT012. Reģistrā uzņemto pacientu ar psihiskiem un uzvedības traucējumiem sadalījums pa dzimumiem, diagnožu un vecuma grupām</w:t>
+            <w:r w:rsidRPr="1669C32D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">8.8. </w:t>
+            </w:r>
+            <w:r w:rsidR="005744EA" w:rsidRPr="1669C32D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+              <w:t>Traumu, ievainojumu un saindēšanās gadījumu skaits</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="008F6B2F" w:rsidRPr="00230624" w14:paraId="52CAFA20" w14:textId="77777777" w:rsidTr="701B1D90">
+      <w:tr w:rsidR="005744EA" w:rsidRPr="00230624" w14:paraId="0BC7A1EE" w14:textId="77777777" w:rsidTr="7036884B">
         <w:trPr>
           <w:trHeight w:val="146"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="826" w:type="dxa"/>
-            <w:vMerge w:val="restart"/>
-[...12 lines deleted...]
-              <w:t>5.2.4.</w:t>
+          </w:tcPr>
+          <w:p w14:paraId="595DF3FC" w14:textId="77777777" w:rsidR="005744EA" w:rsidRPr="00230624" w:rsidRDefault="005744EA" w:rsidP="005744EA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0E93D195">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+              <w:t>6.1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3197" w:type="dxa"/>
-            <w:vMerge w:val="restart"/>
-[...12 lines deleted...]
-              <w:t>cukura diabēts</w:t>
+          </w:tcPr>
+          <w:p w14:paraId="0465F207" w14:textId="77777777" w:rsidR="005744EA" w:rsidRPr="00230624" w:rsidRDefault="005744EA" w:rsidP="005744EA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0E93D195">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+              <w:t>Traumu, ievainojumu un saindēšanās gadījumu skaits (absolūtos skaitļos, īpatsvars %)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1823" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="1675CDEB" w14:textId="2E13A65D" w:rsidR="008F6B2F" w:rsidRPr="000618E8" w:rsidRDefault="1F2EBA3E" w:rsidP="0E93D195">
-[...19 lines deleted...]
-              <w:t>.</w:t>
+          <w:p w14:paraId="5602A419" w14:textId="5B1E30E5" w:rsidR="005744EA" w:rsidRPr="000D1C1E" w:rsidRDefault="19BAF721" w:rsidP="264B7FB7">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="264B7FB7">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+              <w:t>29</w:t>
+            </w:r>
+            <w:r w:rsidR="1DA826DF" w:rsidRPr="264B7FB7">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+              <w:t>.,3</w:t>
+            </w:r>
+            <w:r w:rsidR="280AF4A2" w:rsidRPr="264B7FB7">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+              <w:t>1.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1022" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="24DADC82" w14:textId="7BB0E5EE" w:rsidR="008F6B2F" w:rsidRPr="00230624" w:rsidRDefault="1791CDFD" w:rsidP="0E93D195">
+          <w:p w14:paraId="40720E70" w14:textId="02A575A3" w:rsidR="005744EA" w:rsidRPr="000D1C1E" w:rsidRDefault="005744EA" w:rsidP="005744EA">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
-              </w:rPr>
-[...11 lines deleted...]
-              <w:t>4</w:t>
+                <w:color w:val="808080" w:themeColor="background1" w:themeShade="80"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0CEC6029">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+              <w:t>2025</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1725" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="5C498B0E" w14:textId="6678D4A5" w:rsidR="008F6B2F" w:rsidRPr="008036E8" w:rsidRDefault="1791CDFD" w:rsidP="0E93D195">
-[...43 lines deleted...]
-              <w:t>.</w:t>
+          <w:p w14:paraId="60494E0A" w14:textId="1128E07C" w:rsidR="005744EA" w:rsidRPr="000D1C1E" w:rsidRDefault="005744EA" w:rsidP="005744EA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="808080" w:themeColor="background1" w:themeShade="80"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="087C3157">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+              <w:t>25.07.2026.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5840" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="0C686FC1" w14:textId="77777777" w:rsidR="008F6B2F" w:rsidRPr="00AA1718" w:rsidRDefault="1791CDFD" w:rsidP="0E93D195">
-[...3 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:p w14:paraId="7743BF47" w14:textId="77777777" w:rsidR="005744EA" w:rsidRPr="00275515" w:rsidRDefault="005744EA" w:rsidP="005744EA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:color w:val="A6A6A6" w:themeColor="background1" w:themeShade="A6"/>
-                <w:lang w:eastAsia="lv-LV"/>
-[...17 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0E93D195">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+              <w:t xml:space="preserve">TRAU010. Reģistrēto traumu gadījumu skaits pa dzimumiem un vecumgrupām; </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="7D0E0B56" w14:textId="77777777" w:rsidR="005744EA" w:rsidRPr="00275515" w:rsidRDefault="005744EA" w:rsidP="005744EA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:color w:val="A6A6A6" w:themeColor="background1" w:themeShade="A6"/>
-                <w:lang w:eastAsia="lv-LV"/>
-[...7 lines deleted...]
-              <w:t>CDG015. Cukura diabēta pacienti sadalījumā pa cukura diabēta tipiem, dzimumiem un vecuma grupām.</w:t>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0E93D195">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+              <w:t>TRAU020. Reģistrēto ievainojumu skaits sadalījumā pēc ievainojuma veida, dzimuma un vecuma grupām;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="1ED5EEE3" w14:textId="77777777" w:rsidR="005744EA" w:rsidRPr="00275515" w:rsidRDefault="005744EA" w:rsidP="005744EA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="A6A6A6" w:themeColor="background1" w:themeShade="A6"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0E93D195">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+              <w:t>TRAU030. Reģistrētais traumu gadījumu skaits pēc nolūka;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="103A2BB2" w14:textId="77777777" w:rsidR="005744EA" w:rsidRPr="00275515" w:rsidRDefault="005744EA" w:rsidP="005744EA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="A6A6A6" w:themeColor="background1" w:themeShade="A6"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0E93D195">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+              <w:t>TRAU040. Reģistrēto traumu gadījumu skaits pēc norises vietas;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="22AB0C1B" w14:textId="77777777" w:rsidR="005744EA" w:rsidRPr="00275515" w:rsidRDefault="005744EA" w:rsidP="005744EA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="A6A6A6" w:themeColor="background1" w:themeShade="A6"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0E93D195">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+              <w:t>TRAU050. Reģistrēto traumu gadījumu skaits vardarbībā cietušajām personām;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="16FC2361" w14:textId="6AF9DFFB" w:rsidR="005744EA" w:rsidRPr="00275515" w:rsidRDefault="005744EA" w:rsidP="005744EA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0E93D195">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+              <w:t>TRAU060. Reģistrēto traumu gadījumu skaits sadalījumā pēc vainīgā dzimuma un saistības ar cietušo;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="50168A62" w14:textId="2B34E56C" w:rsidR="005744EA" w:rsidRPr="00921174" w:rsidRDefault="005744EA" w:rsidP="005744EA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="A6A6A6" w:themeColor="background1" w:themeShade="A6"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="40651CE1">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+              <w:t>TRAU070. Reģistrēto ievainojumu un saindēšanās gadījumu īpatsvars pēc traumas gūšanas mehānisma un vecuma grupas</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="008F6B2F" w:rsidRPr="00230624" w14:paraId="1F73B6E2" w14:textId="77777777" w:rsidTr="701B1D90">
-[...182 lines deleted...]
-      <w:tr w:rsidR="008F6B2F" w:rsidRPr="00230624" w14:paraId="7637E520" w14:textId="77777777" w:rsidTr="701B1D90">
+      <w:tr w:rsidR="005744EA" w:rsidRPr="00230624" w14:paraId="4DF8B279" w14:textId="77777777" w:rsidTr="7036884B">
         <w:trPr>
           <w:trHeight w:val="146"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="826" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="4FEA8759" w14:textId="77777777" w:rsidR="008F6B2F" w:rsidRPr="00230624" w:rsidRDefault="1791CDFD" w:rsidP="0E93D195">
+          <w:p w14:paraId="049BD027" w14:textId="77777777" w:rsidR="005744EA" w:rsidRPr="00230624" w:rsidRDefault="005744EA" w:rsidP="005744EA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0E93D195">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+              <w:t>6.2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3197" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="688D0D7B" w14:textId="77777777" w:rsidR="005744EA" w:rsidRPr="00230624" w:rsidRDefault="005744EA" w:rsidP="005744EA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0E93D195">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+              <w:t>Traumu, ievainojumu un saindēšanās gadījumu skaits (uz 100 000 iedzīvotāju)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1823" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="064B130F" w14:textId="0BB5DC7F" w:rsidR="005744EA" w:rsidRPr="000D1C1E" w:rsidRDefault="39839992" w:rsidP="264B7FB7">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="264B7FB7">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+              <w:t>30.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1022" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="342F7780" w14:textId="0B896BA7" w:rsidR="005744EA" w:rsidRPr="000D1C1E" w:rsidRDefault="005744EA" w:rsidP="005744EA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0440D9C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+              <w:t>2025</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1725" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="1C0842AB" w14:textId="7F3629B8" w:rsidR="005744EA" w:rsidRPr="000D1C1E" w:rsidRDefault="005744EA" w:rsidP="005744EA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="808080" w:themeColor="background1" w:themeShade="80"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="5B04EE4B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+              <w:t>25.07.2026</w:t>
+            </w:r>
+            <w:r w:rsidRPr="000D1C1E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="808080" w:themeColor="background1" w:themeShade="80"/>
+              </w:rPr>
+              <w:t>.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5840" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="03F25372" w14:textId="77777777" w:rsidR="005744EA" w:rsidRPr="00275515" w:rsidRDefault="005744EA" w:rsidP="005744EA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="A6A6A6" w:themeColor="background1" w:themeShade="A6"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0E93D195">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+              <w:t>TRAU010. Reģistrēto traumu gadījumu skaits pa dzimumiem un vecumgrupām;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="0277EE2C" w14:textId="77777777" w:rsidR="005744EA" w:rsidRPr="00921174" w:rsidRDefault="005744EA" w:rsidP="005744EA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="A6A6A6" w:themeColor="background1" w:themeShade="A6"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0E93D195">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+              <w:t>TRAU050. Reģistrēto traumu gadījumu skaits vardarbībā cietušajām personām</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="005744EA" w:rsidRPr="00230624" w14:paraId="1F4302A7" w14:textId="77777777" w:rsidTr="7036884B">
+        <w:trPr>
+          <w:trHeight w:val="439"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="826" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="58E3B768" w14:textId="77777777" w:rsidR="005744EA" w:rsidRPr="00230624" w:rsidRDefault="005744EA" w:rsidP="005744EA">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0E93D195">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
-              <w:t>6.</w:t>
+              <w:t>7.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="13607" w:type="dxa"/>
             <w:gridSpan w:val="5"/>
           </w:tcPr>
-          <w:p w14:paraId="7357467B" w14:textId="77777777" w:rsidR="008F6B2F" w:rsidRPr="000618E8" w:rsidRDefault="1791CDFD" w:rsidP="0E93D195">
+          <w:p w14:paraId="32FFED65" w14:textId="21AFCA33" w:rsidR="005744EA" w:rsidRPr="000618E8" w:rsidRDefault="005744EA" w:rsidP="005744EA">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="0E93D195">
+            <w:r w:rsidRPr="1D7B1303">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
-              <w:t>Traumu, ievainojumu un saindēšanās gadījumu skaits</w:t>
+              <w:t>8.</w:t>
+            </w:r>
+            <w:r w:rsidR="7EC792F1" w:rsidRPr="1D7B1303">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+              <w:t>9</w:t>
+            </w:r>
+            <w:r w:rsidRPr="1D7B1303">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+              <w:t>. Stacionārā medicīniskā palīdzība</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="008F6B2F" w:rsidRPr="00230624" w14:paraId="0BC7A1EE" w14:textId="77777777" w:rsidTr="701B1D90">
+      <w:tr w:rsidR="00107995" w:rsidRPr="00230624" w14:paraId="31F6E2FF" w14:textId="77777777" w:rsidTr="006F646A">
+        <w:trPr>
+          <w:trHeight w:val="679"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="826" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+          </w:tcPr>
+          <w:p w14:paraId="21E27668" w14:textId="0EA056CB" w:rsidR="00107995" w:rsidRPr="00230624" w:rsidRDefault="00107995" w:rsidP="005744EA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0E93D195">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+              <w:t>7.1.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3197" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+          </w:tcPr>
+          <w:p w14:paraId="07E535CC" w14:textId="3C0C5D29" w:rsidR="00107995" w:rsidRPr="00230624" w:rsidRDefault="00107995" w:rsidP="005744EA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0E93D195">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Statistikas dati par hospitalizāciju un hospitalizācijas dienu skaitu (absolūtos skaitļos), vidējo </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="0E93D195">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+              <w:t>gultdienu</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="0E93D195">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> skaitu un gultu noslogojumu, gultas apriti (aprēķini)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1823" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+          </w:tcPr>
+          <w:p w14:paraId="4265425B" w14:textId="4F8F63F5" w:rsidR="00107995" w:rsidRDefault="00107995" w:rsidP="005744EA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="808080" w:themeColor="background1" w:themeShade="80"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="1F59E362">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+              <w:t>3</w:t>
+            </w:r>
+            <w:r w:rsidR="752FE715" w:rsidRPr="1F59E362">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+              <w:t>2</w:t>
+            </w:r>
+            <w:r w:rsidRPr="1F59E362">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+              <w:t>.-3</w:t>
+            </w:r>
+            <w:r w:rsidR="57D3549B" w:rsidRPr="1F59E362">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+              <w:t>6</w:t>
+            </w:r>
+            <w:r w:rsidRPr="006F646A">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+              <w:t xml:space="preserve">., </w:t>
+            </w:r>
+            <w:r w:rsidR="006F646A" w:rsidRPr="006F646A">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+              <w:t>38.-41</w:t>
+            </w:r>
+            <w:r w:rsidRPr="006F646A">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="7F4D878E" w14:textId="3C046155" w:rsidR="00107995" w:rsidRPr="000D1C1E" w:rsidRDefault="00107995" w:rsidP="005744EA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="808080" w:themeColor="background1" w:themeShade="80"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1022" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+          </w:tcPr>
+          <w:p w14:paraId="5C56587B" w14:textId="4324DB58" w:rsidR="00107995" w:rsidRPr="000D1C1E" w:rsidRDefault="00107995" w:rsidP="005744EA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="808080" w:themeColor="background1" w:themeShade="80"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="665CE9A6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+              <w:t>2025</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1725" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="778D574C" w14:textId="5EF44580" w:rsidR="00107995" w:rsidRPr="000D1C1E" w:rsidRDefault="00107995" w:rsidP="005744EA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="808080" w:themeColor="background1" w:themeShade="80"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="665CE9A6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+              <w:t>25.09.2026.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5840" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="045AFF0A" w14:textId="5AAE768C" w:rsidR="00107995" w:rsidRPr="00B82716" w:rsidRDefault="00107995" w:rsidP="005744EA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="FF1111"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0E93D195">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+              <w:t>STAC060. Stacionāru gultu izmantošanas rādītāji sadalījumā pa reģioniem pēc pakļautības veida</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00107995" w:rsidRPr="00230624" w14:paraId="079ABBAE" w14:textId="77777777" w:rsidTr="7036884B">
+        <w:trPr>
+          <w:trHeight w:val="690"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="826" w:type="dxa"/>
+            <w:vMerge/>
+          </w:tcPr>
+          <w:p w14:paraId="6A84AF0A" w14:textId="77777777" w:rsidR="00107995" w:rsidRPr="00230624" w:rsidRDefault="00107995" w:rsidP="005744EA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3197" w:type="dxa"/>
+            <w:vMerge/>
+          </w:tcPr>
+          <w:p w14:paraId="7F3BFC5B" w14:textId="77777777" w:rsidR="00107995" w:rsidRPr="00230624" w:rsidRDefault="00107995" w:rsidP="005744EA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1823" w:type="dxa"/>
+            <w:vMerge/>
+          </w:tcPr>
+          <w:p w14:paraId="3B4D2B37" w14:textId="77777777" w:rsidR="00107995" w:rsidRPr="000D1C1E" w:rsidRDefault="00107995" w:rsidP="005744EA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="808080" w:themeColor="background1" w:themeShade="80"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1022" w:type="dxa"/>
+            <w:vMerge/>
+          </w:tcPr>
+          <w:p w14:paraId="1A7FB613" w14:textId="77777777" w:rsidR="00107995" w:rsidRPr="000D1C1E" w:rsidRDefault="00107995" w:rsidP="005744EA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="808080" w:themeColor="background1" w:themeShade="80"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1725" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="3078A941" w14:textId="445B704B" w:rsidR="00107995" w:rsidRPr="000D1C1E" w:rsidRDefault="00107995" w:rsidP="005744EA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="0D0D0D" w:themeColor="text1" w:themeTint="F2"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="3AC37243">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="0D0D0D" w:themeColor="text1" w:themeTint="F2"/>
+              </w:rPr>
+              <w:t>30.10.2026.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5840" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="004C6782" w14:textId="10E51AF7" w:rsidR="00107995" w:rsidRPr="005510A9" w:rsidRDefault="00107995" w:rsidP="1D7B1303">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="252F5EFD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+              <w:t xml:space="preserve">STAC016. Pacientu ar psihiskiem un uzvedības traucējumiem </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="252F5EFD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+              <w:t>psihoaktīvo</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="252F5EFD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> vielu lietošanas dēļ skaits stacionārā;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="2001FEDA" w14:textId="0E2B8A6C" w:rsidR="00107995" w:rsidRPr="005510A9" w:rsidRDefault="00107995" w:rsidP="005744EA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="A6A6A6" w:themeColor="background1" w:themeShade="A6"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0E93D195">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+              <w:t>STAC017. Pacientu ar psihiskiem un uzvedības traucējumiem skaits stacionārā</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="005744EA" w:rsidRPr="00230624" w14:paraId="1F1A7222" w14:textId="77777777" w:rsidTr="7036884B">
         <w:trPr>
           <w:trHeight w:val="146"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="826" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="595DF3FC" w14:textId="77777777" w:rsidR="008F6B2F" w:rsidRPr="00230624" w:rsidRDefault="1791CDFD" w:rsidP="0E93D195">
-[...10 lines deleted...]
-              <w:t>6.1</w:t>
+          <w:p w14:paraId="2A3EB9C6" w14:textId="77777777" w:rsidR="005744EA" w:rsidRPr="00230624" w:rsidRDefault="005744EA" w:rsidP="005744EA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0E93D195">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+              <w:t>7.2.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3197" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="0465F207" w14:textId="77777777" w:rsidR="008F6B2F" w:rsidRPr="00230624" w:rsidRDefault="1791CDFD" w:rsidP="0E93D195">
-[...10 lines deleted...]
-              <w:t>Traumu, ievainojumu un saindēšanās gadījumu skaits (absolūtos skaitļos, īpatsvars %)</w:t>
+          <w:p w14:paraId="4369BA2B" w14:textId="77777777" w:rsidR="005744EA" w:rsidRPr="00230624" w:rsidRDefault="005744EA" w:rsidP="005744EA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="1F59E362">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+              <w:t>Statistikas dati par hospitalizāciju un hospitalizācijas dienu skaitu (uz 100 iedzīvotājiem)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1823" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="5602A419" w14:textId="775A98D4" w:rsidR="008F6B2F" w:rsidRPr="000618E8" w:rsidRDefault="42BF8810" w:rsidP="0E93D195">
+          <w:p w14:paraId="4A17EA46" w14:textId="383D7141" w:rsidR="005744EA" w:rsidRPr="00250AFA" w:rsidRDefault="748EF87E" w:rsidP="1F59E362">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="808080" w:themeColor="background1" w:themeShade="80"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="1F59E362">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+              <w:t>3</w:t>
+            </w:r>
+            <w:r w:rsidR="23B59D2F" w:rsidRPr="1F59E362">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+              <w:t>5</w:t>
+            </w:r>
+            <w:r w:rsidRPr="1F59E362">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+              <w:t>.-3</w:t>
+            </w:r>
+            <w:r w:rsidR="0944542E" w:rsidRPr="1F59E362">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+              <w:t>6</w:t>
+            </w:r>
+            <w:r w:rsidRPr="1F59E362">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+              <w:t>.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1022" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="1283536D" w14:textId="7A1121B7" w:rsidR="005744EA" w:rsidRPr="000D1C1E" w:rsidRDefault="005744EA" w:rsidP="005744EA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="808080" w:themeColor="background1" w:themeShade="80"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="3CBB451D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+              <w:t>2025</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1725" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="532447D3" w14:textId="410DEBEB" w:rsidR="005744EA" w:rsidRPr="000D1C1E" w:rsidRDefault="005744EA" w:rsidP="005744EA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="808080" w:themeColor="background1" w:themeShade="80"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="3CBB451D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+              <w:t>25.09.2026.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5840" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="31E45194" w14:textId="77777777" w:rsidR="005744EA" w:rsidRPr="00275515" w:rsidRDefault="005744EA" w:rsidP="005744EA">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:color w:val="A6A6A6" w:themeColor="background1" w:themeShade="A6"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="40651CE1">
+            <w:r w:rsidRPr="0E93D195">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+              <w:t>STAC060. Stacionāru gultu izmantošanas rādītāji sadalījumā pa reģioniem pēc pakļautības veida</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="005744EA" w:rsidRPr="00230624" w14:paraId="7AFA42A6" w14:textId="77777777" w:rsidTr="7036884B">
+        <w:trPr>
+          <w:trHeight w:val="1010"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="826" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="5499543F" w14:textId="77777777" w:rsidR="005744EA" w:rsidRPr="00230624" w:rsidRDefault="005744EA" w:rsidP="005744EA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0E93D195">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+              <w:t>7.3.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3197" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="1941E32F" w14:textId="77777777" w:rsidR="005744EA" w:rsidRPr="00230624" w:rsidRDefault="005744EA" w:rsidP="005744EA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0E93D195">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Statistikas dati par vidējo </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="0E93D195">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+              <w:t>gultdienu</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="0E93D195">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> skaitu un gultu noslogojumu, gultas apriti (aprēķini)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1823" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="0FB543F1" w14:textId="100C95F6" w:rsidR="005744EA" w:rsidRPr="00250AFA" w:rsidRDefault="748EF87E" w:rsidP="1F59E362">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="808080" w:themeColor="background1" w:themeShade="80"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="1F59E362">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
               </w:rPr>
               <w:t>3</w:t>
             </w:r>
-            <w:r w:rsidR="59AD5E84" w:rsidRPr="40651CE1">
-[...17 lines deleted...]
-            <w:r w:rsidRPr="40651CE1">
+            <w:r w:rsidR="6F71D684" w:rsidRPr="1F59E362">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+              <w:t>2</w:t>
+            </w:r>
+            <w:r w:rsidRPr="1F59E362">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+              <w:t>.-3</w:t>
+            </w:r>
+            <w:r w:rsidR="2E26FBD4" w:rsidRPr="1F59E362">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+              <w:t>4</w:t>
+            </w:r>
+            <w:r w:rsidRPr="1F59E362">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+              <w:t>.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1022" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="37FC1B11" w14:textId="25F1A9BB" w:rsidR="005744EA" w:rsidRPr="000D1C1E" w:rsidRDefault="005744EA" w:rsidP="005744EA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="808080" w:themeColor="background1" w:themeShade="80"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="2A976E13">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+              <w:t>2025</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1725" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="5DA71C96" w14:textId="09E8E87A" w:rsidR="005744EA" w:rsidRPr="000D1C1E" w:rsidRDefault="005744EA" w:rsidP="005744EA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="808080" w:themeColor="background1" w:themeShade="80"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="2A976E13">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+              <w:t>25.09.2026.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5840" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="6F009648" w14:textId="77777777" w:rsidR="005744EA" w:rsidRPr="00275515" w:rsidRDefault="005744EA" w:rsidP="005744EA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:color w:val="A6A6A6" w:themeColor="background1" w:themeShade="A6"/>
               </w:rPr>
-              <w:t>.</w:t>
-[...1 lines deleted...]
-            <w:r w:rsidR="7E3CB5AD" w:rsidRPr="40651CE1">
+            </w:pPr>
+            <w:r w:rsidRPr="0E93D195">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+              <w:t>STAC050. Stacionāra gultu fonda izmantošanas kopsavilkums pa profiliem;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="5EB28F48" w14:textId="2968134D" w:rsidR="005744EA" w:rsidRPr="00275515" w:rsidRDefault="005744EA" w:rsidP="005744EA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0E93D195">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+              <w:t>STAC060. Stacionāru gultu izmantošanas rādītāji sadalījumā pa reģioniem pēc pakļautības veida;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="049248AA" w14:textId="13F690B4" w:rsidR="005744EA" w:rsidRPr="00275515" w:rsidRDefault="005744EA" w:rsidP="005744EA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:color w:val="A6A6A6" w:themeColor="background1" w:themeShade="A6"/>
               </w:rPr>
-              <w:t xml:space="preserve"> </w:t>
-[...173 lines deleted...]
-              <w:t>TRAU070. Reģistrēto ievainojumu un saindēšanās gadījumu īpatsvars pēc traumas gūšanas mehānisma un vecuma grupas</w:t>
+            </w:pPr>
+            <w:r w:rsidRPr="0E93D195">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+              <w:t>STAC070. Gultu profili, gultu skaits, rādītāji</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="008F6B2F" w:rsidRPr="00230624" w14:paraId="4DF8B279" w14:textId="77777777" w:rsidTr="701B1D90">
+      <w:tr w:rsidR="005744EA" w:rsidRPr="00230624" w14:paraId="700B5A9C" w14:textId="77777777" w:rsidTr="7036884B">
         <w:trPr>
           <w:trHeight w:val="146"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="826" w:type="dxa"/>
-          </w:tcPr>
-[...218 lines deleted...]
-            <w:tcW w:w="826" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
           </w:tcPr>
-          <w:p w14:paraId="21E27668" w14:textId="0EA056CB" w:rsidR="009E1B38" w:rsidRPr="00230624" w:rsidRDefault="70EB9708" w:rsidP="0E93D195">
-[...10 lines deleted...]
-              <w:t>7.1.</w:t>
+          <w:p w14:paraId="6DDBD08A" w14:textId="77777777" w:rsidR="005744EA" w:rsidRPr="00230624" w:rsidRDefault="005744EA" w:rsidP="005744EA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0E93D195">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+              <w:t>7.4.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3197" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
           </w:tcPr>
-          <w:p w14:paraId="07E535CC" w14:textId="3C0C5D29" w:rsidR="009E1B38" w:rsidRPr="00230624" w:rsidRDefault="70EB9708" w:rsidP="0E93D195">
-[...10 lines deleted...]
-              <w:t>Statistikas dati par hospitalizāciju un hospitalizācijas dienu skaitu (absolūtos skaitļos), vidējo gultdienu skaitu un gultu noslogojumu, gultas apriti (aprēķini)</w:t>
+          <w:p w14:paraId="24DC3040" w14:textId="77777777" w:rsidR="005744EA" w:rsidRPr="00230624" w:rsidRDefault="005744EA" w:rsidP="005744EA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0E93D195">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+              <w:t>Statistikas dati par stacionāra darbību (absolūtos skaitļos)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1823" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
           </w:tcPr>
-          <w:p w14:paraId="7F4D878E" w14:textId="355DDB1F" w:rsidR="009E1B38" w:rsidRPr="00481F22" w:rsidRDefault="1D6D7A54" w:rsidP="0E93D195">
-[...12 lines deleted...]
-            <w:r w:rsidR="70EB9708" w:rsidRPr="0E93D195">
+          <w:p w14:paraId="08DD6F11" w14:textId="2BF2CDDD" w:rsidR="005744EA" w:rsidRPr="00250AFA" w:rsidRDefault="4388B55F" w:rsidP="7036884B">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="7036884B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+              <w:t>37</w:t>
+            </w:r>
+            <w:r w:rsidR="005744EA" w:rsidRPr="7036884B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+              <w:t>.-</w:t>
+            </w:r>
+            <w:r w:rsidR="2DA60FAA" w:rsidRPr="7036884B">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
               </w:rPr>
               <w:t>4</w:t>
             </w:r>
-            <w:r w:rsidR="1B96182D" w:rsidRPr="0E93D195">
-[...10 lines deleted...]
-            </w:r>
+            <w:r w:rsidR="4D91DF25" w:rsidRPr="7036884B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+              <w:t>1., 45., 47.-48</w:t>
+            </w:r>
+            <w:r w:rsidR="005744EA" w:rsidRPr="7036884B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+              <w:t>.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="2E33D34E" w14:textId="6F263E2C" w:rsidR="005744EA" w:rsidRPr="00250AFA" w:rsidRDefault="005744EA" w:rsidP="005744EA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="808080" w:themeColor="background1" w:themeShade="80"/>
+                <w:highlight w:val="yellow"/>
+              </w:rPr>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1022" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="5C56587B" w14:textId="1C1B9B97" w:rsidR="009E1B38" w:rsidRPr="00FE0305" w:rsidRDefault="70EB9708" w:rsidP="0E93D195">
+          <w:p w14:paraId="74B0FAF1" w14:textId="71BCACF0" w:rsidR="005744EA" w:rsidRPr="000D1C1E" w:rsidRDefault="005744EA" w:rsidP="79683210">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
-              </w:rPr>
-[...5 lines deleted...]
-              <w:t>2023</w:t>
+                <w:color w:val="808080" w:themeColor="background1" w:themeShade="80"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="79683210">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+              <w:t>202</w:t>
+            </w:r>
+            <w:r w:rsidR="50AFA450" w:rsidRPr="79683210">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+              <w:t>4</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="67450D65" w14:textId="0F7C2BD2" w:rsidR="005744EA" w:rsidRPr="000D1C1E" w:rsidRDefault="005744EA" w:rsidP="79683210">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="808080" w:themeColor="background1" w:themeShade="80"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="153E18D4" w14:textId="12BEC4FD" w:rsidR="005744EA" w:rsidRPr="000D1C1E" w:rsidRDefault="005744EA" w:rsidP="79683210">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="808080" w:themeColor="background1" w:themeShade="80"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="79683210">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+              <w:t>202</w:t>
+            </w:r>
+            <w:r w:rsidR="34976890" w:rsidRPr="79683210">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+              <w:t>5</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1725" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="798C53F1" w14:textId="1209D84E" w:rsidR="005744EA" w:rsidRPr="000D1C1E" w:rsidRDefault="005744EA" w:rsidP="79683210">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="808080" w:themeColor="background1" w:themeShade="80"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="79683210">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+              <w:t>26.03.202</w:t>
+            </w:r>
+            <w:r w:rsidR="760534AE" w:rsidRPr="79683210">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+              <w:t>6</w:t>
+            </w:r>
+            <w:r w:rsidRPr="79683210">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+              <w:t>.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="0FEB2F9B" w14:textId="6FDE730B" w:rsidR="005744EA" w:rsidRPr="000D1C1E" w:rsidRDefault="005744EA" w:rsidP="79683210">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="808080" w:themeColor="background1" w:themeShade="80"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="79683210">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+              <w:t>(202</w:t>
+            </w:r>
+            <w:r w:rsidR="2D57ACC5" w:rsidRPr="79683210">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+              <w:t>4</w:t>
+            </w:r>
+            <w:r w:rsidRPr="79683210">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+              <w:t>)</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="0EC46F13" w14:textId="43D22E5D" w:rsidR="005744EA" w:rsidRPr="000D1C1E" w:rsidRDefault="532162EE" w:rsidP="79683210">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="808080" w:themeColor="background1" w:themeShade="80"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="79683210">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+              <w:t>17</w:t>
+            </w:r>
+            <w:r w:rsidR="005744EA" w:rsidRPr="79683210">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+              <w:t>.09.202</w:t>
+            </w:r>
+            <w:r w:rsidR="241A352D" w:rsidRPr="79683210">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+              <w:t>6</w:t>
+            </w:r>
+            <w:r w:rsidR="005744EA" w:rsidRPr="79683210">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+              <w:t>.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="0A4B270E" w14:textId="24964673" w:rsidR="005744EA" w:rsidRPr="000D1C1E" w:rsidRDefault="005744EA" w:rsidP="79683210">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="808080" w:themeColor="background1" w:themeShade="80"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="79683210">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+              <w:t>(202</w:t>
+            </w:r>
+            <w:r w:rsidR="244BEF11" w:rsidRPr="79683210">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+              <w:t>5</w:t>
+            </w:r>
+            <w:r w:rsidRPr="79683210">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+              <w:t>)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5840" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="0025F3BF" w14:textId="77777777" w:rsidR="005744EA" w:rsidRPr="00275515" w:rsidRDefault="005744EA" w:rsidP="005744EA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="A6A6A6" w:themeColor="background1" w:themeShade="A6"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0E93D195">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+              <w:t>STAC010. Stacionāra darba rādītāji;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="23CFA576" w14:textId="3F4D94F5" w:rsidR="005744EA" w:rsidRPr="00275515" w:rsidRDefault="005744EA" w:rsidP="005744EA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="A6A6A6" w:themeColor="background1" w:themeShade="A6"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0E93D195">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+              <w:t>STAC015. Stacionārā ārstēto pacientu skaits</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="005744EA" w:rsidRPr="00230624" w14:paraId="7DCB73A3" w14:textId="77777777" w:rsidTr="7036884B">
+        <w:trPr>
+          <w:trHeight w:val="578"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="826" w:type="dxa"/>
+            <w:vMerge/>
+          </w:tcPr>
+          <w:p w14:paraId="23FE5B3B" w14:textId="77777777" w:rsidR="005744EA" w:rsidRPr="00230624" w:rsidRDefault="005744EA" w:rsidP="005744EA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3197" w:type="dxa"/>
+            <w:vMerge/>
+          </w:tcPr>
+          <w:p w14:paraId="6FFEA24C" w14:textId="77777777" w:rsidR="005744EA" w:rsidRPr="00230624" w:rsidRDefault="005744EA" w:rsidP="005744EA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1823" w:type="dxa"/>
+            <w:vMerge/>
+          </w:tcPr>
+          <w:p w14:paraId="16A542D6" w14:textId="77777777" w:rsidR="005744EA" w:rsidRPr="00250AFA" w:rsidRDefault="005744EA" w:rsidP="005744EA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="808080" w:themeColor="background1" w:themeShade="80"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:highlight w:val="yellow"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1022" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="5D01BDB8" w14:textId="03F03505" w:rsidR="005744EA" w:rsidRPr="000D1C1E" w:rsidRDefault="005744EA" w:rsidP="79683210">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="808080" w:themeColor="background1" w:themeShade="80"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="79683210">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+              <w:t>2020-202</w:t>
+            </w:r>
+            <w:r w:rsidR="7ADC73AA" w:rsidRPr="79683210">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+              <w:t>5</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1725" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="26D81B9B" w14:textId="612A13FD" w:rsidR="005744EA" w:rsidRPr="000D1C1E" w:rsidRDefault="005744EA" w:rsidP="79683210">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="808080" w:themeColor="background1" w:themeShade="80"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="79683210">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+              <w:t>Datums tiks precizēts</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5840" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="4C10B0DB" w14:textId="77777777" w:rsidR="005744EA" w:rsidRPr="005707AF" w:rsidRDefault="005744EA" w:rsidP="005744EA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="A6A6A6" w:themeColor="background1" w:themeShade="A6"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0E93D195">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+              <w:t>STAC030. Ķirurģiskais darbs pēc operācijas veida visos stacionāros;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="4BA7C207" w14:textId="375DA36A" w:rsidR="005744EA" w:rsidRPr="005707AF" w:rsidRDefault="005744EA" w:rsidP="005744EA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="A6A6A6" w:themeColor="background1" w:themeShade="A6"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0E93D195">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+              <w:t>STAC040. Ķirurģiskā darba rādītāji pa reģioniem visos stacionāros</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="005744EA" w:rsidRPr="00230624" w14:paraId="129DE260" w14:textId="77777777" w:rsidTr="7036884B">
+        <w:trPr>
+          <w:trHeight w:val="577"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="826" w:type="dxa"/>
+            <w:vMerge/>
+          </w:tcPr>
+          <w:p w14:paraId="0681B981" w14:textId="77777777" w:rsidR="005744EA" w:rsidRPr="00230624" w:rsidRDefault="005744EA" w:rsidP="005744EA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3197" w:type="dxa"/>
+            <w:vMerge/>
+          </w:tcPr>
+          <w:p w14:paraId="39B64249" w14:textId="77777777" w:rsidR="005744EA" w:rsidRPr="00230624" w:rsidRDefault="005744EA" w:rsidP="005744EA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1823" w:type="dxa"/>
+            <w:vMerge/>
+          </w:tcPr>
+          <w:p w14:paraId="2019BBBE" w14:textId="77777777" w:rsidR="005744EA" w:rsidRPr="00250AFA" w:rsidRDefault="005744EA" w:rsidP="005744EA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="808080" w:themeColor="background1" w:themeShade="80"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:highlight w:val="yellow"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1022" w:type="dxa"/>
+            <w:tcBorders>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="01FE9569" w14:textId="34284075" w:rsidR="005744EA" w:rsidRPr="000D1C1E" w:rsidRDefault="005744EA" w:rsidP="79683210">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="808080" w:themeColor="background1" w:themeShade="80"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="79683210">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+              <w:t>202</w:t>
+            </w:r>
+            <w:r w:rsidR="4A2FD0F6" w:rsidRPr="79683210">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+              <w:t>4</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="41DBF243" w14:textId="13DB91A2" w:rsidR="005744EA" w:rsidRPr="000D1C1E" w:rsidRDefault="005744EA" w:rsidP="79683210">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="808080" w:themeColor="background1" w:themeShade="80"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="16443DF8" w14:textId="081C1B1A" w:rsidR="005744EA" w:rsidRPr="000D1C1E" w:rsidRDefault="005744EA" w:rsidP="79683210">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="808080" w:themeColor="background1" w:themeShade="80"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="79683210">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+              <w:t>202</w:t>
+            </w:r>
+            <w:r w:rsidR="09D6569B" w:rsidRPr="79683210">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+              <w:t>5</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1725" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="778D574C" w14:textId="0894F440" w:rsidR="009E1B38" w:rsidRPr="0FCF9881" w:rsidRDefault="6C54CFF8" w:rsidP="0E93D195">
+          <w:p w14:paraId="75A11222" w14:textId="2DE260E6" w:rsidR="005744EA" w:rsidRPr="000D1C1E" w:rsidRDefault="566620BD" w:rsidP="79683210">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
-              </w:rPr>
-[...5 lines deleted...]
-              <w:t>26.03.2025.</w:t>
+                <w:color w:val="808080" w:themeColor="background1" w:themeShade="80"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="79683210">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+              <w:t>12.</w:t>
+            </w:r>
+            <w:r w:rsidR="005744EA" w:rsidRPr="79683210">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+              <w:t>03.202</w:t>
+            </w:r>
+            <w:r w:rsidR="5F0A7A4E" w:rsidRPr="79683210">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+              <w:t>6</w:t>
+            </w:r>
+            <w:r w:rsidR="005744EA" w:rsidRPr="79683210">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+              <w:t>.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="08327BDB" w14:textId="5F525358" w:rsidR="005744EA" w:rsidRPr="000D1C1E" w:rsidRDefault="005744EA" w:rsidP="79683210">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="808080" w:themeColor="background1" w:themeShade="80"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="79683210">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+              <w:t>(202</w:t>
+            </w:r>
+            <w:r w:rsidR="095525E1" w:rsidRPr="79683210">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+              <w:t>4</w:t>
+            </w:r>
+            <w:r w:rsidRPr="79683210">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+              <w:t>)</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="5B051ABF" w14:textId="3CE6303A" w:rsidR="005744EA" w:rsidRPr="000D1C1E" w:rsidRDefault="005744EA" w:rsidP="79683210">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="808080" w:themeColor="background1" w:themeShade="80"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="79683210">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+              <w:t>2</w:t>
+            </w:r>
+            <w:r w:rsidR="380ADB82" w:rsidRPr="79683210">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+              <w:t>4</w:t>
+            </w:r>
+            <w:r w:rsidRPr="79683210">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+              <w:t>.</w:t>
+            </w:r>
+            <w:r w:rsidR="02B43B36" w:rsidRPr="79683210">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+              <w:t>09</w:t>
+            </w:r>
+            <w:r w:rsidRPr="79683210">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+              <w:t>.202</w:t>
+            </w:r>
+            <w:r w:rsidR="4555B9C2" w:rsidRPr="79683210">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+              <w:t>6</w:t>
+            </w:r>
+            <w:r w:rsidRPr="79683210">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+              <w:t>.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="530A13AE" w14:textId="7935769C" w:rsidR="005744EA" w:rsidRPr="000D1C1E" w:rsidRDefault="005744EA" w:rsidP="79683210">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="808080" w:themeColor="background1" w:themeShade="80"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="79683210">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+              <w:t>(202</w:t>
+            </w:r>
+            <w:r w:rsidR="6020796D" w:rsidRPr="79683210">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+              <w:t>5</w:t>
+            </w:r>
+            <w:r w:rsidRPr="79683210">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+              <w:t>)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5840" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="67374497" w14:textId="3266BD0E" w:rsidR="009E1B38" w:rsidRPr="005510A9" w:rsidRDefault="70EB9708" w:rsidP="0E93D195">
+          <w:p w14:paraId="44A1EA14" w14:textId="0D5F6A27" w:rsidR="005744EA" w:rsidRPr="00181999" w:rsidRDefault="005744EA" w:rsidP="005744EA">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:color w:val="A6A6A6" w:themeColor="background1" w:themeShade="A6"/>
-              </w:rPr>
-[...26 lines deleted...]
-              <w:t>STAC017. Pacientu ar psihiskiem un uzvedības traucējumiem skaits stacionārā</w:t>
+                <w:highlight w:val="yellow"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0E93D195">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+              <w:t>STAC035. Ķirurģisko operāciju skaits (atbilstoši Komisijas Regulas (ES) 2022/2294) visos stacionāros</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="009E1B38" w:rsidRPr="00230624" w14:paraId="46A7B104" w14:textId="77777777" w:rsidTr="006A62BC">
+      <w:tr w:rsidR="005744EA" w:rsidRPr="00230624" w14:paraId="6010A73B" w14:textId="77777777" w:rsidTr="7036884B">
         <w:trPr>
-          <w:trHeight w:val="529"/>
+          <w:trHeight w:val="146"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="826" w:type="dxa"/>
             <w:vMerge/>
           </w:tcPr>
-          <w:p w14:paraId="68C974AB" w14:textId="549F952D" w:rsidR="009E1B38" w:rsidRPr="00230624" w:rsidRDefault="009E1B38" w:rsidP="008F6B2F">
+          <w:p w14:paraId="56639B9D" w14:textId="77777777" w:rsidR="005744EA" w:rsidRPr="00230624" w:rsidRDefault="005744EA" w:rsidP="005744EA">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3197" w:type="dxa"/>
             <w:vMerge/>
           </w:tcPr>
-          <w:p w14:paraId="138DA036" w14:textId="0782E904" w:rsidR="009E1B38" w:rsidRPr="00230624" w:rsidRDefault="009E1B38" w:rsidP="008F6B2F">
+          <w:p w14:paraId="4655B3FF" w14:textId="77777777" w:rsidR="005744EA" w:rsidRPr="00230624" w:rsidRDefault="005744EA" w:rsidP="005744EA">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1823" w:type="dxa"/>
             <w:vMerge/>
           </w:tcPr>
-          <w:p w14:paraId="3B47F429" w14:textId="657F3FC0" w:rsidR="009E1B38" w:rsidRPr="000618E8" w:rsidRDefault="009E1B38" w:rsidP="0FCF9881">
-[...4 lines deleted...]
-                <w:color w:val="A6A6A6" w:themeColor="background1" w:themeShade="A6"/>
+          <w:p w14:paraId="60E70EEF" w14:textId="77777777" w:rsidR="005744EA" w:rsidRPr="00250AFA" w:rsidRDefault="005744EA" w:rsidP="005744EA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="808080" w:themeColor="background1" w:themeShade="80"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
-              </w:rPr>
-            </w:pPr>
+                <w:highlight w:val="yellow"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1022" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="1B34C3BD" w14:textId="18FC896C" w:rsidR="005744EA" w:rsidRPr="000D1C1E" w:rsidRDefault="005744EA" w:rsidP="005744EA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="0D0D0D" w:themeColor="text1" w:themeTint="F2"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="13A7E459">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="0D0D0D" w:themeColor="text1" w:themeTint="F2"/>
+              </w:rPr>
+              <w:t>2025</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1725" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="5245E620" w14:textId="42C8A517" w:rsidR="005744EA" w:rsidRPr="000D1C1E" w:rsidRDefault="005744EA" w:rsidP="005744EA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="0D0D0D" w:themeColor="text1" w:themeTint="F2"/>
+                <w:highlight w:val="yellow"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="13A7E459">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="0D0D0D" w:themeColor="text1" w:themeTint="F2"/>
+              </w:rPr>
+              <w:t>30.10.2026.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5840" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="5661B021" w14:textId="69A90681" w:rsidR="005744EA" w:rsidRPr="005510A9" w:rsidRDefault="34B6BB10" w:rsidP="1D7B1303">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="252F5EFD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+              <w:t xml:space="preserve">STAC016. </w:t>
+            </w:r>
+            <w:r w:rsidR="76DA4FE9" w:rsidRPr="252F5EFD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+              <w:t>P</w:t>
+            </w:r>
+            <w:r w:rsidRPr="252F5EFD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+              <w:t xml:space="preserve">acientu </w:t>
+            </w:r>
+            <w:r w:rsidR="0325EF5E" w:rsidRPr="252F5EFD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+              <w:t xml:space="preserve">ar psihiskiem un uzvedības traucējumiem </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidR="0325EF5E" w:rsidRPr="252F5EFD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+              <w:t>psihoaktīvo</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidR="0325EF5E" w:rsidRPr="252F5EFD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> vielu lietošanas dēļ </w:t>
+            </w:r>
+            <w:r w:rsidRPr="252F5EFD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+              <w:t>skaits stacionār</w:t>
+            </w:r>
+            <w:r w:rsidR="23467FCD" w:rsidRPr="252F5EFD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+              <w:t>ā</w:t>
+            </w:r>
+            <w:r w:rsidRPr="252F5EFD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+              <w:t>;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="5E9A49DE" w14:textId="11784101" w:rsidR="005744EA" w:rsidRPr="00275515" w:rsidRDefault="005744EA" w:rsidP="005744EA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="A6A6A6" w:themeColor="background1" w:themeShade="A6"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0E93D195">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+              <w:t>STAC017. Pacientu ar psihiskiem un uzvedības traucējumiem skaits stacionārā</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="005744EA" w:rsidRPr="00230624" w14:paraId="4AF3AB6E" w14:textId="77777777" w:rsidTr="7036884B">
+        <w:trPr>
+          <w:trHeight w:val="1052"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="826" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+          </w:tcPr>
+          <w:p w14:paraId="7E9FFC18" w14:textId="77777777" w:rsidR="005744EA" w:rsidRPr="00230624" w:rsidRDefault="005744EA" w:rsidP="005744EA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0E93D195">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+              <w:t>7.5.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3197" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+          </w:tcPr>
+          <w:p w14:paraId="5A97146F" w14:textId="77777777" w:rsidR="005744EA" w:rsidRPr="00230624" w:rsidRDefault="005744EA" w:rsidP="005744EA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0E93D195">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+              <w:t>Statistikas dati par stacionāra darbību (aprēķini un uz iedzīvotāju skaitu)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1823" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+          </w:tcPr>
+          <w:p w14:paraId="70F7DFEE" w14:textId="47812257" w:rsidR="005744EA" w:rsidRPr="00250AFA" w:rsidRDefault="005744EA" w:rsidP="7036884B">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="808080" w:themeColor="background1" w:themeShade="80"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="7036884B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+              <w:t>3</w:t>
+            </w:r>
+            <w:r w:rsidR="41F75F2D" w:rsidRPr="7036884B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+              <w:t>7</w:t>
+            </w:r>
+            <w:r w:rsidRPr="7036884B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+              <w:t>., 4</w:t>
+            </w:r>
+            <w:r w:rsidR="42EB7666" w:rsidRPr="7036884B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+              <w:t>2</w:t>
+            </w:r>
+            <w:r w:rsidRPr="7036884B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+              <w:t>.-</w:t>
+            </w:r>
+            <w:r w:rsidR="619F322C" w:rsidRPr="7036884B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+              <w:t>46., 49</w:t>
+            </w:r>
+            <w:r w:rsidRPr="7036884B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+              <w:t>.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1022" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="2FA29C1A" w14:textId="0AE32290" w:rsidR="005744EA" w:rsidRPr="000D1C1E" w:rsidRDefault="005744EA" w:rsidP="79683210">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="808080" w:themeColor="background1" w:themeShade="80"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="79683210">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+              <w:t>202</w:t>
+            </w:r>
+            <w:r w:rsidR="5BA45247" w:rsidRPr="79683210">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+              <w:t>4</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="0C9278AE" w14:textId="4A1B8449" w:rsidR="005744EA" w:rsidRPr="000D1C1E" w:rsidRDefault="005744EA" w:rsidP="79683210">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="808080" w:themeColor="background1" w:themeShade="80"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="7056A618" w14:textId="48D7D26E" w:rsidR="005744EA" w:rsidRPr="000D1C1E" w:rsidRDefault="005744EA" w:rsidP="79683210">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="808080" w:themeColor="background1" w:themeShade="80"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="79683210">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+              <w:t>202</w:t>
+            </w:r>
+            <w:r w:rsidR="5360E24B" w:rsidRPr="79683210">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+              <w:t>5</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1725" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="6B7CF750" w14:textId="71B09C8A" w:rsidR="005744EA" w:rsidRPr="000D1C1E" w:rsidRDefault="005744EA" w:rsidP="79683210">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="808080" w:themeColor="background1" w:themeShade="80"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="79683210">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+              <w:t>26.03.202</w:t>
+            </w:r>
+            <w:r w:rsidR="58D36B30" w:rsidRPr="79683210">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+              <w:t>6</w:t>
+            </w:r>
+            <w:r w:rsidRPr="79683210">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+              <w:t>.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="5A2FA1C2" w14:textId="0F65B018" w:rsidR="005744EA" w:rsidRPr="000D1C1E" w:rsidRDefault="005744EA" w:rsidP="79683210">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="808080" w:themeColor="background1" w:themeShade="80"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="79683210">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+              <w:t>(202</w:t>
+            </w:r>
+            <w:r w:rsidR="18FF1168" w:rsidRPr="79683210">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+              <w:t>4</w:t>
+            </w:r>
+            <w:r w:rsidRPr="79683210">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+              <w:t>)</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="23BD4245" w14:textId="3AD75984" w:rsidR="005744EA" w:rsidRPr="000D1C1E" w:rsidRDefault="16265884" w:rsidP="79683210">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="808080" w:themeColor="background1" w:themeShade="80"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="79683210">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+              <w:t>17</w:t>
+            </w:r>
+            <w:r w:rsidR="005744EA" w:rsidRPr="79683210">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+              <w:t>.09.202</w:t>
+            </w:r>
+            <w:r w:rsidR="1C6A649C" w:rsidRPr="79683210">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+              <w:t>6</w:t>
+            </w:r>
+            <w:r w:rsidR="005744EA" w:rsidRPr="79683210">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+              <w:t>.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="472ED1A4" w14:textId="0E982715" w:rsidR="005744EA" w:rsidRPr="000D1C1E" w:rsidRDefault="005744EA" w:rsidP="79683210">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="808080" w:themeColor="background1" w:themeShade="80"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="79683210">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+              <w:t>(202</w:t>
+            </w:r>
+            <w:r w:rsidR="7E3AA051" w:rsidRPr="79683210">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+              <w:t>5</w:t>
+            </w:r>
+            <w:r w:rsidRPr="79683210">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+              <w:t>)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5840" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="6A2D6235" w14:textId="77777777" w:rsidR="005744EA" w:rsidRDefault="005744EA" w:rsidP="005744EA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="A6A6A6" w:themeColor="background1" w:themeShade="A6"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0E93D195">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+              <w:t>STAC010. Stacionāra darba rādītāji;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="4614655B" w14:textId="77777777" w:rsidR="005744EA" w:rsidRPr="00275515" w:rsidRDefault="005744EA" w:rsidP="005744EA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="A6A6A6" w:themeColor="background1" w:themeShade="A6"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0E93D195">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+              <w:t>STAC015. Stacionārā ārstēto pacientu skaits;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="38E52CC7" w14:textId="251546DC" w:rsidR="005744EA" w:rsidRPr="00D82A23" w:rsidRDefault="005744EA" w:rsidP="005744EA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="A6A6A6" w:themeColor="background1" w:themeShade="A6"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0E93D195">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+              <w:t xml:space="preserve">STAC020. </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="0E93D195">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+              <w:t>Palīgkabinetu</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="0E93D195">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> darbs un diagnostiskās radioloģijas darbs visos stacionāros</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="005744EA" w:rsidRPr="00230624" w14:paraId="34462F06" w14:textId="77777777" w:rsidTr="7036884B">
+        <w:trPr>
+          <w:trHeight w:val="629"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="826" w:type="dxa"/>
+            <w:vMerge/>
+          </w:tcPr>
+          <w:p w14:paraId="36CD3E03" w14:textId="77777777" w:rsidR="005744EA" w:rsidRPr="00230624" w:rsidRDefault="005744EA" w:rsidP="005744EA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3197" w:type="dxa"/>
+            <w:vMerge/>
+          </w:tcPr>
+          <w:p w14:paraId="7AD0DD1E" w14:textId="77777777" w:rsidR="005744EA" w:rsidRPr="00230624" w:rsidRDefault="005744EA" w:rsidP="005744EA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1823" w:type="dxa"/>
+            <w:vMerge/>
+          </w:tcPr>
+          <w:p w14:paraId="39BFB48C" w14:textId="77777777" w:rsidR="005744EA" w:rsidRPr="000D1C1E" w:rsidRDefault="005744EA" w:rsidP="005744EA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="808080" w:themeColor="background1" w:themeShade="80"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1022" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="77DBB47E" w14:textId="5E3FFFDF" w:rsidR="005744EA" w:rsidRPr="000D1C1E" w:rsidRDefault="005744EA" w:rsidP="79683210">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="79683210">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> 2020- 202</w:t>
+            </w:r>
+            <w:r w:rsidR="49BBB4DA" w:rsidRPr="79683210">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+              <w:t>5</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="4BB023D4" w14:textId="57409A61" w:rsidR="005744EA" w:rsidRPr="000D1C1E" w:rsidRDefault="005744EA" w:rsidP="79683210">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="3982E9D2" w14:textId="0B9F3278" w:rsidR="005744EA" w:rsidRPr="000D1C1E" w:rsidRDefault="005744EA" w:rsidP="79683210">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="584C4760" w14:textId="4C16FACC" w:rsidR="005744EA" w:rsidRPr="000D1C1E" w:rsidRDefault="1B5A34C7" w:rsidP="79683210">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="79683210">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+              <w:t>2024</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="0A7E2106" w14:textId="6A93F241" w:rsidR="005744EA" w:rsidRPr="000D1C1E" w:rsidRDefault="6CCF421A" w:rsidP="79683210">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="808080" w:themeColor="background1" w:themeShade="80"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="79683210">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+              <w:t>2025</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1725" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="1A633087" w14:textId="277D2D18" w:rsidR="005744EA" w:rsidRPr="000D1C1E" w:rsidRDefault="005744EA" w:rsidP="79683210">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="79683210">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+              <w:t>Datums tiks precizēts</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="4F989824" w14:textId="16862F89" w:rsidR="005744EA" w:rsidRPr="000D1C1E" w:rsidRDefault="005744EA" w:rsidP="79683210">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="2BD8A1AE" w14:textId="3D2841E0" w:rsidR="005744EA" w:rsidRPr="000D1C1E" w:rsidRDefault="005744EA" w:rsidP="79683210">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="1E7D1889" w14:textId="6FB20EFA" w:rsidR="005744EA" w:rsidRPr="000D1C1E" w:rsidRDefault="42825741" w:rsidP="79683210">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="79683210">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+              <w:t>12.03.2026</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="23C5A591" w14:textId="59D2436F" w:rsidR="005744EA" w:rsidRPr="000D1C1E" w:rsidRDefault="7B7226B9" w:rsidP="79683210">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="808080" w:themeColor="background1" w:themeShade="80"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="79683210">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+              <w:t>24.09.2026</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5840" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="225F945C" w14:textId="77777777" w:rsidR="005744EA" w:rsidRDefault="005744EA" w:rsidP="005744EA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="A6A6A6" w:themeColor="background1" w:themeShade="A6"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="79683210">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+              <w:t>STAC030. Ķirurģiskais darbs pēc operācijas veida visos stacionāros;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="0E56CAB9" w14:textId="2003708C" w:rsidR="005744EA" w:rsidRPr="006D5AB9" w:rsidRDefault="7662DF9D" w:rsidP="005744EA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="A6A6A6" w:themeColor="background1" w:themeShade="A6"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="79683210">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+              <w:t>STAC040. Ķirurģiskā darba rādītāji pa reģioniem visos stacionāros</w:t>
+            </w:r>
+            <w:r w:rsidR="005744EA" w:rsidRPr="79683210">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+              <w:t>;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="706D82F7" w14:textId="1DF68F3E" w:rsidR="005744EA" w:rsidRPr="005707AF" w:rsidRDefault="1CAE1C6C" w:rsidP="79683210">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="A6A6A6" w:themeColor="background1" w:themeShade="A6"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="79683210">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+              <w:t>STAC035. Ķirurģisko operāciju skaits (atbilstoši Komisijas Regulas (ES) 2022/2294) visos stacionāros (no 2020.gada)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="005744EA" w14:paraId="0E39EC9C" w14:textId="77777777" w:rsidTr="7036884B">
+        <w:trPr>
+          <w:trHeight w:val="300"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="826" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="4BCFAC7B" w14:textId="6A39AEC2" w:rsidR="005744EA" w:rsidRDefault="005744EA" w:rsidP="005744EA">
+            <w:pPr>
+              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0E93D195">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+              <w:t>7.6.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3197" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="66175D44" w14:textId="77777777" w:rsidR="005744EA" w:rsidRDefault="005744EA" w:rsidP="005744EA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0E93D195">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+              <w:t xml:space="preserve">30 dienu mirstība pēc </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="0E93D195">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+              <w:t>stacionēšanas</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="0E93D195">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> ar noteiktu diagnozi</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1823" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="5ADCBDBF" w14:textId="6D81B92B" w:rsidR="005744EA" w:rsidRPr="000D1C1E" w:rsidRDefault="005744EA" w:rsidP="005744EA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="808080" w:themeColor="background1" w:themeShade="80"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="628E9508">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+              <w:t xml:space="preserve">– </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1022" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="7EBAEC49" w14:textId="0E453817" w:rsidR="005744EA" w:rsidRPr="000D1C1E" w:rsidRDefault="005744EA" w:rsidP="005744EA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="808080" w:themeColor="background1" w:themeShade="80"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="628E9508">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+              <w:t>2025</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1725" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="5010B48D" w14:textId="21BCFB12" w:rsidR="005744EA" w:rsidRPr="000D1C1E" w:rsidRDefault="7DC2E5F7" w:rsidP="005744EA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="808080" w:themeColor="background1" w:themeShade="80"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="11289DF7">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+              <w:t>29</w:t>
+            </w:r>
+            <w:r w:rsidR="005744EA" w:rsidRPr="11289DF7">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+              <w:t>.05.2026.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5840" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="07871013" w14:textId="77777777" w:rsidR="005744EA" w:rsidRDefault="005744EA" w:rsidP="005744EA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0E93D195">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+              <w:t xml:space="preserve">VAK010. 30 dienu mirstība pēc </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="0E93D195">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+              <w:t>stacionēšanas</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="0E93D195">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> ar noteiktu diagnozi</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="005744EA" w:rsidRPr="00230624" w14:paraId="656DDD2F" w14:textId="77777777" w:rsidTr="7036884B">
+        <w:trPr>
+          <w:trHeight w:val="146"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="826" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="01046C56" w14:textId="77777777" w:rsidR="005744EA" w:rsidRPr="00230624" w:rsidRDefault="005744EA" w:rsidP="005744EA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0E93D195">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t>8.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="13607" w:type="dxa"/>
+            <w:gridSpan w:val="5"/>
+          </w:tcPr>
+          <w:p w14:paraId="21BCDCC3" w14:textId="1F611B22" w:rsidR="005744EA" w:rsidRPr="000618E8" w:rsidRDefault="005744EA" w:rsidP="005744EA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="1669C32D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+              <w:t>8.1</w:t>
+            </w:r>
+            <w:r w:rsidR="2473E44B" w:rsidRPr="1669C32D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+              <w:t>0</w:t>
+            </w:r>
+            <w:r w:rsidRPr="1669C32D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+              <w:t>. Mātes un bērna veselības aprūpe</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="005744EA" w:rsidRPr="00230624" w14:paraId="18D41013" w14:textId="77777777" w:rsidTr="7036884B">
+        <w:trPr>
+          <w:trHeight w:val="146"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="826" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="42CB5031" w14:textId="77777777" w:rsidR="005744EA" w:rsidRPr="00230624" w:rsidRDefault="005744EA" w:rsidP="005744EA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="808080" w:themeColor="background1" w:themeShade="80"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0E93D195">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+              <w:t>8.1.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3197" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="0CD0508E" w14:textId="77777777" w:rsidR="005744EA" w:rsidRPr="00230624" w:rsidRDefault="005744EA" w:rsidP="005744EA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0E93D195">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+              <w:t>Kopējais dzemdību, jaundzimušo skaits (absolūtos skaitļos)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1823" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="2EAF0884" w14:textId="08B62E26" w:rsidR="005744EA" w:rsidRPr="0000789B" w:rsidRDefault="53DA930C" w:rsidP="2EC1482F">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="808080" w:themeColor="background1" w:themeShade="80"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="2EC1482F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+              <w:t>5</w:t>
+            </w:r>
+            <w:r w:rsidR="6340C04F" w:rsidRPr="2EC1482F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+              <w:t>1</w:t>
+            </w:r>
+            <w:r w:rsidRPr="2EC1482F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+              <w:t>., 5</w:t>
+            </w:r>
+            <w:r w:rsidR="0F97F3DC" w:rsidRPr="2EC1482F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+              <w:t>5</w:t>
+            </w:r>
+            <w:r w:rsidRPr="2EC1482F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+              <w:t>.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1022" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="0BE67AE3" w14:textId="4FC1C64D" w:rsidR="005744EA" w:rsidRPr="000D1C1E" w:rsidRDefault="005744EA" w:rsidP="79683210">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="808080" w:themeColor="background1" w:themeShade="80"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="2EC1482F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+              <w:t>202</w:t>
+            </w:r>
+            <w:r w:rsidR="742C3C04" w:rsidRPr="2EC1482F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+              <w:t>5</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1725" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="24A21DF4" w14:textId="2FEAC315" w:rsidR="005744EA" w:rsidRPr="000D1C1E" w:rsidRDefault="005744EA" w:rsidP="005744EA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="808080" w:themeColor="background1" w:themeShade="80"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="2EC1482F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+              <w:t>09.04.2026. (provizoriskie)</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="2404FC28" w14:textId="5AF7EBCE" w:rsidR="005744EA" w:rsidRPr="000D1C1E" w:rsidRDefault="005744EA" w:rsidP="005744EA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="808080" w:themeColor="background1" w:themeShade="80"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="2EC1482F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+              <w:t>30.07.2026.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5840" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="6E4A4C04" w14:textId="77777777" w:rsidR="005744EA" w:rsidRPr="00A87952" w:rsidRDefault="005744EA" w:rsidP="005744EA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="2EC1482F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+              <w:t>MCH010. Dzemdības raksturojošo rādītāju statistika pa reģioniem;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="33532C37" w14:textId="77777777" w:rsidR="005744EA" w:rsidRPr="00A87952" w:rsidRDefault="005744EA" w:rsidP="005744EA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="2EC1482F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+              <w:t>MCH030. Dzemdības un jaundzimušie pēc mātes vecuma pa reģioniem</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="005744EA" w:rsidRPr="00230624" w14:paraId="1126C6FC" w14:textId="77777777" w:rsidTr="7036884B">
+        <w:trPr>
+          <w:trHeight w:val="146"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="826" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+          </w:tcPr>
+          <w:p w14:paraId="1A79776E" w14:textId="77777777" w:rsidR="005744EA" w:rsidRPr="00230624" w:rsidRDefault="005744EA" w:rsidP="005744EA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0E93D195">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+              <w:t>8.2.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3197" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+          </w:tcPr>
+          <w:p w14:paraId="40E77839" w14:textId="77777777" w:rsidR="005744EA" w:rsidRPr="00230624" w:rsidRDefault="005744EA" w:rsidP="005744EA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0E93D195">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+              <w:t>Statistika par dzemdībām un jaundzimušajiem (absolūtos skaitļos, īpatsvars %)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1823" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+          </w:tcPr>
+          <w:p w14:paraId="0AFC0491" w14:textId="12F97222" w:rsidR="005744EA" w:rsidRPr="0000789B" w:rsidRDefault="005744EA" w:rsidP="2EC1482F">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="808080" w:themeColor="background1" w:themeShade="80"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="2EC1482F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+              <w:t>5</w:t>
+            </w:r>
+            <w:r w:rsidR="3B59C896" w:rsidRPr="2EC1482F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+              <w:t>0</w:t>
+            </w:r>
+            <w:r w:rsidRPr="2EC1482F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+              <w:t>., 5</w:t>
+            </w:r>
+            <w:r w:rsidR="416AA767" w:rsidRPr="2EC1482F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+              <w:t>1</w:t>
+            </w:r>
+            <w:r w:rsidRPr="2EC1482F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+              <w:t>., 5</w:t>
+            </w:r>
+            <w:r w:rsidR="40F52955" w:rsidRPr="2EC1482F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+              <w:t>2</w:t>
+            </w:r>
+            <w:r w:rsidRPr="2EC1482F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+              <w:t>., 5</w:t>
+            </w:r>
+            <w:r w:rsidR="519BE1E3" w:rsidRPr="2EC1482F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+              <w:t>4</w:t>
+            </w:r>
+            <w:r w:rsidRPr="2EC1482F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+              <w:t>., 5</w:t>
+            </w:r>
+            <w:r w:rsidR="7F6BBF7E" w:rsidRPr="2EC1482F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+              <w:t>5</w:t>
+            </w:r>
+            <w:r w:rsidRPr="2EC1482F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+              <w:t>., 5</w:t>
+            </w:r>
+            <w:r w:rsidR="43585F09" w:rsidRPr="2EC1482F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+              <w:t>6</w:t>
+            </w:r>
+            <w:r w:rsidRPr="2EC1482F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+              <w:t>., 5</w:t>
+            </w:r>
+            <w:r w:rsidR="57717A21" w:rsidRPr="2EC1482F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+              <w:t>7</w:t>
+            </w:r>
+            <w:r w:rsidRPr="2EC1482F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+              <w:t>.</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1022" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
           </w:tcPr>
-          <w:p w14:paraId="526E99BE" w14:textId="16E7A179" w:rsidR="009E1B38" w:rsidRPr="00AF01D8" w:rsidRDefault="70EB9708" w:rsidP="0E93D195">
+          <w:p w14:paraId="0147EAB3" w14:textId="17395274" w:rsidR="005744EA" w:rsidRPr="000D1C1E" w:rsidRDefault="005744EA" w:rsidP="79683210">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="808080" w:themeColor="background1" w:themeShade="80"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="2EC1482F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+              <w:t>202</w:t>
+            </w:r>
+            <w:r w:rsidR="5F834E1A" w:rsidRPr="2EC1482F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+              <w:t>5</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1725" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="3F037519" w14:textId="7E826F41" w:rsidR="005744EA" w:rsidRPr="000D1C1E" w:rsidRDefault="005744EA" w:rsidP="005744EA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="2EC1482F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+              <w:t>30.07.2026.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5840" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="02B01009" w14:textId="77777777" w:rsidR="005744EA" w:rsidRPr="001144B4" w:rsidRDefault="005744EA" w:rsidP="005744EA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="2EC1482F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+              <w:t>MCH010. Dzemdības raksturojošo rādītāju statistika pa reģioniem;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="0DB955D2" w14:textId="77777777" w:rsidR="005744EA" w:rsidRPr="001144B4" w:rsidRDefault="005744EA" w:rsidP="005744EA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="2EC1482F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+              <w:t>MCH030. Dzemdības un jaundzimušie pēc mātes vecuma pa reģioniem;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="505D239D" w14:textId="77777777" w:rsidR="005744EA" w:rsidRPr="001144B4" w:rsidRDefault="005744EA" w:rsidP="005744EA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="2EC1482F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+              <w:t>MCH040. Dzīvi dzimušo īpatsvars pēc dzimšanas svara pa reģioniem;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="10F9697E" w14:textId="77DC730E" w:rsidR="005744EA" w:rsidRPr="001144B4" w:rsidRDefault="005744EA" w:rsidP="005744EA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="2EC1482F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+              <w:t>MCH045. Nedzīvi dzimušo īpatsvars pēc dzimšanas svara;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="5FDE1AA8" w14:textId="434DB572" w:rsidR="005744EA" w:rsidRPr="001144B4" w:rsidRDefault="005744EA" w:rsidP="005744EA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="2EC1482F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+              <w:t>MCH080.Mātes slimības, grūtniecības un dzemdību sarežģījumi;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="1A1E22B9" w14:textId="66B198CA" w:rsidR="005744EA" w:rsidRPr="001144B4" w:rsidRDefault="005744EA" w:rsidP="005744EA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="2EC1482F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+              <w:t>MCH085.</w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="2EC1482F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+              <w:t>Smēķējošo dzemdētāju skaits pa vecuma grupām</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="005744EA" w:rsidRPr="00230624" w14:paraId="05EEB1EC" w14:textId="77777777" w:rsidTr="7036884B">
+        <w:trPr>
+          <w:trHeight w:val="146"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="826" w:type="dxa"/>
+            <w:vMerge/>
+          </w:tcPr>
+          <w:p w14:paraId="17AC78BB" w14:textId="77777777" w:rsidR="005744EA" w:rsidRPr="00230624" w:rsidRDefault="005744EA" w:rsidP="005744EA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3197" w:type="dxa"/>
+            <w:vMerge/>
+          </w:tcPr>
+          <w:p w14:paraId="4EA066D7" w14:textId="77777777" w:rsidR="005744EA" w:rsidRPr="00230624" w:rsidRDefault="005744EA" w:rsidP="005744EA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1823" w:type="dxa"/>
+            <w:vMerge/>
+          </w:tcPr>
+          <w:p w14:paraId="7A9615D3" w14:textId="77777777" w:rsidR="005744EA" w:rsidRPr="0000789B" w:rsidRDefault="005744EA" w:rsidP="005744EA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="808080" w:themeColor="background1" w:themeShade="80"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:highlight w:val="yellow"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1022" w:type="dxa"/>
+            <w:vMerge/>
+          </w:tcPr>
+          <w:p w14:paraId="6AD04A0B" w14:textId="77777777" w:rsidR="005744EA" w:rsidRPr="000D1C1E" w:rsidRDefault="005744EA" w:rsidP="005744EA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="808080" w:themeColor="background1" w:themeShade="80"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1725" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="53B574B7" w14:textId="4E2C47C4" w:rsidR="005744EA" w:rsidRPr="000D1C1E" w:rsidRDefault="005744EA" w:rsidP="005744EA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="808080" w:themeColor="background1" w:themeShade="80"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="2EC1482F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+              <w:t>30.07.2026.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5840" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="32767837" w14:textId="77777777" w:rsidR="005744EA" w:rsidRPr="001144B4" w:rsidRDefault="005744EA" w:rsidP="005744EA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="2EC1482F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+              <w:t xml:space="preserve">MCH035. </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="2EC1482F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+              <w:t>Antenatālo</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="2EC1482F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> aprūpi raksturojošie rādītāji dzemdētājām pa reģioniem</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="005744EA" w:rsidRPr="00230624" w14:paraId="3F7D517B" w14:textId="77777777" w:rsidTr="7036884B">
+        <w:trPr>
+          <w:trHeight w:val="146"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="826" w:type="dxa"/>
+            <w:vMerge/>
+          </w:tcPr>
+          <w:p w14:paraId="312C5957" w14:textId="77777777" w:rsidR="005744EA" w:rsidRPr="00230624" w:rsidRDefault="005744EA" w:rsidP="005744EA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3197" w:type="dxa"/>
+            <w:vMerge/>
+          </w:tcPr>
+          <w:p w14:paraId="0D6C37B3" w14:textId="77777777" w:rsidR="005744EA" w:rsidRPr="00230624" w:rsidRDefault="005744EA" w:rsidP="005744EA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1823" w:type="dxa"/>
+            <w:vMerge/>
+          </w:tcPr>
+          <w:p w14:paraId="0BA18062" w14:textId="77777777" w:rsidR="005744EA" w:rsidRPr="0000789B" w:rsidRDefault="005744EA" w:rsidP="005744EA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="808080" w:themeColor="background1" w:themeShade="80"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:highlight w:val="yellow"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1022" w:type="dxa"/>
+            <w:vMerge/>
+          </w:tcPr>
+          <w:p w14:paraId="4DC6E579" w14:textId="77777777" w:rsidR="005744EA" w:rsidRPr="000D1C1E" w:rsidRDefault="005744EA" w:rsidP="005744EA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="808080" w:themeColor="background1" w:themeShade="80"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1725" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="625E43CC" w14:textId="46247F2F" w:rsidR="005744EA" w:rsidRPr="000D1C1E" w:rsidRDefault="005744EA" w:rsidP="005744EA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="808080" w:themeColor="background1" w:themeShade="80"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="2EC1482F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+              <w:t>30.07.2026.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5840" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="4F632902" w14:textId="77777777" w:rsidR="005744EA" w:rsidRPr="001144B4" w:rsidRDefault="005744EA" w:rsidP="005744EA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="2EC1482F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+              <w:t xml:space="preserve">MCH015. Grūtnieču </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="2EC1482F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+              <w:t>antenatālās</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="2EC1482F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> aprūpes rādītāji pa reģioniem;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="555BD814" w14:textId="489CE1A5" w:rsidR="005744EA" w:rsidRPr="001144B4" w:rsidRDefault="005744EA" w:rsidP="005744EA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="2EC1482F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+              <w:t xml:space="preserve">MCH025. Ķeizargriezienu dati atbilstoši </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="2EC1482F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+              <w:t>Robsona</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="2EC1482F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> klasifikācijai</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="005744EA" w:rsidRPr="00230624" w14:paraId="130D8A3D" w14:textId="77777777" w:rsidTr="7036884B">
+        <w:trPr>
+          <w:trHeight w:val="332"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="826" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+          </w:tcPr>
+          <w:p w14:paraId="45ABA9D5" w14:textId="77777777" w:rsidR="005744EA" w:rsidRPr="00230624" w:rsidRDefault="005744EA" w:rsidP="005744EA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0E93D195">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+              <w:t>8.3.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3197" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+          </w:tcPr>
+          <w:p w14:paraId="659F3B86" w14:textId="77777777" w:rsidR="005744EA" w:rsidRPr="00230624" w:rsidRDefault="005744EA" w:rsidP="005744EA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0E93D195">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+              <w:t>Statistika par dzemdībām un jaundzimušajiem (uz 1000 dzīvi dzimušiem)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1823" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+          </w:tcPr>
+          <w:p w14:paraId="28BB7A25" w14:textId="2306780E" w:rsidR="005744EA" w:rsidRPr="0000789B" w:rsidRDefault="005744EA" w:rsidP="2EC1482F">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="808080" w:themeColor="background1" w:themeShade="80"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="2EC1482F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+              <w:t>5</w:t>
+            </w:r>
+            <w:r w:rsidR="5D605939" w:rsidRPr="2EC1482F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+              <w:t>3</w:t>
+            </w:r>
+            <w:r w:rsidRPr="2EC1482F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+              <w:t>.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1022" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="3B499796" w14:textId="13C7A80B" w:rsidR="005744EA" w:rsidRPr="000D1C1E" w:rsidRDefault="005744EA" w:rsidP="79683210">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="808080" w:themeColor="background1" w:themeShade="80"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="2EC1482F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+              <w:t>202</w:t>
+            </w:r>
+            <w:r w:rsidR="6F3D529F" w:rsidRPr="2EC1482F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+              <w:t>5</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1725" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+          </w:tcPr>
+          <w:p w14:paraId="49B9D7BF" w14:textId="625EE623" w:rsidR="005744EA" w:rsidRPr="000D1C1E" w:rsidRDefault="005744EA" w:rsidP="79683210">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="808080" w:themeColor="background1" w:themeShade="80"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="2EC1482F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+              <w:t>06.08.2026.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="11492D89" w14:textId="5E4DF3E7" w:rsidR="005744EA" w:rsidRPr="000D1C1E" w:rsidRDefault="687A521F" w:rsidP="79683210">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="808080" w:themeColor="background1" w:themeShade="80"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="2EC1482F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+              <w:t>19</w:t>
+            </w:r>
+            <w:r w:rsidR="005744EA" w:rsidRPr="2EC1482F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+              <w:t>.11.202</w:t>
+            </w:r>
+            <w:r w:rsidR="3CC27FF8" w:rsidRPr="2EC1482F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+              <w:t>6</w:t>
+            </w:r>
+            <w:r w:rsidR="005744EA" w:rsidRPr="2EC1482F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+              <w:t>. (dzemdniecības operācijas)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5840" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+          </w:tcPr>
+          <w:p w14:paraId="3F64A4A8" w14:textId="77777777" w:rsidR="005744EA" w:rsidRPr="0000781D" w:rsidRDefault="005744EA" w:rsidP="005744EA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:color w:val="A6A6A6" w:themeColor="background1" w:themeShade="A6"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="0E93D195">
-[...3 lines deleted...]
-              <w:t>2024</w:t>
+            <w:r w:rsidRPr="2EC1482F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+              <w:t>MCH020. Dzemdniecības operāciju dati pa reģioniem</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="005744EA" w:rsidRPr="00230624" w14:paraId="140FF75E" w14:textId="77777777" w:rsidTr="7036884B">
+        <w:trPr>
+          <w:trHeight w:val="690"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="826" w:type="dxa"/>
+            <w:vMerge/>
+          </w:tcPr>
+          <w:p w14:paraId="1A191342" w14:textId="77777777" w:rsidR="005744EA" w:rsidRPr="00230624" w:rsidRDefault="005744EA" w:rsidP="005744EA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3197" w:type="dxa"/>
+            <w:vMerge/>
+          </w:tcPr>
+          <w:p w14:paraId="4F0483FF" w14:textId="77777777" w:rsidR="005744EA" w:rsidRPr="00230624" w:rsidRDefault="005744EA" w:rsidP="005744EA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1823" w:type="dxa"/>
+            <w:vMerge/>
+          </w:tcPr>
+          <w:p w14:paraId="7B48B03D" w14:textId="77777777" w:rsidR="005744EA" w:rsidRPr="0000789B" w:rsidRDefault="005744EA" w:rsidP="005744EA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="808080" w:themeColor="background1" w:themeShade="80"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:highlight w:val="yellow"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1022" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="2E9E15DD" w14:textId="59A142B9" w:rsidR="005744EA" w:rsidRPr="000D1C1E" w:rsidRDefault="005744EA" w:rsidP="79683210">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="808080" w:themeColor="background1" w:themeShade="80"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="2EC1482F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+              <w:t>2020-202</w:t>
+            </w:r>
+            <w:r w:rsidR="45BC9B33" w:rsidRPr="2EC1482F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+              <w:t>5</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1725" w:type="dxa"/>
+            <w:vMerge/>
+          </w:tcPr>
+          <w:p w14:paraId="01B982F3" w14:textId="77777777" w:rsidR="005744EA" w:rsidRPr="000D1C1E" w:rsidRDefault="005744EA" w:rsidP="005744EA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="808080" w:themeColor="background1" w:themeShade="80"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5840" w:type="dxa"/>
+            <w:vMerge/>
+          </w:tcPr>
+          <w:p w14:paraId="44E15894" w14:textId="77777777" w:rsidR="005744EA" w:rsidRPr="0000781D" w:rsidRDefault="005744EA" w:rsidP="005744EA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="005744EA" w:rsidRPr="00230624" w14:paraId="2BC0BDC5" w14:textId="77777777" w:rsidTr="7036884B">
+        <w:trPr>
+          <w:trHeight w:val="146"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="826" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="097D0B66" w14:textId="77777777" w:rsidR="005744EA" w:rsidRPr="00230624" w:rsidRDefault="005744EA" w:rsidP="005744EA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0E93D195">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+              <w:t>8.4.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3197" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="1D2AF53D" w14:textId="77777777" w:rsidR="005744EA" w:rsidRPr="00230624" w:rsidRDefault="005744EA" w:rsidP="005744EA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0E93D195">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+              <w:t>Statistika par abortiem (absolūtais skaits, %)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1823" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="140EECF2" w14:textId="635E4503" w:rsidR="005744EA" w:rsidRPr="0000789B" w:rsidRDefault="005744EA" w:rsidP="2EC1482F">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="808080" w:themeColor="background1" w:themeShade="80"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="2EC1482F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+              <w:t>6</w:t>
+            </w:r>
+            <w:r w:rsidR="0D8C37FE" w:rsidRPr="2EC1482F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+              <w:t>1</w:t>
+            </w:r>
+            <w:r w:rsidRPr="2EC1482F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+              <w:t>.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1022" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="1BA4B3D8" w14:textId="3325A58C" w:rsidR="005744EA" w:rsidRPr="000D1C1E" w:rsidRDefault="005744EA" w:rsidP="79683210">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="808080" w:themeColor="background1" w:themeShade="80"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="2EC1482F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+              <w:t>202</w:t>
+            </w:r>
+            <w:r w:rsidR="6754FA46" w:rsidRPr="2EC1482F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+              <w:t>5</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1725" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="1894143A" w14:textId="6EC64AEC" w:rsidR="005744EA" w:rsidRPr="000D1C1E" w:rsidRDefault="005744EA" w:rsidP="005744EA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="808080" w:themeColor="background1" w:themeShade="80"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="2EC1482F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+              <w:t>30.07.2026.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5840" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="03D8B5BD" w14:textId="77777777" w:rsidR="005744EA" w:rsidRPr="00126AAD" w:rsidRDefault="005744EA" w:rsidP="005744EA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="2EC1482F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+              <w:t>MCH050.Abortu sadalījums pa aborta veidiem un reģioniem noteiktās vecuma grupās</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="005744EA" w:rsidRPr="00230624" w14:paraId="37097C48" w14:textId="77777777" w:rsidTr="7036884B">
+        <w:trPr>
+          <w:trHeight w:val="858"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="826" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+          </w:tcPr>
+          <w:p w14:paraId="1C3D0B8E" w14:textId="77777777" w:rsidR="005744EA" w:rsidRPr="00230624" w:rsidRDefault="005744EA" w:rsidP="005744EA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0E93D195">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+              <w:t xml:space="preserve">8.5. </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3197" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+          </w:tcPr>
+          <w:p w14:paraId="6CF10A05" w14:textId="77777777" w:rsidR="005744EA" w:rsidRPr="00230624" w:rsidRDefault="005744EA" w:rsidP="005744EA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0E93D195">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+              <w:t>Statistika par abortiem (uz 1000 dzīvi dzimušiem, uz 1000 reproduktīvā vecuma sievietēm)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1823" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+          </w:tcPr>
+          <w:p w14:paraId="761A4DEF" w14:textId="53590853" w:rsidR="005744EA" w:rsidRPr="0000789B" w:rsidRDefault="005744EA" w:rsidP="2EC1482F">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="808080" w:themeColor="background1" w:themeShade="80"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="2EC1482F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+              <w:t>5</w:t>
+            </w:r>
+            <w:r w:rsidR="2037DA1F" w:rsidRPr="2EC1482F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+              <w:t>3</w:t>
+            </w:r>
+            <w:r w:rsidRPr="2EC1482F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+              <w:t xml:space="preserve">., </w:t>
+            </w:r>
+            <w:r w:rsidR="55FAA728" w:rsidRPr="2EC1482F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+              <w:t>58</w:t>
+            </w:r>
+            <w:r w:rsidRPr="2EC1482F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+              <w:t xml:space="preserve">., </w:t>
+            </w:r>
+            <w:r w:rsidR="0C9C07AA" w:rsidRPr="2EC1482F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+              <w:t>59</w:t>
+            </w:r>
+            <w:r w:rsidRPr="2EC1482F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+              <w:t xml:space="preserve">., </w:t>
+            </w:r>
+            <w:r w:rsidR="4CD6B238" w:rsidRPr="2EC1482F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+              <w:t>60</w:t>
+            </w:r>
+            <w:r w:rsidRPr="2EC1482F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+              <w:t xml:space="preserve">., </w:t>
+            </w:r>
+            <w:r w:rsidR="43FDC038" w:rsidRPr="2EC1482F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+              <w:t>62</w:t>
+            </w:r>
+            <w:r w:rsidRPr="2EC1482F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+              <w:t>.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1022" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+          </w:tcPr>
+          <w:p w14:paraId="6A2CCE38" w14:textId="260E4E96" w:rsidR="005744EA" w:rsidRPr="000D1C1E" w:rsidRDefault="005744EA" w:rsidP="005744EA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="808080" w:themeColor="background1" w:themeShade="80"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="2EC1482F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+              <w:t>202</w:t>
+            </w:r>
+            <w:r w:rsidR="557D3D69" w:rsidRPr="2EC1482F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+              <w:t>5</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1725" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="53F0390C" w14:textId="606BC590" w:rsidR="005744EA" w:rsidRPr="000D1C1E" w:rsidRDefault="005744EA" w:rsidP="005744EA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="808080" w:themeColor="background1" w:themeShade="80"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="2EC1482F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+              <w:t>30.07.2026.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5840" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="1AC43FED" w14:textId="60323225" w:rsidR="005744EA" w:rsidRPr="00126AAD" w:rsidRDefault="005744EA" w:rsidP="005744EA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="2EC1482F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+              <w:t>MCH070.Mākslīgie aborti un kontracepcija;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="659F9AFB" w14:textId="75D51C98" w:rsidR="005744EA" w:rsidRPr="00126AAD" w:rsidRDefault="005744EA" w:rsidP="005744EA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="2EC1482F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+              <w:t>MCH060.Mākslīgie aborti uz 1000 dzīvi dzimušiem atbilstošā vecuma sievietēm</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="005744EA" w:rsidRPr="00230624" w14:paraId="42468451" w14:textId="77777777" w:rsidTr="7036884B">
+        <w:trPr>
+          <w:trHeight w:val="391"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="826" w:type="dxa"/>
+            <w:vMerge/>
+          </w:tcPr>
+          <w:p w14:paraId="086EF4C4" w14:textId="77777777" w:rsidR="005744EA" w:rsidRPr="00230624" w:rsidRDefault="005744EA" w:rsidP="005744EA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3197" w:type="dxa"/>
+            <w:vMerge/>
+          </w:tcPr>
+          <w:p w14:paraId="23B0C4EB" w14:textId="77777777" w:rsidR="005744EA" w:rsidRPr="00230624" w:rsidRDefault="005744EA" w:rsidP="005744EA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1823" w:type="dxa"/>
+            <w:vMerge/>
+          </w:tcPr>
+          <w:p w14:paraId="4F7F2A4F" w14:textId="77777777" w:rsidR="005744EA" w:rsidRPr="000D1C1E" w:rsidRDefault="005744EA" w:rsidP="005744EA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="808080" w:themeColor="background1" w:themeShade="80"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1022" w:type="dxa"/>
+            <w:vMerge/>
+          </w:tcPr>
+          <w:p w14:paraId="5C8708B7" w14:textId="77777777" w:rsidR="005744EA" w:rsidRPr="000D1C1E" w:rsidRDefault="005744EA" w:rsidP="005744EA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="808080" w:themeColor="background1" w:themeShade="80"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1725" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="43664386" w14:textId="28CAB214" w:rsidR="005744EA" w:rsidRPr="000D1C1E" w:rsidRDefault="7ABE3760" w:rsidP="79683210">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="808080" w:themeColor="background1" w:themeShade="80"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="79683210">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+              <w:t>19</w:t>
+            </w:r>
+            <w:r w:rsidR="005744EA" w:rsidRPr="79683210">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+              <w:t>.11.202</w:t>
+            </w:r>
+            <w:r w:rsidR="01A5FC4E" w:rsidRPr="79683210">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+              <w:t>6</w:t>
+            </w:r>
+            <w:r w:rsidR="005744EA" w:rsidRPr="79683210">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+              <w:t>.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5840" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="45394CDD" w14:textId="0E0C9E43" w:rsidR="005744EA" w:rsidRPr="00331291" w:rsidRDefault="005744EA" w:rsidP="005744EA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0E93D195">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+              <w:t>MCH020. Dzemdniecības operāciju dati pa reģioniem</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="005744EA" w:rsidRPr="00230624" w14:paraId="7BA5D646" w14:textId="77777777" w:rsidTr="7036884B">
+        <w:trPr>
+          <w:trHeight w:val="146"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="826" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+          </w:tcPr>
+          <w:p w14:paraId="01F19B9E" w14:textId="77777777" w:rsidR="005744EA" w:rsidRPr="00230624" w:rsidRDefault="005744EA" w:rsidP="005744EA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0E93D195">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+              <w:t>8.6.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3197" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+          </w:tcPr>
+          <w:p w14:paraId="2CEBBE7D" w14:textId="77777777" w:rsidR="005744EA" w:rsidRPr="00230624" w:rsidRDefault="005744EA" w:rsidP="005744EA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0E93D195">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+              <w:t>Statistika par bērnu veselību (absolūtais skaits, %, no 1000 apskatītiem bērniem)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1823" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+          </w:tcPr>
+          <w:p w14:paraId="6AF77CD4" w14:textId="5818A43F" w:rsidR="005744EA" w:rsidRPr="000D1C1E" w:rsidRDefault="748EF87E" w:rsidP="4FF78E37">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="808080" w:themeColor="background1" w:themeShade="80"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="4FF78E37">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+              <w:t>6</w:t>
+            </w:r>
+            <w:r w:rsidR="0000789B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+              <w:t>3</w:t>
+            </w:r>
+            <w:r w:rsidRPr="4FF78E37">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+              <w:t>., 6</w:t>
+            </w:r>
+            <w:r w:rsidR="0000789B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+              <w:t>4</w:t>
+            </w:r>
+            <w:r w:rsidRPr="4FF78E37">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+              <w:t>.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1022" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+          </w:tcPr>
+          <w:p w14:paraId="337CC36F" w14:textId="719E4706" w:rsidR="005744EA" w:rsidRPr="000D1C1E" w:rsidRDefault="005744EA" w:rsidP="005744EA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="808080" w:themeColor="background1" w:themeShade="80"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="3C298AD3">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+              <w:t>2025</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1725" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="54623AE3" w14:textId="19D36AC1" w:rsidR="005744EA" w:rsidRPr="000D1C1E" w:rsidRDefault="748EF87E" w:rsidP="005744EA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="808080" w:themeColor="background1" w:themeShade="80"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="4FF78E37">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+              <w:t>06.08.202</w:t>
+            </w:r>
+            <w:r w:rsidR="10489136" w:rsidRPr="4FF78E37">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+              <w:t>6</w:t>
+            </w:r>
+            <w:r w:rsidRPr="4FF78E37">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+              <w:t>.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5840" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="5779EDD5" w14:textId="77777777" w:rsidR="005744EA" w:rsidRPr="00230624" w:rsidRDefault="005744EA" w:rsidP="005744EA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="A6A6A6" w:themeColor="background1" w:themeShade="A6"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0E93D195">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+              <w:t>MCH100. Dati par krūts barošanu</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="005744EA" w:rsidRPr="00230624" w14:paraId="2DA1163A" w14:textId="77777777" w:rsidTr="7036884B">
+        <w:trPr>
+          <w:trHeight w:val="146"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="826" w:type="dxa"/>
+            <w:vMerge/>
+          </w:tcPr>
+          <w:p w14:paraId="241A29BA" w14:textId="77777777" w:rsidR="005744EA" w:rsidRPr="00230624" w:rsidRDefault="005744EA" w:rsidP="005744EA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3197" w:type="dxa"/>
+            <w:vMerge/>
+          </w:tcPr>
+          <w:p w14:paraId="1ABF866F" w14:textId="77777777" w:rsidR="005744EA" w:rsidRPr="00230624" w:rsidRDefault="005744EA" w:rsidP="005744EA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1823" w:type="dxa"/>
+            <w:vMerge/>
+          </w:tcPr>
+          <w:p w14:paraId="40951D33" w14:textId="77777777" w:rsidR="005744EA" w:rsidRPr="000D1C1E" w:rsidRDefault="005744EA" w:rsidP="005744EA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="808080" w:themeColor="background1" w:themeShade="80"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1022" w:type="dxa"/>
+            <w:vMerge/>
+          </w:tcPr>
+          <w:p w14:paraId="338E154E" w14:textId="77777777" w:rsidR="005744EA" w:rsidRPr="000D1C1E" w:rsidRDefault="005744EA" w:rsidP="005744EA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="808080" w:themeColor="background1" w:themeShade="80"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1725" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="6CD41AC3" w14:textId="71BA9FBA" w:rsidR="005744EA" w:rsidRPr="000D1C1E" w:rsidRDefault="005744EA" w:rsidP="005744EA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="808080" w:themeColor="background1" w:themeShade="80"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="24E50FEB">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+              <w:t>06.08.2026.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5840" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="2013AB58" w14:textId="77777777" w:rsidR="005744EA" w:rsidRPr="00275515" w:rsidRDefault="005744EA" w:rsidP="005744EA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="A6A6A6" w:themeColor="background1" w:themeShade="A6"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0E93D195">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+              <w:t>ZOB010. Sešgadīgo un divpadsmitgadīgo bērnu zobu stāvoklis</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="005744EA" w:rsidRPr="00230624" w14:paraId="46E40D5B" w14:textId="77777777" w:rsidTr="7036884B">
+        <w:trPr>
+          <w:trHeight w:val="146"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="826" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="17DE7EF2" w14:textId="77777777" w:rsidR="005744EA" w:rsidRPr="00230624" w:rsidRDefault="005744EA" w:rsidP="005744EA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0E93D195">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t>9.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="13607" w:type="dxa"/>
+            <w:gridSpan w:val="5"/>
+          </w:tcPr>
+          <w:p w14:paraId="4DB8D584" w14:textId="1D9DCF74" w:rsidR="005744EA" w:rsidRPr="00230624" w:rsidRDefault="005744EA" w:rsidP="005744EA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="1669C32D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t>8.1</w:t>
+            </w:r>
+            <w:r w:rsidR="62181249" w:rsidRPr="1669C32D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t>1</w:t>
+            </w:r>
+            <w:r w:rsidRPr="1669C32D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t>. Vakcinācijas kalendāra ietvaros vakcinētās personas un iedzīvotājiem veiktā imunizācija</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="005744EA" w:rsidRPr="00230624" w14:paraId="315CF4D3" w14:textId="77777777" w:rsidTr="7036884B">
+        <w:trPr>
+          <w:trHeight w:val="146"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="826" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="5E895F96" w14:textId="3E9EB723" w:rsidR="005744EA" w:rsidRPr="00230624" w:rsidRDefault="005744EA" w:rsidP="005744EA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0E93D195">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+              <w:t>9.1.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3197" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="5724D8D4" w14:textId="77777777" w:rsidR="005744EA" w:rsidRPr="00230624" w:rsidRDefault="005744EA" w:rsidP="005744EA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0E93D195">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+              <w:t>Imunizācijas līmenis, %</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1823" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="3B9F26F7" w14:textId="5500254F" w:rsidR="005744EA" w:rsidRPr="000D1C1E" w:rsidRDefault="005744EA" w:rsidP="005744EA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="808080" w:themeColor="background1" w:themeShade="80"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003D5521">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+              <w:t>6</w:t>
+            </w:r>
+            <w:r w:rsidR="003D5521" w:rsidRPr="003D5521">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+              <w:t>5.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1022" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="63A6A56C" w14:textId="4835A0C1" w:rsidR="005744EA" w:rsidRPr="000D1C1E" w:rsidRDefault="005744EA" w:rsidP="005744EA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="808080" w:themeColor="background1" w:themeShade="80"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0088550F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+              <w:t>202</w:t>
+            </w:r>
+            <w:r w:rsidR="0088550F" w:rsidRPr="0088550F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+              <w:t>5</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1725" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="0B251C52" w14:textId="78E11BD7" w:rsidR="005744EA" w:rsidRPr="000D1C1E" w:rsidRDefault="005744EA" w:rsidP="005744EA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="808080" w:themeColor="background1" w:themeShade="80"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00814BEE">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+              <w:t>30.06.202</w:t>
+            </w:r>
+            <w:r w:rsidR="00814BEE" w:rsidRPr="00814BEE">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+              <w:t>6</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00814BEE">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+              <w:t>.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5840" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="29BC2179" w14:textId="77777777" w:rsidR="005744EA" w:rsidRPr="00275515" w:rsidRDefault="005744EA" w:rsidP="005744EA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="A6A6A6" w:themeColor="background1" w:themeShade="A6"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0E93D195">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+              <w:t>INF050. Bērnu imunizācijas līmenis</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="005744EA" w:rsidRPr="00230624" w14:paraId="60B4DCD6" w14:textId="77777777" w:rsidTr="7036884B">
+        <w:trPr>
+          <w:trHeight w:val="146"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="826" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="562922A2" w14:textId="77777777" w:rsidR="005744EA" w:rsidRPr="00230624" w:rsidRDefault="005744EA" w:rsidP="005744EA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0E93D195">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+              <w:t>10.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="13607" w:type="dxa"/>
+            <w:gridSpan w:val="5"/>
+          </w:tcPr>
+          <w:p w14:paraId="032294D8" w14:textId="090D0998" w:rsidR="005744EA" w:rsidRPr="000618E8" w:rsidRDefault="005744EA" w:rsidP="005744EA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="1669C32D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+              <w:t>8.1</w:t>
+            </w:r>
+            <w:r w:rsidR="5B436EEE" w:rsidRPr="1669C32D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+              <w:t>3</w:t>
+            </w:r>
+            <w:r w:rsidRPr="1669C32D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+              <w:t>. Neatliekamās medicīniskās palīdzības darbs</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="005744EA" w:rsidRPr="00230624" w14:paraId="1E0FC976" w14:textId="77777777" w:rsidTr="7036884B">
+        <w:trPr>
+          <w:trHeight w:val="146"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="826" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="1588EAB1" w14:textId="77777777" w:rsidR="005744EA" w:rsidRPr="00230624" w:rsidRDefault="005744EA" w:rsidP="005744EA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0E93D195">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+              <w:t>10.1.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3197" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="40A056D3" w14:textId="77777777" w:rsidR="005744EA" w:rsidRPr="00230624" w:rsidRDefault="005744EA" w:rsidP="005744EA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0E93D195">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+              <w:t>Neatliekamās medicīniskās palīdzības izsaukumu skaits (absolūtos skaitļos, īpatsvars %)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1823" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="622FC447" w14:textId="7D072442" w:rsidR="005744EA" w:rsidRPr="000D1C1E" w:rsidRDefault="748EF87E" w:rsidP="4FF78E37">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="808080" w:themeColor="background1" w:themeShade="80"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="1F59E362">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+              <w:t>7</w:t>
+            </w:r>
+            <w:r w:rsidR="68CE1356" w:rsidRPr="1F59E362">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+              <w:t>4</w:t>
+            </w:r>
+            <w:r w:rsidRPr="1F59E362">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+              <w:t>., 7</w:t>
+            </w:r>
+            <w:r w:rsidR="0B3ACD85" w:rsidRPr="1F59E362">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+              <w:t>5</w:t>
+            </w:r>
+            <w:r w:rsidRPr="1F59E362">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+              <w:t>.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1022" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="5D89B9A6" w14:textId="3E8B5151" w:rsidR="005744EA" w:rsidRPr="000D1C1E" w:rsidRDefault="748EF87E" w:rsidP="4FF78E37">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="808080" w:themeColor="background1" w:themeShade="80"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="4FF78E37">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+              <w:t>202</w:t>
+            </w:r>
+            <w:r w:rsidR="2C474466" w:rsidRPr="4FF78E37">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+              <w:t>5</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1725" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="07A3F7B0" w14:textId="5DAD9DBA" w:rsidR="005744EA" w:rsidRPr="000D1C1E" w:rsidRDefault="748EF87E" w:rsidP="4FF78E37">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="808080" w:themeColor="background1" w:themeShade="80"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="4FF78E37">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+              <w:t>17.0</w:t>
+            </w:r>
+            <w:r w:rsidR="74860472" w:rsidRPr="4FF78E37">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+              <w:t>6</w:t>
+            </w:r>
+            <w:r w:rsidRPr="4FF78E37">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+              <w:t>.202</w:t>
+            </w:r>
+            <w:r w:rsidR="5458CC0D" w:rsidRPr="4FF78E37">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+              <w:t>6</w:t>
+            </w:r>
+            <w:r w:rsidRPr="4FF78E37">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+              <w:t xml:space="preserve">. </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5840" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="1F7C7775" w14:textId="77777777" w:rsidR="005744EA" w:rsidRDefault="005744EA" w:rsidP="005744EA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="A6A6A6" w:themeColor="background1" w:themeShade="A6"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0E93D195">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+              <w:t>NMP030. Neatliekamās medicīniskās palīdzības izsaukumu skaits pēc izsaukumu rezultāta;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="696DDB0F" w14:textId="77777777" w:rsidR="005744EA" w:rsidRDefault="005744EA" w:rsidP="005744EA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="A6A6A6" w:themeColor="background1" w:themeShade="A6"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0E93D195">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+              <w:t>NMP040. Neatliekamās medicīniskās palīdzības izsaukumu skaits pēc motīva;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="3861E15F" w14:textId="3EDEC74B" w:rsidR="005744EA" w:rsidRPr="00375A52" w:rsidRDefault="005744EA" w:rsidP="005744EA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="A6A6A6" w:themeColor="background1" w:themeShade="A6"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0E93D195">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+              <w:t>NMP061. Neatliekamās medicīniskās palīdzības rezultatīvo izsaukumu skaits dzīvībai un veselībai kritiskos stāvokļos pēc izsaukuma vietas un ierašanās laika (pēc administratīvi teritoriālās reformas 2021. gadā)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="005744EA" w:rsidRPr="00230624" w14:paraId="1FF2F0BD" w14:textId="77777777" w:rsidTr="7036884B">
+        <w:trPr>
+          <w:trHeight w:val="146"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="826" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="5EB08670" w14:textId="3679B301" w:rsidR="005744EA" w:rsidRPr="00230624" w:rsidRDefault="005744EA" w:rsidP="005744EA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0E93D195">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+              <w:t>10.2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3197" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="352256F9" w14:textId="477DFA18" w:rsidR="005744EA" w:rsidRPr="00375A52" w:rsidRDefault="005744EA" w:rsidP="005744EA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0E93D195">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+              <w:t>Neatliekamās medicīniskās palīdzības</w:t>
+            </w:r>
+            <w:r w:rsidRPr="0E93D195">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> dienesta izsaukumu skaits (absolūtos skaitļos, īpatsvars %)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1823" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="016F5199" w14:textId="0AD58A13" w:rsidR="005744EA" w:rsidRPr="000D1C1E" w:rsidRDefault="748EF87E" w:rsidP="4FF78E37">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="808080" w:themeColor="background1" w:themeShade="80"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="1F59E362">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+              <w:t>7</w:t>
+            </w:r>
+            <w:r w:rsidR="49ECE927" w:rsidRPr="1F59E362">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+              <w:t>0</w:t>
+            </w:r>
+            <w:r w:rsidRPr="1F59E362">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+              <w:t>.-7</w:t>
+            </w:r>
+            <w:r w:rsidR="3EE60F34" w:rsidRPr="1F59E362">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+              <w:t>3</w:t>
+            </w:r>
+            <w:r w:rsidRPr="1F59E362">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+              <w:t>.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1022" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="269A0478" w14:textId="634A7DB7" w:rsidR="005744EA" w:rsidRPr="000D1C1E" w:rsidRDefault="748EF87E" w:rsidP="4FF78E37">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="808080" w:themeColor="background1" w:themeShade="80"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="4FF78E37">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+              <w:t>202</w:t>
+            </w:r>
+            <w:r w:rsidR="0B6B8418" w:rsidRPr="4FF78E37">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+              <w:t>5</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1725" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="7DAA37AC" w14:textId="262A04F8" w:rsidR="005744EA" w:rsidRPr="000D1C1E" w:rsidRDefault="748EF87E" w:rsidP="4FF78E37">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="808080" w:themeColor="background1" w:themeShade="80"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="4FF78E37">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+              <w:t>17.0</w:t>
+            </w:r>
+            <w:r w:rsidR="6AA41E11" w:rsidRPr="4FF78E37">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+              <w:t>6</w:t>
+            </w:r>
+            <w:r w:rsidRPr="4FF78E37">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+              <w:t>.202</w:t>
+            </w:r>
+            <w:r w:rsidR="11BDA316" w:rsidRPr="4FF78E37">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+              <w:t>6</w:t>
+            </w:r>
+            <w:r w:rsidRPr="4FF78E37">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+              <w:t>.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5840" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="2C431EF2" w14:textId="32A9BDBC" w:rsidR="005744EA" w:rsidRPr="00275515" w:rsidRDefault="005744EA" w:rsidP="005744EA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="A6A6A6" w:themeColor="background1" w:themeShade="A6"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0E93D195">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+              <w:t>NMP011.Neatliekamās medicīniskās palīdzības dienesta izpildītie izsaukumi (pēc administratīvi teritoriālās reformas 2021. gadā);</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="18195C34" w14:textId="30C85BB5" w:rsidR="005744EA" w:rsidRPr="00275515" w:rsidRDefault="005744EA" w:rsidP="005744EA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="A6A6A6" w:themeColor="background1" w:themeShade="A6"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0E93D195">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+              <w:t>NMP021.Neatliekamās medicīniskās palīdzības dienesta savlaicīgi izpildīto rezultatīvo izsaukumu īpatsvars no visiem izsaukumiem dzīvībai un veselībai kritiskos stāvokļos (pēc administratīvi teritoriālās reformas 2021. gadā)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="005744EA" w:rsidRPr="00871AE3" w14:paraId="11BFCDD1" w14:textId="77777777" w:rsidTr="7036884B">
+        <w:trPr>
+          <w:trHeight w:val="146"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="826" w:type="dxa"/>
+            <w:tcBorders>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="2D416F38" w14:textId="0E1AA8C3" w:rsidR="005744EA" w:rsidRPr="00B16C9D" w:rsidRDefault="005744EA" w:rsidP="005744EA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0E93D195">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+              <w:t>10.3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3197" w:type="dxa"/>
+            <w:tcBorders>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="42547E87" w14:textId="796E7378" w:rsidR="005744EA" w:rsidRPr="00B16C9D" w:rsidRDefault="005744EA" w:rsidP="005744EA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0E93D195">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+              <w:t>Neatliekamās medicīniskās palīdzības brigāžu skaits, absolūtos skaitļos</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1823" w:type="dxa"/>
+            <w:tcBorders>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="3E86C9F3" w14:textId="2EB4938F" w:rsidR="005744EA" w:rsidRPr="000D1C1E" w:rsidRDefault="00AC2DA6" w:rsidP="1F59E362">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="1F59E362">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+              <w:t>1</w:t>
+            </w:r>
+            <w:r w:rsidR="3CAD10E0" w:rsidRPr="1F59E362">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+              <w:t>04.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1022" w:type="dxa"/>
+            <w:tcBorders>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="53FE3F00" w14:textId="53AFB1C2" w:rsidR="005744EA" w:rsidRPr="000D1C1E" w:rsidRDefault="748EF87E" w:rsidP="4FF78E37">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="808080" w:themeColor="background1" w:themeShade="80"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="4FF78E37">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+              <w:t>202</w:t>
+            </w:r>
+            <w:r w:rsidR="32C38364" w:rsidRPr="4FF78E37">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+              <w:t>5</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1725" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="780CE77C" w14:textId="2E1DED7A" w:rsidR="009E1B38" w:rsidRPr="005510A9" w:rsidRDefault="70EB9708" w:rsidP="0E93D195">
+          <w:p w14:paraId="5BC3C707" w14:textId="3B4D6255" w:rsidR="005744EA" w:rsidRPr="000D1C1E" w:rsidRDefault="748EF87E" w:rsidP="4FF78E37">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
-                <w:color w:val="A6A6A6" w:themeColor="background1" w:themeShade="A6"/>
-[...26 lines deleted...]
-            <w:r w:rsidRPr="0E93D195">
+                <w:color w:val="808080" w:themeColor="background1" w:themeShade="80"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="4FF78E37">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+              <w:t>17.0</w:t>
+            </w:r>
+            <w:r w:rsidR="6CAF8A40" w:rsidRPr="4FF78E37">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+              <w:t>6</w:t>
+            </w:r>
+            <w:r w:rsidRPr="4FF78E37">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+              <w:t>.202</w:t>
+            </w:r>
+            <w:r w:rsidR="49F7C6F3" w:rsidRPr="4FF78E37">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+              <w:t>6</w:t>
+            </w:r>
+            <w:r w:rsidRPr="4FF78E37">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
               </w:rPr>
               <w:t>.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5840" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="22197B9B" w14:textId="3769FA72" w:rsidR="009E1B38" w:rsidRPr="005510A9" w:rsidRDefault="70EB9708" w:rsidP="0E93D195">
+          <w:p w14:paraId="00B74431" w14:textId="15C1892F" w:rsidR="005744EA" w:rsidRPr="00B16C9D" w:rsidRDefault="005744EA" w:rsidP="005744EA">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:color w:val="A6A6A6" w:themeColor="background1" w:themeShade="A6"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0E93D195">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
               </w:rPr>
-              <w:t>STAC060. Stacionāru gultu izmantošanas rādītāji sadalījumā pa reģioniem pēc pakļautības veida</w:t>
+              <w:t>NMP050. Neatliekamās medicīniskās palīdzības brigāžu un izsaukumu skaits pēc brigādes veida</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="009E1B38" w:rsidRPr="00230624" w14:paraId="079ABBAE" w14:textId="77777777" w:rsidTr="701B1D90">
-[...139 lines deleted...]
-      <w:tr w:rsidR="008F6B2F" w:rsidRPr="00230624" w14:paraId="1F1A7222" w14:textId="77777777" w:rsidTr="701B1D90">
+      <w:tr w:rsidR="005744EA" w:rsidRPr="00230624" w14:paraId="34B3C930" w14:textId="77777777" w:rsidTr="7036884B">
         <w:trPr>
           <w:trHeight w:val="146"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="826" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="2A3EB9C6" w14:textId="77777777" w:rsidR="008F6B2F" w:rsidRPr="00230624" w:rsidRDefault="1791CDFD" w:rsidP="0E93D195">
-[...10 lines deleted...]
-              <w:t>7.2.</w:t>
+          <w:p w14:paraId="460A3ED4" w14:textId="77777777" w:rsidR="005744EA" w:rsidRPr="00230624" w:rsidRDefault="005744EA" w:rsidP="005744EA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0E93D195">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t>11.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3197" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="4369BA2B" w14:textId="77777777" w:rsidR="008F6B2F" w:rsidRPr="00230624" w:rsidRDefault="1791CDFD" w:rsidP="0E93D195">
-[...10 lines deleted...]
-              <w:t>Statistikas dati par hospitalizāciju un hospitalizācijas dienu skaitu (uz 100 iedzīvotājiem)</w:t>
+          <w:p w14:paraId="12191F63" w14:textId="1338F36E" w:rsidR="005744EA" w:rsidRPr="00230624" w:rsidRDefault="005744EA" w:rsidP="005744EA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="1669C32D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+              <w:t>8.1</w:t>
+            </w:r>
+            <w:r w:rsidR="7B4EF025" w:rsidRPr="1669C32D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+              <w:t>6</w:t>
+            </w:r>
+            <w:r w:rsidRPr="1669C32D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+              <w:t xml:space="preserve">. Potenciāli zaudētie mūža gadi </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1823" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="4A17EA46" w14:textId="126EA6E2" w:rsidR="008F6B2F" w:rsidRPr="000618E8" w:rsidRDefault="383A328F" w:rsidP="0E93D195">
-[...12 lines deleted...]
-            <w:r w:rsidR="1791CDFD" w:rsidRPr="0E93D195">
+          <w:p w14:paraId="68D5E0AB" w14:textId="40251884" w:rsidR="005744EA" w:rsidRPr="00A85C90" w:rsidRDefault="005744EA" w:rsidP="005744EA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A85C90">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+              <w:t>8</w:t>
+            </w:r>
+            <w:r w:rsidR="00A85C90" w:rsidRPr="00A85C90">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+              <w:t>1</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A85C90">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
               </w:rPr>
               <w:t>.</w:t>
             </w:r>
-            <w:r w:rsidR="7AA73139" w:rsidRPr="0E93D195">
-[...4 lines deleted...]
-            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1022" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="1283536D" w14:textId="6EE22E0D" w:rsidR="008F6B2F" w:rsidRPr="00AF01D8" w:rsidRDefault="1791CDFD" w:rsidP="0E93D195">
+          <w:p w14:paraId="7018F9CD" w14:textId="0D3BEBD2" w:rsidR="005744EA" w:rsidRPr="00A85C90" w:rsidRDefault="005744EA" w:rsidP="005744EA">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
-                <w:color w:val="A6A6A6" w:themeColor="background1" w:themeShade="A6"/>
-[...2 lines deleted...]
-            <w:r w:rsidRPr="0E93D195">
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A85C90">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
               </w:rPr>
               <w:t>202</w:t>
             </w:r>
-            <w:r w:rsidR="5EA351DA" w:rsidRPr="0E93D195">
-[...3 lines deleted...]
-              <w:t>4</w:t>
+            <w:r w:rsidR="00DD4130" w:rsidRPr="00A85C90">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+              <w:t>5</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1725" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="532447D3" w14:textId="4DA05337" w:rsidR="008F6B2F" w:rsidRPr="00C82D10" w:rsidRDefault="1791CDFD" w:rsidP="0E93D195">
+          <w:p w14:paraId="09342D14" w14:textId="2DD3057C" w:rsidR="005744EA" w:rsidRPr="000D1C1E" w:rsidRDefault="005744EA" w:rsidP="11289DF7">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
-                <w:color w:val="A6A6A6" w:themeColor="background1" w:themeShade="A6"/>
-[...2 lines deleted...]
-            <w:r w:rsidRPr="0E93D195">
+                <w:color w:val="808080" w:themeColor="background1" w:themeShade="80"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="11289DF7">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
               </w:rPr>
               <w:t>2</w:t>
             </w:r>
-            <w:r w:rsidR="5FEEEA74" w:rsidRPr="0E93D195">
-[...17 lines deleted...]
-            <w:r w:rsidRPr="0E93D195">
+            <w:r w:rsidR="4392FF5B" w:rsidRPr="11289DF7">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+              <w:t>8</w:t>
+            </w:r>
+            <w:r w:rsidRPr="11289DF7">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+              <w:t>.08.202</w:t>
+            </w:r>
+            <w:r w:rsidR="321BD2F6" w:rsidRPr="11289DF7">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+              <w:t>6</w:t>
+            </w:r>
+            <w:r w:rsidRPr="11289DF7">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
               </w:rPr>
               <w:t>.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5840" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="31E45194" w14:textId="77777777" w:rsidR="008F6B2F" w:rsidRPr="00275515" w:rsidRDefault="1791CDFD" w:rsidP="0E93D195">
-[...11 lines deleted...]
-              <w:t>STAC060. Stacionāru gultu izmantošanas rādītāji sadalījumā pa reģioniem pēc pakļautības veida</w:t>
+          <w:p w14:paraId="7150E0BE" w14:textId="0C514FBE" w:rsidR="005744EA" w:rsidRPr="00275515" w:rsidRDefault="005744EA" w:rsidP="005744EA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0E93D195">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+              <w:t xml:space="preserve">PZMG11. Potenciāli zaudētie mūža gadi (0-64 gadu vecumā) pa reģioniem, </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="0E93D195">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+              <w:t>valstspilsētām</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="0E93D195">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> un novadiem (pēc administratīvi teritoriālās reformas 2021.gadā) no 2017. gada </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="6237505E" w14:textId="2197CF8A" w:rsidR="005744EA" w:rsidRPr="00275515" w:rsidRDefault="005744EA" w:rsidP="005744EA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0E93D195">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+              <w:t xml:space="preserve">PZMG20. Potenciāli zaudētie mūža gadi (0-64 gadu vecumā) sadalījumā pa nāves cēloņiem un dzimumiem </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="727D0B91" w14:textId="60FEE23F" w:rsidR="005744EA" w:rsidRPr="00275515" w:rsidRDefault="005744EA" w:rsidP="005744EA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0E93D195">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+              <w:t xml:space="preserve">PZMG30. Potenciāli zaudētie mūža gadi (0-64 gadu vecumā) sadalījumā pēc vecuma, dzimuma, nāves cēloņa </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="50489188" w14:textId="1A980D83" w:rsidR="005744EA" w:rsidRPr="00275515" w:rsidRDefault="005744EA" w:rsidP="005744EA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0E93D195">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+              <w:t xml:space="preserve">PZMG40. Potenciāli zaudētie mūža gadi (līdz 64 vai 69 gadu vecumam) pa dzimumiem </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="5D5C303F" w14:textId="154FEC5F" w:rsidR="005744EA" w:rsidRPr="00275515" w:rsidRDefault="005744EA" w:rsidP="005744EA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0E93D195">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+              <w:t>PZMG50.Potenciāli zaudētie mūža gadi (līdz 64 vai 69 gadu vecumam) pa statistiskajiem reģioniem</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="008F6B2F" w:rsidRPr="00230624" w14:paraId="7AFA42A6" w14:textId="77777777" w:rsidTr="701B1D90">
-[...213 lines deleted...]
-      <w:tr w:rsidR="00181999" w:rsidRPr="00230624" w14:paraId="700B5A9C" w14:textId="77777777" w:rsidTr="701B1D90">
+      <w:tr w:rsidR="005744EA" w:rsidRPr="00230624" w14:paraId="1EC0BF91" w14:textId="77777777" w:rsidTr="7036884B">
         <w:trPr>
           <w:trHeight w:val="146"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="826" w:type="dxa"/>
-            <w:vMerge w:val="restart"/>
-[...12 lines deleted...]
-              <w:t>7.4.</w:t>
+          </w:tcPr>
+          <w:p w14:paraId="703A0A48" w14:textId="77777777" w:rsidR="005744EA" w:rsidRPr="00230624" w:rsidRDefault="005744EA" w:rsidP="005744EA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0E93D195">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t>12.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3197" w:type="dxa"/>
-            <w:vMerge w:val="restart"/>
-[...12 lines deleted...]
-              <w:t>Statistikas dati par stacionāra darbību (absolūtos skaitļos)</w:t>
+          </w:tcPr>
+          <w:p w14:paraId="7DA94FCF" w14:textId="63C9D198" w:rsidR="005744EA" w:rsidRPr="00230624" w:rsidRDefault="005744EA" w:rsidP="005744EA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="1669C32D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t>8.2</w:t>
+            </w:r>
+            <w:r w:rsidR="0A328214" w:rsidRPr="1669C32D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t>1</w:t>
+            </w:r>
+            <w:r w:rsidRPr="1669C32D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t>. Absolūtā alkohola patēriņš</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1823" w:type="dxa"/>
-            <w:vMerge w:val="restart"/>
-[...27 lines deleted...]
-          <w:p w14:paraId="2E33D34E" w14:textId="6F263E2C" w:rsidR="00181999" w:rsidRPr="000618E8" w:rsidRDefault="00181999" w:rsidP="0E93D195">
+          </w:tcPr>
+          <w:p w14:paraId="6367A884" w14:textId="17CA5A71" w:rsidR="005744EA" w:rsidRPr="000D1C1E" w:rsidRDefault="005744EA" w:rsidP="1669C32D">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="808080" w:themeColor="background1" w:themeShade="80"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="1669C32D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+              <w:t>9</w:t>
+            </w:r>
+            <w:r w:rsidR="6FCF799B" w:rsidRPr="1669C32D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+              <w:t>0</w:t>
+            </w:r>
+            <w:r w:rsidRPr="1669C32D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+              <w:t>.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1022" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="1AB8B496" w14:textId="6A13EA4D" w:rsidR="005744EA" w:rsidRPr="000D1C1E" w:rsidRDefault="7A221209" w:rsidP="005744EA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="808080" w:themeColor="background1" w:themeShade="80"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="7E8A36B1">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t>2025</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1725" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="3AF48FCC" w14:textId="6D2984D8" w:rsidR="005744EA" w:rsidRPr="00323A8E" w:rsidRDefault="005744EA" w:rsidP="005744EA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="808080" w:themeColor="background1" w:themeShade="80"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00323A8E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+              <w:t>2</w:t>
+            </w:r>
+            <w:r w:rsidR="6C538E9B" w:rsidRPr="00323A8E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+              <w:t>1</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00323A8E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+              <w:t>.06.202</w:t>
+            </w:r>
+            <w:r w:rsidR="14485CA7" w:rsidRPr="00323A8E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+              <w:t>6</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00323A8E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+              <w:t>. (provizoriskie dati)</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="533D4C84" w14:textId="6E703B20" w:rsidR="005744EA" w:rsidRPr="00323A8E" w:rsidRDefault="005744EA" w:rsidP="005744EA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="808080" w:themeColor="background1" w:themeShade="80"/>
+                <w:highlight w:val="green"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00323A8E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+              <w:t>0</w:t>
+            </w:r>
+            <w:r w:rsidR="212699B5" w:rsidRPr="00323A8E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+              <w:t>7</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00323A8E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+              <w:t>.12.2025.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5840" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="71AD41C3" w14:textId="77777777" w:rsidR="005744EA" w:rsidRPr="00275515" w:rsidRDefault="005744EA" w:rsidP="005744EA">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:color w:val="A6A6A6" w:themeColor="background1" w:themeShade="A6"/>
               </w:rPr>
             </w:pPr>
+            <w:r w:rsidRPr="0E93D195">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+              <w:t>VIP010. Absolūtā alkohola patēriņš</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="005744EA" w:rsidRPr="00230624" w14:paraId="17136EE1" w14:textId="77777777" w:rsidTr="7036884B">
+        <w:trPr>
+          <w:trHeight w:val="146"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="826" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="6381DC8A" w14:textId="397365DC" w:rsidR="005744EA" w:rsidRPr="00230624" w:rsidRDefault="005744EA" w:rsidP="005744EA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0E93D195">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t>14.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="13607" w:type="dxa"/>
+            <w:gridSpan w:val="5"/>
+          </w:tcPr>
+          <w:p w14:paraId="07F68330" w14:textId="739D13F8" w:rsidR="005744EA" w:rsidRPr="000618E8" w:rsidRDefault="005744EA" w:rsidP="005744EA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="1669C32D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+              <w:t>8.2</w:t>
+            </w:r>
+            <w:r w:rsidR="3654AA39" w:rsidRPr="1669C32D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+              <w:t>7</w:t>
+            </w:r>
+            <w:r w:rsidRPr="1669C32D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+              <w:t>. Veselības aprūpes resursi</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="005744EA" w:rsidRPr="00230624" w14:paraId="77DC76D6" w14:textId="77777777" w:rsidTr="7036884B">
+        <w:trPr>
+          <w:trHeight w:val="146"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="826" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="5F91682E" w14:textId="6D6282A4" w:rsidR="005744EA" w:rsidRPr="00230624" w:rsidRDefault="005744EA" w:rsidP="005744EA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0E93D195">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+              <w:t>14.1.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3197" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="6856A09F" w14:textId="00FEB1FD" w:rsidR="005744EA" w:rsidRPr="00F06082" w:rsidRDefault="005744EA" w:rsidP="005744EA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0E93D195">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+              <w:t>Ārstniecības iestāžu skaits  (absolūtos skaitļos; uz 10 000 iedzīvotāju),</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1823" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="2F053C88" w14:textId="56D41FFE" w:rsidR="005744EA" w:rsidRPr="000D1C1E" w:rsidRDefault="1874ED63" w:rsidP="1669C32D">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="808080" w:themeColor="background1" w:themeShade="80"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="1669C32D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+              <w:t>101</w:t>
+            </w:r>
+            <w:r w:rsidR="005744EA" w:rsidRPr="1669C32D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+              <w:t>.</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1022" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="74B0FAF1" w14:textId="676542A1" w:rsidR="00181999" w:rsidRPr="008107AD" w:rsidRDefault="1439AF23" w:rsidP="0E93D195">
+          <w:p w14:paraId="76F00AEA" w14:textId="5E02FB62" w:rsidR="005744EA" w:rsidRPr="000D1C1E" w:rsidRDefault="005744EA" w:rsidP="1669C32D">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
-              </w:rPr>
-[...8 lines deleted...]
-          <w:p w14:paraId="67450D65" w14:textId="0F7C2BD2" w:rsidR="00181999" w:rsidRPr="008107AD" w:rsidRDefault="00181999" w:rsidP="0E93D195">
+                <w:color w:val="808080" w:themeColor="background1" w:themeShade="80"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="1669C32D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+              <w:t>202</w:t>
+            </w:r>
+            <w:r w:rsidR="213DD0EB" w:rsidRPr="1669C32D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+              <w:t>5</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1725" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="71DFA738" w14:textId="47B9425F" w:rsidR="005744EA" w:rsidRPr="000D1C1E" w:rsidRDefault="005744EA" w:rsidP="1669C32D">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
-              </w:rPr>
-[...2 lines deleted...]
-          <w:p w14:paraId="153E18D4" w14:textId="041BCF13" w:rsidR="00181999" w:rsidRPr="008107AD" w:rsidRDefault="163FD131" w:rsidP="0E93D195">
+                <w:color w:val="808080" w:themeColor="background1" w:themeShade="80"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="1669C32D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+              <w:t>2</w:t>
+            </w:r>
+            <w:r w:rsidR="5D6BE8C3" w:rsidRPr="1669C32D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+              <w:t>8</w:t>
+            </w:r>
+            <w:r w:rsidRPr="1669C32D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+              <w:t>.08.202</w:t>
+            </w:r>
+            <w:r w:rsidR="2A91099A" w:rsidRPr="1669C32D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+              <w:t>6</w:t>
+            </w:r>
+            <w:r w:rsidRPr="1669C32D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+              <w:t>.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5840" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="6FA714F9" w14:textId="3C1CF6F8" w:rsidR="005744EA" w:rsidRPr="002128F2" w:rsidRDefault="005744EA" w:rsidP="005744EA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="A6A6A6" w:themeColor="background1" w:themeShade="A6"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0E93D195">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> RES015.Ārstniecības iestāžu skaits pēc darbības profila</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="005744EA" w:rsidRPr="00230624" w14:paraId="0E0B0387" w14:textId="77777777" w:rsidTr="7036884B">
+        <w:trPr>
+          <w:trHeight w:val="146"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="826" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="05F52592" w14:textId="4C293164" w:rsidR="005744EA" w:rsidRDefault="005744EA" w:rsidP="005744EA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0E93D195">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+              <w:t>14.2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3197" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="28AEFA0D" w14:textId="4952075B" w:rsidR="005744EA" w:rsidRPr="00F06082" w:rsidRDefault="005744EA" w:rsidP="005744EA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0E93D195">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+              <w:t>Gada vidējais gultu skaits stacionārā, absolūtos skaitļos, uz 10 000 iedzīvotāju</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1823" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="5BBB9E69" w14:textId="44D0F0D6" w:rsidR="005744EA" w:rsidRPr="000D1C1E" w:rsidRDefault="29FDD911" w:rsidP="1669C32D">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="808080" w:themeColor="background1" w:themeShade="80"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="1669C32D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+              <w:t>102</w:t>
+            </w:r>
+            <w:r w:rsidR="005744EA" w:rsidRPr="1669C32D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+              <w:t>.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1022" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="47B90C3E" w14:textId="6B41FE6D" w:rsidR="005744EA" w:rsidRPr="000D1C1E" w:rsidRDefault="005744EA" w:rsidP="005744EA">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="808080" w:themeColor="background1" w:themeShade="80"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="2D7281C3">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+              <w:t>2025</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1725" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="21178828" w14:textId="5FC2411C" w:rsidR="005744EA" w:rsidRPr="000D1C1E" w:rsidRDefault="005744EA" w:rsidP="005744EA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="808080" w:themeColor="background1" w:themeShade="80"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="2D7281C3">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+              <w:t>25.09.2026.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5840" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="1ECF3402" w14:textId="5F74446B" w:rsidR="005744EA" w:rsidRPr="00275515" w:rsidRDefault="005744EA" w:rsidP="005744EA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:color w:val="A6A6A6" w:themeColor="background1" w:themeShade="A6"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0E93D195">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
               </w:rPr>
-              <w:t>2024</w:t>
+              <w:t>STAC060. Stacionāru gultu izmantošanas rādītāji sadalījumā pa reģioniem pēc pakļautības veida</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="005744EA" w:rsidRPr="00230624" w14:paraId="5FB3DDEF" w14:textId="77777777" w:rsidTr="7036884B">
+        <w:trPr>
+          <w:trHeight w:val="146"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="826" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="20A05F8F" w14:textId="5B3351E3" w:rsidR="005744EA" w:rsidRPr="00230624" w:rsidRDefault="005744EA" w:rsidP="005744EA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0E93D195">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+              <w:t>14.3.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3197" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="437EA5EC" w14:textId="5DFF4AD4" w:rsidR="005744EA" w:rsidRPr="00F06082" w:rsidRDefault="005744EA" w:rsidP="005744EA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0E93D195">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+              <w:t>Vietu skaits dienas stacionāros, absolūtos skaitļos</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1823" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="6CB038AE" w14:textId="75E0445D" w:rsidR="005744EA" w:rsidRPr="000D1C1E" w:rsidRDefault="6D0B19F3" w:rsidP="1669C32D">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="808080" w:themeColor="background1" w:themeShade="80"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="1669C32D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+              <w:t>103</w:t>
+            </w:r>
+            <w:r w:rsidR="005744EA" w:rsidRPr="1669C32D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+              <w:t>.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1022" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="63A61893" w14:textId="6B7EDA9D" w:rsidR="005744EA" w:rsidRPr="000D1C1E" w:rsidRDefault="005744EA" w:rsidP="79683210">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="808080" w:themeColor="background1" w:themeShade="80"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="79683210">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+              <w:t>202</w:t>
+            </w:r>
+            <w:r w:rsidR="0588C9CA" w:rsidRPr="79683210">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+              <w:t>4</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="55B37655" w14:textId="072F0D07" w:rsidR="005744EA" w:rsidRPr="000D1C1E" w:rsidRDefault="005744EA" w:rsidP="79683210">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="808080" w:themeColor="background1" w:themeShade="80"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="3F7B6545" w14:textId="693B7349" w:rsidR="005744EA" w:rsidRPr="000D1C1E" w:rsidRDefault="005744EA" w:rsidP="79683210">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="808080" w:themeColor="background1" w:themeShade="80"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="79683210">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+              <w:t>202</w:t>
+            </w:r>
+            <w:r w:rsidR="6BA74305" w:rsidRPr="79683210">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+              <w:t>5</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1725" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="798C53F1" w14:textId="19CD7BE0" w:rsidR="00181999" w:rsidRPr="008107AD" w:rsidRDefault="00A6DF3C" w:rsidP="0E93D195">
+          <w:p w14:paraId="3CC3E9F0" w14:textId="1F10736D" w:rsidR="005744EA" w:rsidRPr="000D1C1E" w:rsidRDefault="005744EA" w:rsidP="79683210">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
-              </w:rPr>
-[...7 lines deleted...]
-            <w:r w:rsidR="1439AF23" w:rsidRPr="0E93D195">
+                <w:color w:val="808080" w:themeColor="background1" w:themeShade="80"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="79683210">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+              <w:t>1</w:t>
+            </w:r>
+            <w:r w:rsidR="0FA45FFD" w:rsidRPr="79683210">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+              <w:t>7</w:t>
+            </w:r>
+            <w:r w:rsidRPr="79683210">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+              <w:t>.03.202</w:t>
+            </w:r>
+            <w:r w:rsidR="1EE75EAE" w:rsidRPr="79683210">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+              <w:t>6</w:t>
+            </w:r>
+            <w:r w:rsidRPr="79683210">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
               </w:rPr>
               <w:t>.</w:t>
             </w:r>
-            <w:r w:rsidR="1662935A" w:rsidRPr="0E93D195">
-[...11 lines deleted...]
-            <w:r w:rsidR="2DA07F99" w:rsidRPr="0E93D195">
+          </w:p>
+          <w:p w14:paraId="1B70836D" w14:textId="4DFD8CFF" w:rsidR="005744EA" w:rsidRPr="000D1C1E" w:rsidRDefault="005744EA" w:rsidP="79683210">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="808080" w:themeColor="background1" w:themeShade="80"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="79683210">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+              <w:t>(202</w:t>
+            </w:r>
+            <w:r w:rsidR="30AE6F4E" w:rsidRPr="79683210">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+              <w:t>4</w:t>
+            </w:r>
+            <w:r w:rsidRPr="79683210">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+              <w:t>)</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="747DB7BD" w14:textId="487B9B43" w:rsidR="005744EA" w:rsidRPr="000D1C1E" w:rsidRDefault="005744EA" w:rsidP="79683210">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="808080" w:themeColor="background1" w:themeShade="80"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="79683210">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+              <w:t>10.09.202</w:t>
+            </w:r>
+            <w:r w:rsidR="2017A83C" w:rsidRPr="79683210">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+              <w:t>6</w:t>
+            </w:r>
+            <w:r w:rsidRPr="79683210">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+              <w:t>.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="7BE8DDDB" w14:textId="647CC01E" w:rsidR="005744EA" w:rsidRPr="000D1C1E" w:rsidRDefault="005744EA" w:rsidP="79683210">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="808080" w:themeColor="background1" w:themeShade="80"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="79683210">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+              <w:t>(202</w:t>
+            </w:r>
+            <w:r w:rsidR="786FAD4E" w:rsidRPr="79683210">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
               </w:rPr>
               <w:t>5</w:t>
             </w:r>
-            <w:r w:rsidR="1439AF23" w:rsidRPr="0E93D195">
+            <w:r w:rsidRPr="79683210">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+              <w:t>)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5840" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="2F9419F0" w14:textId="6EC97C11" w:rsidR="005744EA" w:rsidRPr="00275515" w:rsidRDefault="005744EA" w:rsidP="005744EA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="A6A6A6" w:themeColor="background1" w:themeShade="A6"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0E93D195">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+              <w:t>AMB010.Vietu un ārstēto pacientu skaits dienas stacionāros</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="005744EA" w:rsidRPr="00230624" w14:paraId="78AB0440" w14:textId="77777777" w:rsidTr="7036884B">
+        <w:trPr>
+          <w:trHeight w:val="146"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="826" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="5FC7DC9D" w14:textId="5D33609E" w:rsidR="005744EA" w:rsidRPr="00230624" w:rsidRDefault="005744EA" w:rsidP="005744EA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0E93D195">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+              <w:t>14.4.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3197" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="11674A08" w14:textId="77777777" w:rsidR="005744EA" w:rsidRPr="00230624" w:rsidRDefault="005744EA" w:rsidP="005744EA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0E93D195">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+              <w:t>Ārstniecības personu skaits (absolūtos skaitļos; uz 10 000 iedzīvotāju)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1823" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="428FC3F6" w14:textId="362E82CA" w:rsidR="005744EA" w:rsidRPr="000D1C1E" w:rsidRDefault="005744EA" w:rsidP="1669C32D">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="808080" w:themeColor="background1" w:themeShade="80"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="1669C32D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+              <w:t>10</w:t>
+            </w:r>
+            <w:r w:rsidR="7BF9C215" w:rsidRPr="1669C32D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+              <w:t>6</w:t>
+            </w:r>
+            <w:r w:rsidRPr="1669C32D">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
               </w:rPr>
               <w:t>.</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="0FEB2F9B" w14:textId="166088A0" w:rsidR="00181999" w:rsidRPr="008107AD" w:rsidRDefault="06B51769" w:rsidP="0E93D195">
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1022" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="205D90E8" w14:textId="6FA1635A" w:rsidR="005744EA" w:rsidRPr="000D1C1E" w:rsidRDefault="005744EA" w:rsidP="1669C32D">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
-              </w:rPr>
-[...8 lines deleted...]
-          <w:p w14:paraId="0EC46F13" w14:textId="7A521C83" w:rsidR="00181999" w:rsidRPr="00E34E4A" w:rsidRDefault="19478586" w:rsidP="0E93D195">
+                <w:color w:val="808080" w:themeColor="background1" w:themeShade="80"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="1669C32D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+              <w:t>202</w:t>
+            </w:r>
+            <w:r w:rsidR="2AC7A75A" w:rsidRPr="1669C32D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+              <w:t>5</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1725" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="408CD445" w14:textId="26873E0E" w:rsidR="005744EA" w:rsidRPr="000D1C1E" w:rsidRDefault="015985F5" w:rsidP="1669C32D">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="808080" w:themeColor="background1" w:themeShade="80"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="1669C32D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+              <w:t>09</w:t>
+            </w:r>
+            <w:r w:rsidR="005744EA" w:rsidRPr="1669C32D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+              <w:t>.07.202</w:t>
+            </w:r>
+            <w:r w:rsidR="5E259CC1" w:rsidRPr="1669C32D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+              <w:t>6</w:t>
+            </w:r>
+            <w:r w:rsidR="005744EA" w:rsidRPr="1669C32D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+              <w:t>.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5840" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="75B8398C" w14:textId="77777777" w:rsidR="005744EA" w:rsidRPr="00275515" w:rsidRDefault="005744EA" w:rsidP="005744EA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="A6A6A6" w:themeColor="background1" w:themeShade="A6"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0E93D195">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+              <w:t>RES010. Ārstu skaits pa specialitātēm;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="3784B1F0" w14:textId="77777777" w:rsidR="005744EA" w:rsidRPr="00275515" w:rsidRDefault="005744EA" w:rsidP="005744EA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="A6A6A6" w:themeColor="background1" w:themeShade="A6"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0E93D195">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+              <w:t xml:space="preserve">RES020. Ārstniecības personu skaits pa reģioniem un pilsētām </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="005744EA" w:rsidRPr="00230624" w14:paraId="6479F53E" w14:textId="77777777" w:rsidTr="7036884B">
+        <w:trPr>
+          <w:trHeight w:val="146"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="826" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="53CEF0B4" w14:textId="226F94BC" w:rsidR="005744EA" w:rsidRPr="00230624" w:rsidRDefault="005744EA" w:rsidP="005744EA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0E93D195">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+              <w:t>14.5.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3197" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="44F50122" w14:textId="77777777" w:rsidR="005744EA" w:rsidRPr="00230624" w:rsidRDefault="005744EA" w:rsidP="005744EA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0E93D195">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+              <w:t>Iedzīvotāju skaits uz vienu praktizējošu ārstu</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1823" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="063943BB" w14:textId="423B4A70" w:rsidR="005744EA" w:rsidRPr="000D1C1E" w:rsidRDefault="005744EA" w:rsidP="1669C32D">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:strike/>
-              </w:rPr>
-[...9 lines deleted...]
-          <w:p w14:paraId="58C47E9B" w14:textId="03275F04" w:rsidR="00E34E4A" w:rsidRPr="00E34E4A" w:rsidRDefault="00E34E4A" w:rsidP="0E93D195">
+                <w:color w:val="808080" w:themeColor="background1" w:themeShade="80"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="1669C32D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+              <w:t>10</w:t>
+            </w:r>
+            <w:r w:rsidR="15C80B88" w:rsidRPr="1669C32D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+              <w:t>7</w:t>
+            </w:r>
+            <w:r w:rsidRPr="1669C32D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+              <w:t>.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1022" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="5DE81042" w14:textId="2A26A581" w:rsidR="005744EA" w:rsidRPr="000D1C1E" w:rsidRDefault="005744EA" w:rsidP="1669C32D">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
-                <w:color w:val="EE0000"/>
-[...10 lines deleted...]
-          <w:p w14:paraId="0A4B270E" w14:textId="70EDF95A" w:rsidR="00181999" w:rsidRPr="008107AD" w:rsidRDefault="19478586" w:rsidP="0E93D195">
+                <w:color w:val="808080" w:themeColor="background1" w:themeShade="80"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="1669C32D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+              <w:t>202</w:t>
+            </w:r>
+            <w:r w:rsidR="11F90AE7" w:rsidRPr="1669C32D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+              <w:t>5</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1725" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="2AC49E14" w14:textId="31905DBC" w:rsidR="005744EA" w:rsidRPr="000D1C1E" w:rsidRDefault="0182665C" w:rsidP="1669C32D">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="808080" w:themeColor="background1" w:themeShade="80"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="1669C32D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+              <w:t>09</w:t>
+            </w:r>
+            <w:r w:rsidR="005744EA" w:rsidRPr="1669C32D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+              <w:t>.07.202</w:t>
+            </w:r>
+            <w:r w:rsidR="1DF6E17C" w:rsidRPr="1669C32D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+              <w:t>6</w:t>
+            </w:r>
+            <w:r w:rsidR="005744EA" w:rsidRPr="1669C32D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+              <w:t>.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5840" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="53F12088" w14:textId="77777777" w:rsidR="005744EA" w:rsidRPr="00275515" w:rsidRDefault="005744EA" w:rsidP="005744EA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:color w:val="A6A6A6" w:themeColor="background1" w:themeShade="A6"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0E93D195">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
               </w:rPr>
-              <w:t>(2024)</w:t>
+              <w:t>RES050. Iedzīvotāju skaits uz vienu praktizējošu ārstu pa reģioniem</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="005744EA" w:rsidRPr="00230624" w14:paraId="14402D6F" w14:textId="77777777" w:rsidTr="7036884B">
+        <w:trPr>
+          <w:trHeight w:val="146"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="826" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="430255D6" w14:textId="620ABCEF" w:rsidR="005744EA" w:rsidRPr="00230624" w:rsidRDefault="005744EA" w:rsidP="005744EA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0E93D195">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+              <w:t>14.6.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3197" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="4BA3B9C6" w14:textId="743A3E88" w:rsidR="005744EA" w:rsidRPr="00230624" w:rsidRDefault="005744EA" w:rsidP="005744EA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0E93D195">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+              <w:t>Praktizējošo ārstniecības personu skaita struktūra pa vecuma grupām, %</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1823" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="631AC242" w14:textId="6EB5ED90" w:rsidR="005744EA" w:rsidRPr="000D1C1E" w:rsidRDefault="58F9D8C2" w:rsidP="1669C32D">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="808080" w:themeColor="background1" w:themeShade="80"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="1669C32D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+              <w:t>105</w:t>
+            </w:r>
+            <w:r w:rsidR="005744EA" w:rsidRPr="1669C32D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+              <w:t>.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1022" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="149B5C4F" w14:textId="212771E4" w:rsidR="005744EA" w:rsidRPr="000D1C1E" w:rsidRDefault="005744EA" w:rsidP="1669C32D">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="808080" w:themeColor="background1" w:themeShade="80"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="1669C32D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+              <w:t>202</w:t>
+            </w:r>
+            <w:r w:rsidR="29D1EB7C" w:rsidRPr="1669C32D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+              <w:t>5</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1725" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="2730FF9E" w14:textId="40F79026" w:rsidR="005744EA" w:rsidRPr="000D1C1E" w:rsidRDefault="3A1632DA" w:rsidP="1669C32D">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="808080" w:themeColor="background1" w:themeShade="80"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="1669C32D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+              <w:t>09</w:t>
+            </w:r>
+            <w:r w:rsidR="005744EA" w:rsidRPr="1669C32D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+              <w:t>.07.202</w:t>
+            </w:r>
+            <w:r w:rsidR="73F7540F" w:rsidRPr="1669C32D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+              <w:t>6</w:t>
+            </w:r>
+            <w:r w:rsidR="005744EA" w:rsidRPr="1669C32D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+              <w:t>.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5840" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="0025F3BF" w14:textId="77777777" w:rsidR="00181999" w:rsidRPr="00275515" w:rsidRDefault="1439AF23" w:rsidP="0E93D195">
-[...3 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:p w14:paraId="1DCB1DBA" w14:textId="653BBF99" w:rsidR="005744EA" w:rsidRPr="00C63296" w:rsidRDefault="005744EA" w:rsidP="005744EA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:color w:val="A6A6A6" w:themeColor="background1" w:themeShade="A6"/>
-              </w:rPr>
-[...20 lines deleted...]
-              <w:t>STAC015. Stacionārā ārstēto pacientu skaits</w:t>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0E93D195">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+              <w:t>RES040. Praktizējošo ārstniecības personu skaita struktūra pa vecuma grupām</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00181999" w:rsidRPr="00230624" w14:paraId="7DCB73A3" w14:textId="77777777" w:rsidTr="701B1D90">
+      <w:tr w:rsidR="005744EA" w:rsidRPr="00230624" w14:paraId="786D250C" w14:textId="77777777" w:rsidTr="7036884B">
         <w:trPr>
-          <w:trHeight w:val="578"/>
+          <w:trHeight w:val="146"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="826" w:type="dxa"/>
-            <w:vMerge/>
-[...9 lines deleted...]
-            </w:pPr>
+            <w:tcBorders>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="379139B8" w14:textId="1BC12627" w:rsidR="005744EA" w:rsidRDefault="005744EA" w:rsidP="005744EA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0E93D195">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+              <w:t>14.7.</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3197" w:type="dxa"/>
-            <w:vMerge/>
-[...9 lines deleted...]
-            </w:pPr>
+            <w:tcBorders>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="59602341" w14:textId="48BAEFF6" w:rsidR="005744EA" w:rsidRPr="00C63296" w:rsidRDefault="005744EA" w:rsidP="005744EA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0E93D195">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Radioloģijas iekārtas un </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="0E93D195">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+              <w:t>radioloģiskie</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="0E93D195">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> izmeklējumi</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1823" w:type="dxa"/>
-            <w:vMerge/>
-[...153 lines deleted...]
-            </w:pPr>
+            <w:tcBorders>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="58356587" w14:textId="597851CE" w:rsidR="005744EA" w:rsidRPr="000D1C1E" w:rsidRDefault="005744EA" w:rsidP="005744EA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="808080" w:themeColor="background1" w:themeShade="80"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="000D1C1E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="808080" w:themeColor="background1" w:themeShade="80"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+              <w:t>–</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1022" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="01FE9569" w14:textId="64330322" w:rsidR="00181999" w:rsidRPr="003C5917" w:rsidRDefault="61CB4D69" w:rsidP="0E93D195">
+          <w:p w14:paraId="1384E1FC" w14:textId="4EDB98A5" w:rsidR="005744EA" w:rsidRPr="000D1C1E" w:rsidRDefault="005744EA" w:rsidP="005744EA">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
-              </w:rPr>
-[...30 lines deleted...]
-              <w:t>2024</w:t>
+                <w:color w:val="808080" w:themeColor="background1" w:themeShade="80"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="3921A84A">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+              <w:t>2025</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1725" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="75A11222" w14:textId="61DFB492" w:rsidR="00181999" w:rsidRDefault="5285AA41" w:rsidP="0E93D195">
+          <w:p w14:paraId="6BDE3046" w14:textId="76061522" w:rsidR="005744EA" w:rsidRPr="000D1C1E" w:rsidRDefault="005744EA" w:rsidP="005744EA">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
-              </w:rPr>
-[...81 lines deleted...]
-              <w:t>(2024)</w:t>
+                <w:color w:val="808080" w:themeColor="background1" w:themeShade="80"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="3921A84A">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+              <w:t>31.07.2026.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5840" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="44A1EA14" w14:textId="0D5F6A27" w:rsidR="00181999" w:rsidRPr="00181999" w:rsidRDefault="1439AF23" w:rsidP="0E93D195">
-[...3 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:p w14:paraId="45EEE251" w14:textId="108BA431" w:rsidR="005744EA" w:rsidRPr="00C63296" w:rsidRDefault="005744EA" w:rsidP="005744EA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:color w:val="A6A6A6" w:themeColor="background1" w:themeShade="A6"/>
-                <w:highlight w:val="yellow"/>
-[...6 lines deleted...]
-              <w:t>STAC035. Ķirurģisko operāciju skaits (atbilstoši Komisijas Regulas (ES) 2022/2294) visos stacionāros</w:t>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0E93D195">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+              <w:t xml:space="preserve">RES060 Radioloģijas iekārtas un </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="0E93D195">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+              <w:t>radioloģiskie</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="0E93D195">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> izmeklējumi</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="002A56EC" w:rsidRPr="00230624" w14:paraId="2E1067A9" w14:textId="77777777" w:rsidTr="701B1D90">
+      <w:tr w:rsidR="005744EA" w:rsidRPr="00230624" w14:paraId="4F7E61EE" w14:textId="77777777" w:rsidTr="7036884B">
         <w:trPr>
           <w:trHeight w:val="146"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="826" w:type="dxa"/>
-            <w:vMerge/>
-[...9 lines deleted...]
-            </w:pPr>
+          </w:tcPr>
+          <w:p w14:paraId="1A943D1F" w14:textId="254C13E0" w:rsidR="005744EA" w:rsidRPr="002D19B2" w:rsidRDefault="005744EA" w:rsidP="005744EA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0E93D195">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t>15.</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3197" w:type="dxa"/>
-            <w:vMerge/>
-[...9 lines deleted...]
-            </w:pPr>
+          </w:tcPr>
+          <w:p w14:paraId="43F99C43" w14:textId="7F07E2AD" w:rsidR="005744EA" w:rsidRPr="00C63296" w:rsidRDefault="005744EA" w:rsidP="005744EA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="1669C32D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+              <w:t>8.</w:t>
+            </w:r>
+            <w:r w:rsidR="6B8E23D8" w:rsidRPr="1669C32D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+              <w:t>28</w:t>
+            </w:r>
+            <w:r w:rsidRPr="1669C32D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+              <w:t>. Medicīnas tūrisma dati</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1823" w:type="dxa"/>
-            <w:vMerge/>
-[...9 lines deleted...]
-            </w:pPr>
+          </w:tcPr>
+          <w:p w14:paraId="59EC938D" w14:textId="30E39641" w:rsidR="005744EA" w:rsidRPr="000D1C1E" w:rsidRDefault="005744EA" w:rsidP="1669C32D">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="808080" w:themeColor="background1" w:themeShade="80"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="1669C32D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+              <w:t>10</w:t>
+            </w:r>
+            <w:r w:rsidR="2828A4E5" w:rsidRPr="1669C32D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+              <w:t>8</w:t>
+            </w:r>
+            <w:r w:rsidRPr="1669C32D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+              <w:t>.-1</w:t>
+            </w:r>
+            <w:r w:rsidR="5E2042A3" w:rsidRPr="1669C32D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+              <w:t>10</w:t>
+            </w:r>
+            <w:r w:rsidRPr="1669C32D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+              <w:t>.</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1022" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="1167BD56" w14:textId="3F9CD322" w:rsidR="002A56EC" w:rsidRPr="002A56EC" w:rsidRDefault="59D0F150" w:rsidP="0E93D195">
+          <w:p w14:paraId="63E56090" w14:textId="364B607D" w:rsidR="005744EA" w:rsidRPr="000D1C1E" w:rsidRDefault="748EF87E" w:rsidP="4FF78E37">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
-                <w:color w:val="000000" w:themeColor="text1"/>
-[...7 lines deleted...]
-              <w:t>2023</w:t>
+                <w:color w:val="808080" w:themeColor="background1" w:themeShade="80"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="4FF78E37">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+              <w:t>202</w:t>
+            </w:r>
+            <w:r w:rsidR="58BE00B6" w:rsidRPr="4FF78E37">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+              <w:t>5</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1725" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="53D74869" w14:textId="5A9974C8" w:rsidR="002A56EC" w:rsidRPr="002A56EC" w:rsidRDefault="78C702AA" w:rsidP="0E93D195">
+          <w:p w14:paraId="71B65411" w14:textId="6CB885D6" w:rsidR="005744EA" w:rsidRPr="000D1C1E" w:rsidRDefault="3CD96985" w:rsidP="4FF78E37">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
-              </w:rPr>
-[...5 lines deleted...]
-              <w:t>26.03.2025.</w:t>
+                <w:color w:val="808080" w:themeColor="background1" w:themeShade="80"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="79683210">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+              <w:t>31.07.202</w:t>
+            </w:r>
+            <w:r w:rsidR="1D659CDD" w:rsidRPr="79683210">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+              <w:t>6</w:t>
+            </w:r>
+            <w:r w:rsidRPr="79683210">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+              <w:t>.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5840" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="31EF49E4" w14:textId="4FB29B51" w:rsidR="002A56EC" w:rsidRPr="005510A9" w:rsidRDefault="59D0F150" w:rsidP="0E93D195">
-[...3 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:p w14:paraId="3757A1EA" w14:textId="196D6331" w:rsidR="005744EA" w:rsidRPr="00C63296" w:rsidRDefault="005744EA" w:rsidP="005744EA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:color w:val="A6A6A6" w:themeColor="background1" w:themeShade="A6"/>
-              </w:rPr>
-[...26 lines deleted...]
-              <w:t>STAC017. Pacientu ar psihiskiem un uzvedības traucējumiem skaits stacionārā</w:t>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0E93D195">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+              <w:t>TUR010.Medicīnas tūrisma pacientu skaits un ārstēšanās ilgums;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="1B2DF3EA" w14:textId="1235C56C" w:rsidR="005744EA" w:rsidRPr="00C63296" w:rsidRDefault="005744EA" w:rsidP="005744EA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="A6A6A6" w:themeColor="background1" w:themeShade="A6"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0E93D195">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+              <w:t>TUR020.Medicīnas tūrisma pacientu skaits pa vecuma grupām;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="33E377AF" w14:textId="7774EFCF" w:rsidR="005744EA" w:rsidRPr="00C63296" w:rsidRDefault="005744EA" w:rsidP="005744EA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="A6A6A6" w:themeColor="background1" w:themeShade="A6"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0E93D195">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+              <w:t>TUR030.Medicīnas tūristiem sniegto manipulāciju skaits un iztērētā summa;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="0A8333C6" w14:textId="77777777" w:rsidR="005744EA" w:rsidRPr="00C63296" w:rsidRDefault="005744EA" w:rsidP="005744EA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="A6A6A6" w:themeColor="background1" w:themeShade="A6"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0E93D195">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+              <w:t>TUR040.Medicīnas tūristiem sniegto manipulāciju skaits pēc pakalpojuma veida;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="7AC4159F" w14:textId="491C2D28" w:rsidR="005744EA" w:rsidRPr="00C63296" w:rsidRDefault="005744EA" w:rsidP="005744EA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="A6A6A6" w:themeColor="background1" w:themeShade="A6"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0E93D195">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+              <w:t>TUR050.Medicīnas tūristu skaits reģionos</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00181999" w:rsidRPr="00230624" w14:paraId="6010A73B" w14:textId="77777777" w:rsidTr="701B1D90">
+      <w:tr w:rsidR="005744EA" w:rsidRPr="00230624" w14:paraId="6E49A810" w14:textId="77777777" w:rsidTr="7036884B">
         <w:trPr>
           <w:trHeight w:val="146"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="826" w:type="dxa"/>
-            <w:vMerge/>
-[...9 lines deleted...]
-            </w:pPr>
+          </w:tcPr>
+          <w:p w14:paraId="7655DE55" w14:textId="41342A8C" w:rsidR="005744EA" w:rsidRPr="00940B37" w:rsidRDefault="005744EA" w:rsidP="005744EA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0E93D195">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t>16.</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3197" w:type="dxa"/>
-            <w:vMerge/>
-[...9 lines deleted...]
-            </w:pPr>
+          </w:tcPr>
+          <w:p w14:paraId="573F4A0E" w14:textId="172BD917" w:rsidR="005744EA" w:rsidRPr="00FE71E5" w:rsidRDefault="005744EA" w:rsidP="005744EA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0E93D195">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+              <w:t>8.16. Tiesu psihiatrijas ekspertu komisijas darbs</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1823" w:type="dxa"/>
-            <w:vMerge/>
-[...9 lines deleted...]
-            </w:pPr>
+          </w:tcPr>
+          <w:p w14:paraId="3208D992" w14:textId="74917C14" w:rsidR="005744EA" w:rsidRPr="008F3F01" w:rsidRDefault="005744EA" w:rsidP="005744EA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="008F3F01">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+              <w:t>7</w:t>
+            </w:r>
+            <w:r w:rsidR="00312348">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+              <w:t>6</w:t>
+            </w:r>
+            <w:r w:rsidRPr="008F3F01">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+              <w:t>.</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1022" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="1B34C3BD" w14:textId="4634314A" w:rsidR="00181999" w:rsidRPr="002A56EC" w:rsidRDefault="1439AF23" w:rsidP="0E93D195">
+          <w:p w14:paraId="188F91C1" w14:textId="660BF3D1" w:rsidR="005744EA" w:rsidRPr="008F3F01" w:rsidRDefault="005744EA" w:rsidP="005744EA">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
-[...6 lines deleted...]
-                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="008F3F01">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t>202</w:t>
             </w:r>
-            <w:r w:rsidR="59D0F150" w:rsidRPr="0E93D195">
-[...4 lines deleted...]
-              <w:t>4</w:t>
+            <w:r w:rsidR="00F7447C" w:rsidRPr="008F3F01">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+              <w:t>5</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1725" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="5245E620" w14:textId="3720AE30" w:rsidR="00181999" w:rsidRPr="002A56EC" w:rsidRDefault="77E3EAFD" w:rsidP="0E93D195">
+          <w:p w14:paraId="56D7592D" w14:textId="20D388B7" w:rsidR="005744EA" w:rsidRPr="008F3F01" w:rsidRDefault="008F3F01" w:rsidP="005744EA">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
-[...14 lines deleted...]
-                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="008F3F01">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+              <w:t>19</w:t>
+            </w:r>
+            <w:r w:rsidR="005744EA" w:rsidRPr="008F3F01">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+              <w:t>.06.202</w:t>
+            </w:r>
+            <w:r w:rsidRPr="008F3F01">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+              <w:t>6</w:t>
+            </w:r>
+            <w:r w:rsidR="005744EA" w:rsidRPr="008F3F01">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t>.</w:t>
             </w:r>
-            <w:r w:rsidR="0F04EDCF" w:rsidRPr="0E93D195">
-[...26 lines deleted...]
-            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5840" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="5661B021" w14:textId="4A4DCE85" w:rsidR="00181999" w:rsidRPr="005510A9" w:rsidRDefault="1439AF23" w:rsidP="0E93D195">
-[...616 lines deleted...]
-              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+          <w:p w14:paraId="1E84F8CE" w14:textId="11EB8028" w:rsidR="005744EA" w:rsidRPr="00462949" w:rsidRDefault="005744EA" w:rsidP="005744EA">
+            <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0E93D195">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
-              <w:t>VAK010. 30 dienu mirstība pēc stacionēšanas ar noteiktu diagnozi</w:t>
+              <w:t>PUT17.Tiesu psihiatrijas ekspertu komisijas darbs</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="008F6B2F" w:rsidRPr="00230624" w14:paraId="656DDD2F" w14:textId="77777777" w:rsidTr="701B1D90">
+      <w:tr w:rsidR="005744EA" w:rsidRPr="00230624" w14:paraId="3248D447" w14:textId="77777777" w:rsidTr="7036884B">
         <w:trPr>
           <w:trHeight w:val="146"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="826" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="01046C56" w14:textId="77777777" w:rsidR="008F6B2F" w:rsidRPr="00230624" w:rsidRDefault="1791CDFD" w:rsidP="0E93D195">
+          <w:p w14:paraId="026D7EA5" w14:textId="5CC84602" w:rsidR="005744EA" w:rsidRDefault="005744EA" w:rsidP="005744EA">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0E93D195">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
-              <w:t>8.</w:t>
-[...50 lines deleted...]
-              <w:t>8.1.</w:t>
+              <w:t>17.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3197" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="0CD0508E" w14:textId="77777777" w:rsidR="008F6B2F" w:rsidRPr="00230624" w:rsidRDefault="1791CDFD" w:rsidP="0E93D195">
-[...2861 lines deleted...]
-            <w:r w:rsidRPr="0E93D195">
+          <w:p w14:paraId="57AF2E08" w14:textId="3930AA62" w:rsidR="005744EA" w:rsidRPr="0035594C" w:rsidRDefault="005744EA" w:rsidP="005744EA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
-              <w:t xml:space="preserve">8.18. Potenciāli zaudētie mūža gadi </w:t>
-[...1798 lines deleted...]
-              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+            </w:pPr>
+            <w:r w:rsidRPr="0E93D195">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
-            </w:pPr>
-[...550 lines deleted...]
-          <w:p w14:paraId="3DA031D8" w14:textId="139CF400" w:rsidR="00A9426C" w:rsidRPr="0035594C" w:rsidRDefault="00A9426C" w:rsidP="0E93D195">
+              <w:t>8.24. Latvijas iedzīvotāju veselību ietekmējošo paradumu pētījums</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="3DA031D8" w14:textId="139CF400" w:rsidR="005744EA" w:rsidRPr="0035594C" w:rsidRDefault="005744EA" w:rsidP="005744EA">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:i/>
                 <w:iCs/>
                 <w:color w:val="FF0000"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1823" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="45A50443" w14:textId="16CAC737" w:rsidR="00A9426C" w:rsidRDefault="5BFE7B9A" w:rsidP="0E93D195">
-[...7 lines deleted...]
-            <w:r w:rsidRPr="0E93D195">
+          <w:p w14:paraId="45A50443" w14:textId="31468167" w:rsidR="005744EA" w:rsidRPr="000D1C1E" w:rsidRDefault="2B628F38" w:rsidP="252F5EFD">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="808080" w:themeColor="background1" w:themeShade="80"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="252F5EFD">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
               </w:rPr>
               <w:t>9</w:t>
             </w:r>
-            <w:r w:rsidR="3F906BBF" w:rsidRPr="0E93D195">
-[...17 lines deleted...]
-            <w:r w:rsidRPr="0E93D195">
+            <w:r w:rsidR="2D0BC547" w:rsidRPr="252F5EFD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+              <w:t>1-93</w:t>
+            </w:r>
+            <w:r w:rsidRPr="252F5EFD">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
               </w:rPr>
               <w:t>.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1022" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="66A1522F" w14:textId="1A94F958" w:rsidR="00A9426C" w:rsidRPr="004D0F4A" w:rsidRDefault="1CABCD35" w:rsidP="0E93D195">
+          <w:p w14:paraId="66A1522F" w14:textId="2046ADAE" w:rsidR="005744EA" w:rsidRPr="000D1C1E" w:rsidRDefault="408A64AE" w:rsidP="63AF9C03">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
-              </w:rPr>
-[...1 lines deleted...]
-            <w:r w:rsidRPr="0E93D195">
+                <w:color w:val="808080" w:themeColor="background1" w:themeShade="80"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="63AF9C03">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
               </w:rPr>
               <w:t>202</w:t>
             </w:r>
-            <w:r w:rsidR="5513961D" w:rsidRPr="0E93D195">
-[...3 lines deleted...]
-              <w:t>4</w:t>
+            <w:r w:rsidR="7E818BD5" w:rsidRPr="63AF9C03">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+              <w:t>6</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1725" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="47A8EAA7" w14:textId="77777777" w:rsidR="00A9426C" w:rsidRPr="0049217A" w:rsidRDefault="6CB5BB46" w:rsidP="0E93D195">
+          <w:p w14:paraId="55DAB8BA" w14:textId="0DAB23C0" w:rsidR="005744EA" w:rsidRPr="000D1C1E" w:rsidRDefault="408A64AE" w:rsidP="63AF9C03">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
-                <w:strike/>
-[...33 lines deleted...]
-                <w:strike/>
+                <w:color w:val="808080" w:themeColor="background1" w:themeShade="80"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="63AF9C03">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+              <w:t>22.12.202</w:t>
+            </w:r>
+            <w:r w:rsidR="73D40391" w:rsidRPr="63AF9C03">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+              <w:t>7</w:t>
+            </w:r>
+            <w:r w:rsidRPr="63AF9C03">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
               </w:rPr>
               <w:t>.</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="55DAB8BA" w14:textId="6AFE716B" w:rsidR="0049217A" w:rsidRPr="00D87467" w:rsidRDefault="0049217A" w:rsidP="0E93D195">
-[...14 lines deleted...]
-          </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5840" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="7788DFEA" w14:textId="6682FF49" w:rsidR="00063832" w:rsidRPr="009B2F9A" w:rsidRDefault="254AED80" w:rsidP="0E93D195">
-[...6 lines deleted...]
-            <w:r w:rsidRPr="0E93D195">
+          <w:p w14:paraId="7788DFEA" w14:textId="7614BD49" w:rsidR="005744EA" w:rsidRPr="009B2F9A" w:rsidRDefault="34B6BB10" w:rsidP="005744EA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="252F5EFD">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:i/>
                 <w:iCs/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidR="45228B45" w:rsidRPr="0E93D195">
-[...12 lines deleted...]
-          <w:p w14:paraId="42EDA7BD" w14:textId="23964CA2" w:rsidR="00063832" w:rsidRPr="009B2F9A" w:rsidRDefault="45228B45" w:rsidP="0E93D195">
+            <w:r w:rsidRPr="252F5EFD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+              <w:t>VIP02</w:t>
+            </w:r>
+            <w:r w:rsidR="62AE9855" w:rsidRPr="252F5EFD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+              <w:t>1</w:t>
+            </w:r>
+            <w:r w:rsidRPr="252F5EFD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+              <w:t>. Iedzīvotāju veselību ietekmējošie paradumi pa dzimumiem un reģioniem;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="42EDA7BD" w14:textId="23964CA2" w:rsidR="005744EA" w:rsidRPr="009B2F9A" w:rsidRDefault="005744EA" w:rsidP="005744EA">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0E93D195">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
               </w:rPr>
               <w:t>VIP030. Iedzīvotāju veselību ietekmējošie paradumi pēc dzimuma un vecuma grupas</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="1669C32D" w14:paraId="0E17CBC4" w14:textId="77777777" w:rsidTr="7036884B">
+        <w:trPr>
+          <w:trHeight w:val="146"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="826" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="7B1F7FD3" w14:textId="53858E6D" w:rsidR="19DE534B" w:rsidRDefault="19DE534B" w:rsidP="1669C32D">
+            <w:pPr>
+              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="1669C32D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t>18.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3197" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="1031CE06" w14:textId="6F248AEE" w:rsidR="19DE534B" w:rsidRDefault="19DE534B" w:rsidP="1669C32D">
+            <w:pPr>
+              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="1669C32D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Vēža </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="1669C32D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+              <w:t>skrīnings</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1823" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="5E428189" w14:textId="3F75995D" w:rsidR="19DE534B" w:rsidRDefault="19DE534B" w:rsidP="1669C32D">
+            <w:pPr>
+              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="1669C32D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+              <w:t>-</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1022" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="59B8D3FB" w14:textId="3C4C84F6" w:rsidR="19DE534B" w:rsidRDefault="0545D8A2" w:rsidP="1669C32D">
+            <w:pPr>
+              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="4FF78E37">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+              <w:t>2009-2024</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="30F06B95" w14:textId="209D609D" w:rsidR="079AD189" w:rsidRDefault="079AD189" w:rsidP="4FF78E37">
+            <w:pPr>
+              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="4FF78E37">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+              <w:t>2025</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="0352A39B" w14:textId="4C4A7E2F" w:rsidR="1669C32D" w:rsidRDefault="1669C32D" w:rsidP="1669C32D">
+            <w:pPr>
+              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1725" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="0C3CB2F3" w14:textId="60CB3091" w:rsidR="19DE534B" w:rsidRDefault="274C1C97" w:rsidP="4FF78E37">
+            <w:pPr>
+              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="1A88198C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+              <w:t>09</w:t>
+            </w:r>
+            <w:r w:rsidR="0545D8A2" w:rsidRPr="1A88198C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+              <w:t>.0</w:t>
+            </w:r>
+            <w:r w:rsidR="7DB93847" w:rsidRPr="1A88198C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+              <w:t>3</w:t>
+            </w:r>
+            <w:r w:rsidR="0545D8A2" w:rsidRPr="4FF78E37">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+              <w:t>.2026.</w:t>
+            </w:r>
+            <w:r w:rsidR="19F56396" w:rsidRPr="4FF78E37">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> (pirmreizēji)</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="515821A5" w14:textId="6D0A8CD3" w:rsidR="19DE534B" w:rsidRDefault="2F608203" w:rsidP="4FF78E37">
+            <w:pPr>
+              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="4FF78E37">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+              <w:t>30.09.2026.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="764C3EE4" w14:textId="07213874" w:rsidR="19DE534B" w:rsidRDefault="19DE534B" w:rsidP="1669C32D">
+            <w:pPr>
+              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5840" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="547DAD71" w14:textId="12A9E67E" w:rsidR="1669C32D" w:rsidRDefault="008D33F7" w:rsidP="4FF78E37">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="4FF78E37">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+              <w:t xml:space="preserve">VSKR100. Dzemdes kakla vēža </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="4FF78E37">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+              <w:t>skrīninga</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="4FF78E37">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> programmas uzaicinājumu aptvere</w:t>
+            </w:r>
+            <w:r w:rsidR="290BF8F1" w:rsidRPr="79BBB2DC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> un atsaucība</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="07F020A0" w14:textId="6F68A786" w:rsidR="1669C32D" w:rsidRDefault="70E97CB7" w:rsidP="4FF78E37">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="79683210">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+              <w:t xml:space="preserve">VSKR110. Dzemdes kakla vēža </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="79683210">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+              <w:t>skrīninga</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="79683210">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="069D1739" w:rsidRPr="79683210">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+              <w:t xml:space="preserve">programmas </w:t>
+            </w:r>
+            <w:r w:rsidRPr="79683210">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+              <w:t xml:space="preserve">izmeklējumu aptvere </w:t>
+            </w:r>
+            <w:r w:rsidR="48798AE3" w:rsidRPr="79683210">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+              <w:t xml:space="preserve">sadalījumā </w:t>
+            </w:r>
+            <w:r w:rsidRPr="79683210">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+              <w:t>pa vecuma grupām</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="395E467E" w14:textId="1217D5A2" w:rsidR="1669C32D" w:rsidRDefault="375D1C33" w:rsidP="4FF78E37">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="1A88198C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+              <w:t>VSKR1</w:t>
+            </w:r>
+            <w:r w:rsidR="53DB16B4" w:rsidRPr="1A88198C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+              <w:t>2</w:t>
+            </w:r>
+            <w:r w:rsidRPr="1A88198C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+              <w:t>0.</w:t>
+            </w:r>
+            <w:r w:rsidRPr="4FF78E37">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Dzemdes kakla vēža </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="4FF78E37">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+              <w:t>skrīninga</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="4FF78E37">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> programmas primāro izmeklējumu rezultāti</w:t>
+            </w:r>
+            <w:r w:rsidR="1B14604E" w:rsidRPr="4FF78E37">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="1018661F" w:rsidRPr="1A88198C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+              <w:t xml:space="preserve">sadalījumā </w:t>
+            </w:r>
+            <w:r w:rsidR="1B14604E" w:rsidRPr="4FF78E37">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+              <w:t>pa vecuma grupām</w:t>
+            </w:r>
+            <w:r w:rsidRPr="4FF78E37">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> (2015</w:t>
+            </w:r>
+            <w:r w:rsidR="7E7C4409" w:rsidRPr="4FF78E37">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="4FF78E37">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+              <w:t>- 2020)</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="0A5351A0" w14:textId="410FB86B" w:rsidR="1669C32D" w:rsidRDefault="13AEF876" w:rsidP="4FF78E37">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="1A88198C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+              <w:t>VSKR1</w:t>
+            </w:r>
+            <w:r w:rsidR="65AFC175" w:rsidRPr="1A88198C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+              <w:t>2</w:t>
+            </w:r>
+            <w:r w:rsidRPr="1A88198C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+              <w:t>1.</w:t>
+            </w:r>
+            <w:r w:rsidRPr="4FF78E37">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Dzemdes kakla vēža </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="4FF78E37">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+              <w:t>skrīninga</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="4FF78E37">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> programmas primāro izmeklējumu rezultāti </w:t>
+            </w:r>
+            <w:r w:rsidR="284FE87D" w:rsidRPr="1A88198C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+              <w:t>sadalījumā</w:t>
+            </w:r>
+            <w:r w:rsidRPr="1A88198C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="3F2AD22B" w:rsidRPr="4FF78E37">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+              <w:t xml:space="preserve">pa vecuma grupām </w:t>
+            </w:r>
+            <w:r w:rsidRPr="4FF78E37">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+              <w:t>(no 2021.gada)</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="0CB2FA0C" w14:textId="114A11E3" w:rsidR="1669C32D" w:rsidRDefault="09F9E986" w:rsidP="4FF78E37">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="4FF78E37">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+              <w:t xml:space="preserve">VSKR200. Krūts vēža </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="4FF78E37">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+              <w:t>skrīninga</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="4FF78E37">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> programmas uzaicinājumu aptvere</w:t>
+            </w:r>
+            <w:r w:rsidR="5B7F2F92" w:rsidRPr="1A88198C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> un atsaucība</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="62EA8F78" w14:textId="545D9865" w:rsidR="1669C32D" w:rsidRDefault="5A597E45" w:rsidP="4FF78E37">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="4FF78E37">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+              <w:t xml:space="preserve">VSKR210. Krūts vēža </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="4FF78E37">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+              <w:t>skrīninga</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="4FF78E37">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> programmas izmeklējumu aptvere pa vecuma grupām</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="604D5663" w14:textId="56E71325" w:rsidR="1669C32D" w:rsidRDefault="109DD231" w:rsidP="4FF78E37">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="4FF78E37">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+              <w:t xml:space="preserve">VSKR220. Krūts vēža </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="4FF78E37">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+              <w:t>skrīninga</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="4FF78E37">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> programmas primāro izmeklējumu rezultāti </w:t>
+            </w:r>
+            <w:r w:rsidR="759CEE74" w:rsidRPr="1A88198C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+              <w:t xml:space="preserve">sadalījumā </w:t>
+            </w:r>
+            <w:r w:rsidRPr="4FF78E37">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+              <w:t>pa vecuma grupām (2015 - 202</w:t>
+            </w:r>
+            <w:r w:rsidR="00116F5B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+              <w:t>2</w:t>
+            </w:r>
+            <w:r w:rsidRPr="4FF78E37">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+              <w:t>)</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="4292E093" w14:textId="2D9DD34E" w:rsidR="1669C32D" w:rsidRDefault="109DD231" w:rsidP="4FF78E37">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="1A88198C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+              <w:t>VSKR2</w:t>
+            </w:r>
+            <w:r w:rsidR="5389FC38" w:rsidRPr="1A88198C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+              <w:t>2</w:t>
+            </w:r>
+            <w:r w:rsidRPr="1A88198C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+              <w:t>1.</w:t>
+            </w:r>
+            <w:r w:rsidRPr="4FF78E37">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Krūts vēža </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="4FF78E37">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+              <w:t>skrīninga</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="4FF78E37">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> programmas primāro izmeklējumu rezultāti </w:t>
+            </w:r>
+            <w:r w:rsidR="29BDB021" w:rsidRPr="1A88198C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+              <w:t xml:space="preserve">sadalījumā </w:t>
+            </w:r>
+            <w:r w:rsidRPr="4FF78E37">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+              <w:t>pa vecuma grupām (no 202</w:t>
+            </w:r>
+            <w:r w:rsidR="00116F5B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+              <w:t>3</w:t>
+            </w:r>
+            <w:r w:rsidRPr="4FF78E37">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+              <w:t>. gada)</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="26C07392" w14:textId="6FBBD5D4" w:rsidR="1669C32D" w:rsidRDefault="17C08EE1" w:rsidP="4FF78E37">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="4FF78E37">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+              <w:t xml:space="preserve">VSKR300. </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="4FF78E37">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+              <w:t>Kolorektālā</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="4FF78E37">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> vēža </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="4FF78E37">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+              <w:t>skrīninga</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="4FF78E37">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> programmas izmeklējumu aptvere (2009-2013)</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="09AB7A65" w14:textId="3B390566" w:rsidR="1669C32D" w:rsidRDefault="29E7D295" w:rsidP="4FF78E37">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="4FF78E37">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+              <w:t xml:space="preserve">VSKR301. </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="4FF78E37">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+              <w:t>Kolorektālā</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="4FF78E37">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> vēža </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="4FF78E37">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+              <w:t>skrīninga</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="4FF78E37">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> programmas izmeklējumu aptvere (2014-2020)</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="2F0F9689" w14:textId="29721BCF" w:rsidR="1669C32D" w:rsidRDefault="7DF74497" w:rsidP="4FF78E37">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="4FF78E37">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+              <w:t xml:space="preserve">VSKR302. </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="4FF78E37">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+              <w:t>Kolorektālā</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="4FF78E37">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> vēža </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="4FF78E37">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+              <w:t>skrīninga</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="4FF78E37">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> programmas izmeklējumu aptvere </w:t>
+            </w:r>
+            <w:r w:rsidR="72E55F0A" w:rsidRPr="1A88198C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+              <w:t>sadalījumā</w:t>
+            </w:r>
+            <w:r w:rsidRPr="1A88198C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="4FF78E37">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+              <w:t>pa vecuma grupām un dzimumiem (no 2021. gada)</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="134FAA8E" w14:textId="730498D2" w:rsidR="1669C32D" w:rsidRDefault="5EE614F1" w:rsidP="00817CCA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="4FF78E37">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+              <w:t xml:space="preserve">VSKR310. </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="4FF78E37">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+              <w:t>Kolorektālā</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="4FF78E37">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> vēža </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="4FF78E37">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+              <w:t>skrīninga</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="4FF78E37">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> programmas primāro izmeklējumu </w:t>
+            </w:r>
+            <w:r w:rsidRPr="1A88198C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+              <w:t>rezultāt</w:t>
+            </w:r>
+            <w:r w:rsidR="7901A320" w:rsidRPr="1A88198C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+              <w:t>i</w:t>
+            </w:r>
+            <w:r w:rsidRPr="1A88198C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> sadalījum</w:t>
+            </w:r>
+            <w:r w:rsidR="69B3D532" w:rsidRPr="1A88198C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+              <w:t>ā</w:t>
+            </w:r>
+            <w:r w:rsidRPr="4FF78E37">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> pa vecuma grupām un dzimumiem (no 2022. gada)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="6632459D" w14:textId="77777777" w:rsidR="00B30AF4" w:rsidRPr="00C93F39" w:rsidRDefault="00B30AF4"/>
     <w:sectPr w:rsidR="00B30AF4" w:rsidRPr="00C93F39" w:rsidSect="00331F60">
       <w:headerReference w:type="default" r:id="rId9"/>
       <w:footerReference w:type="default" r:id="rId10"/>
       <w:pgSz w:w="16838" w:h="11906" w:orient="landscape"/>
       <w:pgMar w:top="567" w:right="1134" w:bottom="426" w:left="1134" w:header="709" w:footer="709" w:gutter="0"/>
       <w:pgBorders w:offsetFrom="page">
         <w:top w:val="none" w:sz="0" w:space="0" w:color="000000"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="000000"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="000000"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="000000"/>
       </w:pgBorders>
       <w:cols w:space="708"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="0FC817CC" w14:textId="77777777" w:rsidR="00033821" w:rsidRDefault="00033821" w:rsidP="00275515">
+    <w:p w14:paraId="57545AA0" w14:textId="77777777" w:rsidR="00BD52B7" w:rsidRDefault="00BD52B7" w:rsidP="00275515">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="2C314C09" w14:textId="77777777" w:rsidR="00033821" w:rsidRDefault="00033821" w:rsidP="00275515">
+    <w:p w14:paraId="70769986" w14:textId="77777777" w:rsidR="00BD52B7" w:rsidRDefault="00BD52B7" w:rsidP="00275515">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationNotice" w:id="1">
-    <w:p w14:paraId="55ECDEBB" w14:textId="77777777" w:rsidR="00033821" w:rsidRDefault="00033821">
+    <w:p w14:paraId="609787C8" w14:textId="77777777" w:rsidR="00BD52B7" w:rsidRDefault="00BD52B7">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
     </w:p>
   </w:endnote>
   <w:endnote w:id="2">
-    <w:p w14:paraId="748436D7" w14:textId="3DB9ADA6" w:rsidR="000E0F17" w:rsidRDefault="000E0F17" w:rsidP="00275515">
+    <w:p w14:paraId="748436D7" w14:textId="0F5C72C6" w:rsidR="000E0F17" w:rsidRDefault="000E0F17" w:rsidP="00275515">
       <w:pPr>
         <w:pStyle w:val="EndnoteText"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="EndnoteReference"/>
         </w:rPr>
         <w:endnoteRef/>
       </w:r>
-      <w:r w:rsidR="0FCF9881">
+      <w:r w:rsidR="2EC1482F">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve"> 17.12</w:t>
+        <w:t xml:space="preserve"> 16.12</w:t>
       </w:r>
-      <w:r w:rsidR="0FCF9881" w:rsidRPr="00D6331D">
+      <w:r w:rsidR="2EC1482F" w:rsidRPr="00D6331D">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>.20</w:t>
       </w:r>
-      <w:r w:rsidR="0FCF9881">
+      <w:r w:rsidR="2EC1482F">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>24</w:t>
       </w:r>
-      <w:r w:rsidR="0FCF9881" w:rsidRPr="00D6331D">
+      <w:r w:rsidR="2EC1482F" w:rsidRPr="00D6331D">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>. Ministru kabineta noteikumi Nr.</w:t>
       </w:r>
-      <w:r w:rsidR="0FCF9881">
+      <w:r w:rsidR="2EC1482F">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>816</w:t>
+        <w:t>752</w:t>
       </w:r>
-      <w:r w:rsidR="0FCF9881" w:rsidRPr="00D6331D">
+      <w:r w:rsidR="2EC1482F" w:rsidRPr="00D6331D">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> “Noteikumi par Oficiālās statistikas programmu 20</w:t>
       </w:r>
-      <w:r w:rsidR="0FCF9881">
+      <w:r w:rsidR="2EC1482F">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>25.</w:t>
+        <w:t>26.</w:t>
       </w:r>
-      <w:r w:rsidR="0FCF9881" w:rsidRPr="00D6331D">
+      <w:r w:rsidR="2EC1482F" w:rsidRPr="00D6331D">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve">–2027. gadam” </w:t>
+        <w:t>–202</w:t>
+      </w:r>
+      <w:r w:rsidR="2EC1482F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>8</w:t>
+      </w:r>
+      <w:r w:rsidR="2EC1482F" w:rsidRPr="00D6331D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. gadam” </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="52AB657D" w14:textId="77D7CDC9" w:rsidR="0FCF9881" w:rsidRDefault="0FCF9881" w:rsidP="0FCF9881">
+    <w:p w14:paraId="52AB657D" w14:textId="6B49CC23" w:rsidR="0FCF9881" w:rsidRDefault="000D1C1E" w:rsidP="0FCF9881">
       <w:pPr>
         <w:pStyle w:val="EndnoteText"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="0FCF9881">
+      <w:hyperlink r:id="rId1" w:history="1">
+        <w:r w:rsidRPr="004B08C6">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+            <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+            <w:sz w:val="24"/>
+            <w:szCs w:val="24"/>
+          </w:rPr>
+          <w:t>https://likumi.lv/ta/id/365192-noteikumi-par-oficialas-statistikas-programmu-20262028-gadam</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>https://likumi.lv/ta/id/357495-noteikumi-par-oficialas-statistikas-programmu-20252027gadam</w:t>
+        <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:id="3">
     <w:p w14:paraId="112975F8" w14:textId="77777777" w:rsidR="000E0F17" w:rsidRPr="00331439" w:rsidRDefault="000E0F17" w:rsidP="00275515">
       <w:pPr>
         <w:pStyle w:val="EndnoteText"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00331439">
         <w:rPr>
           <w:rStyle w:val="EndnoteReference"/>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:endnoteRef/>
       </w:r>
-      <w:r w:rsidRPr="00331439">
+      <w:r w:rsidR="2EC1482F" w:rsidRPr="00331439">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> Veselības statistikas datubāze </w:t>
       </w:r>
-      <w:hyperlink r:id="rId1" w:history="1">
-        <w:r w:rsidRPr="00331439">
+      <w:hyperlink r:id="rId2">
+        <w:r w:rsidR="2EC1482F" w:rsidRPr="2EC1482F">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
             <w:sz w:val="24"/>
             <w:szCs w:val="24"/>
           </w:rPr>
           <w:t>https://statistika.spkc.gov.lv/pxweb/lv/Health/</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
@@ -17057,148 +16965,137 @@
           <w:t>5</w:t>
         </w:r>
         <w:r w:rsidRPr="00CA424E">
           <w:rPr>
             <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
             <w:noProof/>
             <w:sz w:val="24"/>
             <w:szCs w:val="24"/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:p>
     </w:sdtContent>
   </w:sdt>
   <w:p w14:paraId="6A0164C8" w14:textId="77777777" w:rsidR="000E0F17" w:rsidRDefault="000E0F17">
     <w:pPr>
       <w:pStyle w:val="Footer"/>
     </w:pPr>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="18DA3122" w14:textId="77777777" w:rsidR="00033821" w:rsidRDefault="00033821" w:rsidP="00275515">
+    <w:p w14:paraId="270853F7" w14:textId="77777777" w:rsidR="00BD52B7" w:rsidRDefault="00BD52B7" w:rsidP="00275515">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="40704A17" w14:textId="77777777" w:rsidR="00033821" w:rsidRDefault="00033821" w:rsidP="00275515">
+    <w:p w14:paraId="169CB7BA" w14:textId="77777777" w:rsidR="00BD52B7" w:rsidRDefault="00BD52B7" w:rsidP="00275515">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationNotice" w:id="1">
-    <w:p w14:paraId="0DB58121" w14:textId="77777777" w:rsidR="00033821" w:rsidRDefault="00033821">
+    <w:p w14:paraId="7FCCA59A" w14:textId="77777777" w:rsidR="00BD52B7" w:rsidRDefault="00BD52B7">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
-  <w:p w14:paraId="16C16EA9" w14:textId="4CD32E0E" w:rsidR="000E0F17" w:rsidRPr="004A15FA" w:rsidRDefault="0FCF9881" w:rsidP="0FCF9881">
+  <w:p w14:paraId="16C16EA9" w14:textId="5CED81E4" w:rsidR="000E0F17" w:rsidRPr="004A15FA" w:rsidRDefault="0FCF9881" w:rsidP="0FCF9881">
     <w:pPr>
       <w:pStyle w:val="Header"/>
       <w:jc w:val="right"/>
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         <w:b/>
         <w:bCs/>
         <w:color w:val="FF0000"/>
         <w:sz w:val="24"/>
         <w:szCs w:val="24"/>
       </w:rPr>
     </w:pPr>
     <w:r w:rsidRPr="0FCF9881">
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         <w:b/>
         <w:bCs/>
         <w:color w:val="FF0000"/>
         <w:sz w:val="24"/>
         <w:szCs w:val="24"/>
       </w:rPr>
-      <w:t xml:space="preserve">Aktualizēts </w:t>
+      <w:t>Aktualizēts 3.0</w:t>
     </w:r>
-    <w:r w:rsidR="00E34E4A">
+    <w:r w:rsidR="00003AB2">
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         <w:b/>
         <w:bCs/>
         <w:color w:val="FF0000"/>
         <w:sz w:val="24"/>
         <w:szCs w:val="24"/>
       </w:rPr>
-      <w:t>25</w:t>
+      <w:t>3</w:t>
     </w:r>
     <w:r w:rsidRPr="0FCF9881">
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         <w:b/>
         <w:bCs/>
         <w:color w:val="FF0000"/>
         <w:sz w:val="24"/>
         <w:szCs w:val="24"/>
       </w:rPr>
-      <w:t>.0</w:t>
+      <w:t>.202</w:t>
     </w:r>
-    <w:r w:rsidR="00E34E4A">
+    <w:r w:rsidR="00003AB2">
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         <w:b/>
         <w:bCs/>
         <w:color w:val="FF0000"/>
         <w:sz w:val="24"/>
         <w:szCs w:val="24"/>
       </w:rPr>
-      <w:t>9</w:t>
-[...10 lines deleted...]
-      <w:t>.2025</w:t>
+      <w:t>6.</w:t>
     </w:r>
   </w:p>
   <w:p w14:paraId="15BF0318" w14:textId="77777777" w:rsidR="000E0F17" w:rsidRDefault="000E0F17">
     <w:pPr>
       <w:pStyle w:val="Header"/>
     </w:pPr>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="04F85D84"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="D39E0476"/>
     <w:lvl w:ilvl="0" w:tplc="04090001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
@@ -17633,1976 +17530,3230 @@
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="720"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
     <w:footnote w:id="1"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
     <w:endnote w:id="1"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00275515"/>
+    <w:rsid w:val="00001997"/>
+    <w:rsid w:val="00001FBB"/>
+    <w:rsid w:val="00003AB2"/>
+    <w:rsid w:val="0000557B"/>
     <w:rsid w:val="00006394"/>
     <w:rsid w:val="0000781D"/>
+    <w:rsid w:val="0000789B"/>
+    <w:rsid w:val="00007CE6"/>
     <w:rsid w:val="000126DE"/>
     <w:rsid w:val="00012B4E"/>
+    <w:rsid w:val="00015F00"/>
+    <w:rsid w:val="000163C9"/>
     <w:rsid w:val="0001D055"/>
     <w:rsid w:val="000202BF"/>
     <w:rsid w:val="000204A8"/>
+    <w:rsid w:val="0002314F"/>
+    <w:rsid w:val="000242DA"/>
     <w:rsid w:val="00024AA0"/>
     <w:rsid w:val="0002622D"/>
     <w:rsid w:val="000278FC"/>
+    <w:rsid w:val="00030C2D"/>
     <w:rsid w:val="00030C9A"/>
     <w:rsid w:val="00031053"/>
+    <w:rsid w:val="000310DD"/>
+    <w:rsid w:val="00033729"/>
     <w:rsid w:val="00033821"/>
+    <w:rsid w:val="00036885"/>
     <w:rsid w:val="00041501"/>
     <w:rsid w:val="000438CC"/>
     <w:rsid w:val="00043BDE"/>
     <w:rsid w:val="000447B6"/>
     <w:rsid w:val="000447D3"/>
+    <w:rsid w:val="000504FA"/>
+    <w:rsid w:val="000508DA"/>
     <w:rsid w:val="00051EA9"/>
+    <w:rsid w:val="000542DB"/>
     <w:rsid w:val="000557F5"/>
     <w:rsid w:val="00056526"/>
     <w:rsid w:val="00056BCE"/>
+    <w:rsid w:val="00057085"/>
+    <w:rsid w:val="00057135"/>
     <w:rsid w:val="00057984"/>
     <w:rsid w:val="000608A5"/>
     <w:rsid w:val="000618E8"/>
     <w:rsid w:val="00061E25"/>
     <w:rsid w:val="00063832"/>
     <w:rsid w:val="0006393B"/>
     <w:rsid w:val="00065BEC"/>
+    <w:rsid w:val="00065C88"/>
     <w:rsid w:val="0006794F"/>
+    <w:rsid w:val="0007457F"/>
     <w:rsid w:val="00075314"/>
     <w:rsid w:val="0007584F"/>
     <w:rsid w:val="00075B75"/>
     <w:rsid w:val="000831B2"/>
     <w:rsid w:val="00083908"/>
+    <w:rsid w:val="0008441E"/>
     <w:rsid w:val="00084D0A"/>
+    <w:rsid w:val="00085A73"/>
     <w:rsid w:val="00087C17"/>
     <w:rsid w:val="000918D5"/>
     <w:rsid w:val="000922D5"/>
+    <w:rsid w:val="00094A03"/>
+    <w:rsid w:val="000978C3"/>
+    <w:rsid w:val="000A0EC5"/>
+    <w:rsid w:val="000A1698"/>
     <w:rsid w:val="000A4E5F"/>
     <w:rsid w:val="000A6FC3"/>
+    <w:rsid w:val="000B0356"/>
     <w:rsid w:val="000B1F86"/>
     <w:rsid w:val="000B37EC"/>
     <w:rsid w:val="000B4A1F"/>
     <w:rsid w:val="000B4B0D"/>
     <w:rsid w:val="000B4B4E"/>
     <w:rsid w:val="000B5D09"/>
+    <w:rsid w:val="000B7929"/>
+    <w:rsid w:val="000B7A4D"/>
+    <w:rsid w:val="000D1C1E"/>
+    <w:rsid w:val="000D3154"/>
+    <w:rsid w:val="000D3998"/>
     <w:rsid w:val="000D46F3"/>
+    <w:rsid w:val="000D54CD"/>
     <w:rsid w:val="000D7CFD"/>
     <w:rsid w:val="000E0F17"/>
     <w:rsid w:val="000E212A"/>
+    <w:rsid w:val="000E437F"/>
     <w:rsid w:val="000E4B64"/>
     <w:rsid w:val="000E5549"/>
     <w:rsid w:val="000F03F8"/>
+    <w:rsid w:val="000F1207"/>
+    <w:rsid w:val="000F2CA1"/>
     <w:rsid w:val="000F43F2"/>
+    <w:rsid w:val="000F5D5F"/>
+    <w:rsid w:val="001000C2"/>
     <w:rsid w:val="00100531"/>
     <w:rsid w:val="00106D44"/>
     <w:rsid w:val="00107293"/>
+    <w:rsid w:val="00107995"/>
     <w:rsid w:val="00110084"/>
     <w:rsid w:val="001109B4"/>
+    <w:rsid w:val="00112FE3"/>
     <w:rsid w:val="0011352B"/>
     <w:rsid w:val="001144B4"/>
     <w:rsid w:val="00115892"/>
+    <w:rsid w:val="00116F5B"/>
+    <w:rsid w:val="0012180B"/>
+    <w:rsid w:val="001218A3"/>
     <w:rsid w:val="00124BD2"/>
     <w:rsid w:val="00124E8C"/>
+    <w:rsid w:val="001266CB"/>
     <w:rsid w:val="00126AAD"/>
     <w:rsid w:val="001320E8"/>
+    <w:rsid w:val="00132FEC"/>
+    <w:rsid w:val="00134833"/>
+    <w:rsid w:val="00136B9D"/>
+    <w:rsid w:val="00136F0C"/>
     <w:rsid w:val="001376AF"/>
     <w:rsid w:val="00137DC1"/>
+    <w:rsid w:val="001409AA"/>
     <w:rsid w:val="00141E10"/>
     <w:rsid w:val="001443A2"/>
     <w:rsid w:val="001451B8"/>
+    <w:rsid w:val="001456BD"/>
     <w:rsid w:val="001504C8"/>
     <w:rsid w:val="00150F49"/>
+    <w:rsid w:val="0015185F"/>
+    <w:rsid w:val="00153DF3"/>
+    <w:rsid w:val="00155704"/>
     <w:rsid w:val="00157292"/>
+    <w:rsid w:val="00161A13"/>
+    <w:rsid w:val="00162519"/>
     <w:rsid w:val="00162809"/>
     <w:rsid w:val="001644CC"/>
     <w:rsid w:val="00164B49"/>
     <w:rsid w:val="001666B5"/>
     <w:rsid w:val="00166C83"/>
     <w:rsid w:val="00166D62"/>
     <w:rsid w:val="00167D18"/>
     <w:rsid w:val="001704F7"/>
     <w:rsid w:val="0017128D"/>
     <w:rsid w:val="00171A31"/>
+    <w:rsid w:val="00173F0C"/>
+    <w:rsid w:val="00174D3D"/>
+    <w:rsid w:val="001765D2"/>
     <w:rsid w:val="00180B12"/>
     <w:rsid w:val="00181999"/>
+    <w:rsid w:val="001829E3"/>
     <w:rsid w:val="00182C61"/>
+    <w:rsid w:val="0018357E"/>
     <w:rsid w:val="0018362D"/>
+    <w:rsid w:val="001875F7"/>
     <w:rsid w:val="00187C82"/>
     <w:rsid w:val="00190421"/>
+    <w:rsid w:val="001916FC"/>
     <w:rsid w:val="0019570A"/>
     <w:rsid w:val="001960DE"/>
     <w:rsid w:val="001961A7"/>
+    <w:rsid w:val="0019793E"/>
+    <w:rsid w:val="001A01E3"/>
+    <w:rsid w:val="001A06C0"/>
     <w:rsid w:val="001A709F"/>
+    <w:rsid w:val="001B01F2"/>
     <w:rsid w:val="001B0745"/>
+    <w:rsid w:val="001B135C"/>
     <w:rsid w:val="001B2180"/>
     <w:rsid w:val="001B2766"/>
     <w:rsid w:val="001B2975"/>
+    <w:rsid w:val="001B6594"/>
+    <w:rsid w:val="001B7317"/>
+    <w:rsid w:val="001B73E5"/>
     <w:rsid w:val="001C012F"/>
+    <w:rsid w:val="001C0537"/>
     <w:rsid w:val="001C0A9F"/>
     <w:rsid w:val="001C17C2"/>
     <w:rsid w:val="001C1EC6"/>
     <w:rsid w:val="001C23CB"/>
     <w:rsid w:val="001C2510"/>
     <w:rsid w:val="001C2876"/>
     <w:rsid w:val="001C2D50"/>
     <w:rsid w:val="001C39CE"/>
+    <w:rsid w:val="001C3A29"/>
+    <w:rsid w:val="001C450D"/>
+    <w:rsid w:val="001C482E"/>
+    <w:rsid w:val="001C6A31"/>
+    <w:rsid w:val="001C6F4D"/>
     <w:rsid w:val="001C74FA"/>
     <w:rsid w:val="001D049B"/>
+    <w:rsid w:val="001E0381"/>
+    <w:rsid w:val="001E050C"/>
     <w:rsid w:val="001E05C0"/>
+    <w:rsid w:val="001E142C"/>
     <w:rsid w:val="001E33AC"/>
+    <w:rsid w:val="001E39EF"/>
+    <w:rsid w:val="001E7B89"/>
+    <w:rsid w:val="001F01B0"/>
     <w:rsid w:val="001F0730"/>
     <w:rsid w:val="001F2138"/>
     <w:rsid w:val="001F2313"/>
     <w:rsid w:val="001F2B8E"/>
     <w:rsid w:val="001F33EB"/>
     <w:rsid w:val="001F4A01"/>
     <w:rsid w:val="001F4E9D"/>
     <w:rsid w:val="001F516C"/>
+    <w:rsid w:val="001F51B3"/>
+    <w:rsid w:val="001F5C1B"/>
+    <w:rsid w:val="001F67FA"/>
     <w:rsid w:val="002020E7"/>
+    <w:rsid w:val="00204918"/>
     <w:rsid w:val="0020502C"/>
     <w:rsid w:val="00207447"/>
+    <w:rsid w:val="00210736"/>
+    <w:rsid w:val="00211667"/>
+    <w:rsid w:val="002126F8"/>
     <w:rsid w:val="002128F2"/>
     <w:rsid w:val="00215445"/>
+    <w:rsid w:val="00225930"/>
     <w:rsid w:val="00226232"/>
     <w:rsid w:val="002263D1"/>
+    <w:rsid w:val="0022722A"/>
+    <w:rsid w:val="0022767A"/>
+    <w:rsid w:val="0023197A"/>
     <w:rsid w:val="00232CC3"/>
     <w:rsid w:val="00233444"/>
     <w:rsid w:val="00234856"/>
     <w:rsid w:val="00236FE3"/>
     <w:rsid w:val="0024363D"/>
     <w:rsid w:val="00244B0F"/>
+    <w:rsid w:val="0024678A"/>
     <w:rsid w:val="0024707E"/>
     <w:rsid w:val="0025024B"/>
+    <w:rsid w:val="0025088B"/>
+    <w:rsid w:val="00250AFA"/>
+    <w:rsid w:val="00251557"/>
     <w:rsid w:val="00254F30"/>
     <w:rsid w:val="0026091C"/>
+    <w:rsid w:val="002613D2"/>
     <w:rsid w:val="002639C8"/>
+    <w:rsid w:val="00264EC6"/>
     <w:rsid w:val="0026501B"/>
     <w:rsid w:val="00267382"/>
+    <w:rsid w:val="00273A8A"/>
+    <w:rsid w:val="00274AB9"/>
+    <w:rsid w:val="002750AD"/>
     <w:rsid w:val="00275515"/>
     <w:rsid w:val="002756DD"/>
     <w:rsid w:val="002772CF"/>
+    <w:rsid w:val="002825F2"/>
+    <w:rsid w:val="00283394"/>
     <w:rsid w:val="0028432C"/>
     <w:rsid w:val="00284452"/>
     <w:rsid w:val="00286D65"/>
+    <w:rsid w:val="00287DFF"/>
+    <w:rsid w:val="002911A5"/>
+    <w:rsid w:val="0029241E"/>
+    <w:rsid w:val="0029284E"/>
     <w:rsid w:val="00293B6F"/>
+    <w:rsid w:val="00294DFF"/>
     <w:rsid w:val="00295036"/>
+    <w:rsid w:val="002A1749"/>
     <w:rsid w:val="002A3BB6"/>
     <w:rsid w:val="002A4272"/>
+    <w:rsid w:val="002A4402"/>
     <w:rsid w:val="002A56EC"/>
     <w:rsid w:val="002B1EDF"/>
     <w:rsid w:val="002B30C1"/>
     <w:rsid w:val="002B4FD5"/>
     <w:rsid w:val="002B5A73"/>
     <w:rsid w:val="002B5CC1"/>
+    <w:rsid w:val="002C1174"/>
+    <w:rsid w:val="002C1EFB"/>
     <w:rsid w:val="002C2305"/>
+    <w:rsid w:val="002C3E3D"/>
+    <w:rsid w:val="002C50C6"/>
+    <w:rsid w:val="002C51C2"/>
     <w:rsid w:val="002C5771"/>
     <w:rsid w:val="002C5898"/>
     <w:rsid w:val="002D19B2"/>
     <w:rsid w:val="002D20F1"/>
+    <w:rsid w:val="002D3174"/>
+    <w:rsid w:val="002D4C99"/>
+    <w:rsid w:val="002D5A74"/>
     <w:rsid w:val="002D6EA9"/>
     <w:rsid w:val="002E32E9"/>
     <w:rsid w:val="002E4495"/>
+    <w:rsid w:val="002E4B93"/>
+    <w:rsid w:val="002E4D76"/>
     <w:rsid w:val="002E531C"/>
+    <w:rsid w:val="002E5BE3"/>
+    <w:rsid w:val="002E5D8A"/>
+    <w:rsid w:val="002E6DE9"/>
     <w:rsid w:val="002F1921"/>
     <w:rsid w:val="002F2BFF"/>
     <w:rsid w:val="002F3364"/>
+    <w:rsid w:val="002F5D4C"/>
+    <w:rsid w:val="0030378B"/>
+    <w:rsid w:val="0030464A"/>
     <w:rsid w:val="00305926"/>
+    <w:rsid w:val="003069FE"/>
+    <w:rsid w:val="00307BB9"/>
     <w:rsid w:val="0031023A"/>
     <w:rsid w:val="00310B46"/>
+    <w:rsid w:val="00312348"/>
+    <w:rsid w:val="00313FE5"/>
+    <w:rsid w:val="00316457"/>
     <w:rsid w:val="00316A32"/>
     <w:rsid w:val="00316B85"/>
     <w:rsid w:val="00317787"/>
     <w:rsid w:val="00321323"/>
+    <w:rsid w:val="00322EB1"/>
     <w:rsid w:val="00323190"/>
+    <w:rsid w:val="0032366F"/>
+    <w:rsid w:val="00323A8E"/>
     <w:rsid w:val="00324823"/>
     <w:rsid w:val="00324DAC"/>
     <w:rsid w:val="0032581C"/>
+    <w:rsid w:val="0033014A"/>
     <w:rsid w:val="00331291"/>
     <w:rsid w:val="00331F60"/>
     <w:rsid w:val="003349D0"/>
     <w:rsid w:val="003359ED"/>
     <w:rsid w:val="003423C5"/>
     <w:rsid w:val="0035143D"/>
     <w:rsid w:val="00351A77"/>
     <w:rsid w:val="00351D8E"/>
     <w:rsid w:val="003528FE"/>
     <w:rsid w:val="003530CF"/>
+    <w:rsid w:val="00354E9D"/>
     <w:rsid w:val="0035509F"/>
     <w:rsid w:val="0035594C"/>
+    <w:rsid w:val="003566A8"/>
     <w:rsid w:val="003567A3"/>
     <w:rsid w:val="00357A60"/>
+    <w:rsid w:val="00357E04"/>
+    <w:rsid w:val="00360ED4"/>
     <w:rsid w:val="003615B4"/>
+    <w:rsid w:val="003635C1"/>
+    <w:rsid w:val="00363856"/>
     <w:rsid w:val="0036503F"/>
     <w:rsid w:val="00367E9D"/>
     <w:rsid w:val="0037107C"/>
+    <w:rsid w:val="00374612"/>
     <w:rsid w:val="003801AD"/>
     <w:rsid w:val="00380CAA"/>
+    <w:rsid w:val="00384575"/>
+    <w:rsid w:val="00390C35"/>
     <w:rsid w:val="00395879"/>
+    <w:rsid w:val="00396D7C"/>
     <w:rsid w:val="00397B79"/>
     <w:rsid w:val="00397C5F"/>
     <w:rsid w:val="00397FD7"/>
     <w:rsid w:val="003A74C3"/>
     <w:rsid w:val="003B1D6C"/>
+    <w:rsid w:val="003B204D"/>
+    <w:rsid w:val="003B2FFD"/>
     <w:rsid w:val="003B422E"/>
     <w:rsid w:val="003B4F88"/>
+    <w:rsid w:val="003B50E0"/>
     <w:rsid w:val="003B5F4D"/>
     <w:rsid w:val="003B6003"/>
     <w:rsid w:val="003B66CA"/>
     <w:rsid w:val="003B78AF"/>
     <w:rsid w:val="003C1629"/>
     <w:rsid w:val="003C3A52"/>
+    <w:rsid w:val="003C5824"/>
     <w:rsid w:val="003C5917"/>
     <w:rsid w:val="003C5CE2"/>
     <w:rsid w:val="003C64F4"/>
     <w:rsid w:val="003C6F55"/>
     <w:rsid w:val="003C78FB"/>
     <w:rsid w:val="003D007F"/>
+    <w:rsid w:val="003D01DA"/>
     <w:rsid w:val="003D0806"/>
+    <w:rsid w:val="003D2B50"/>
     <w:rsid w:val="003D3D1B"/>
     <w:rsid w:val="003D405B"/>
+    <w:rsid w:val="003D425C"/>
     <w:rsid w:val="003D511F"/>
+    <w:rsid w:val="003D5521"/>
     <w:rsid w:val="003E0883"/>
     <w:rsid w:val="003E1BC5"/>
+    <w:rsid w:val="003E5380"/>
+    <w:rsid w:val="003E57F7"/>
+    <w:rsid w:val="003E783B"/>
     <w:rsid w:val="003E7864"/>
     <w:rsid w:val="003F1713"/>
     <w:rsid w:val="003F2009"/>
     <w:rsid w:val="003F27D3"/>
     <w:rsid w:val="003F2C65"/>
     <w:rsid w:val="003F2CF5"/>
+    <w:rsid w:val="003F3E95"/>
     <w:rsid w:val="003F4521"/>
     <w:rsid w:val="003F4714"/>
     <w:rsid w:val="003F6EC3"/>
     <w:rsid w:val="00404150"/>
     <w:rsid w:val="0040516C"/>
+    <w:rsid w:val="00405628"/>
+    <w:rsid w:val="00406708"/>
     <w:rsid w:val="00406863"/>
+    <w:rsid w:val="004075C8"/>
+    <w:rsid w:val="00410F6B"/>
+    <w:rsid w:val="00412876"/>
     <w:rsid w:val="004129EF"/>
     <w:rsid w:val="0041370C"/>
     <w:rsid w:val="004145FE"/>
+    <w:rsid w:val="00415A21"/>
+    <w:rsid w:val="004160BD"/>
+    <w:rsid w:val="00424B0D"/>
     <w:rsid w:val="00424D3F"/>
+    <w:rsid w:val="0042632E"/>
+    <w:rsid w:val="004263E6"/>
     <w:rsid w:val="00427319"/>
+    <w:rsid w:val="0043078F"/>
+    <w:rsid w:val="00430A32"/>
+    <w:rsid w:val="00431651"/>
+    <w:rsid w:val="004322F1"/>
     <w:rsid w:val="0043405D"/>
+    <w:rsid w:val="00434B95"/>
+    <w:rsid w:val="00435900"/>
     <w:rsid w:val="00436B29"/>
+    <w:rsid w:val="00442D94"/>
+    <w:rsid w:val="00443009"/>
     <w:rsid w:val="004443A0"/>
     <w:rsid w:val="004453A6"/>
+    <w:rsid w:val="00445B62"/>
+    <w:rsid w:val="00446679"/>
+    <w:rsid w:val="00446A70"/>
+    <w:rsid w:val="00446DFC"/>
     <w:rsid w:val="00447D85"/>
+    <w:rsid w:val="00447E0F"/>
+    <w:rsid w:val="004500A7"/>
+    <w:rsid w:val="00450EB5"/>
     <w:rsid w:val="004512D1"/>
+    <w:rsid w:val="004513B2"/>
     <w:rsid w:val="004514EC"/>
     <w:rsid w:val="00454C85"/>
     <w:rsid w:val="00455185"/>
+    <w:rsid w:val="004556B3"/>
+    <w:rsid w:val="0046115D"/>
+    <w:rsid w:val="004619E2"/>
     <w:rsid w:val="00462949"/>
+    <w:rsid w:val="00462DD2"/>
     <w:rsid w:val="004632AC"/>
     <w:rsid w:val="00466B49"/>
+    <w:rsid w:val="00471073"/>
     <w:rsid w:val="004713AC"/>
     <w:rsid w:val="004723A6"/>
+    <w:rsid w:val="00473240"/>
     <w:rsid w:val="0047431B"/>
     <w:rsid w:val="00477281"/>
     <w:rsid w:val="00481F22"/>
     <w:rsid w:val="0048368C"/>
+    <w:rsid w:val="00485CA2"/>
     <w:rsid w:val="0048654C"/>
-    <w:rsid w:val="0049217A"/>
+    <w:rsid w:val="00487478"/>
+    <w:rsid w:val="00487FEC"/>
     <w:rsid w:val="00493084"/>
+    <w:rsid w:val="00495113"/>
     <w:rsid w:val="00495AF9"/>
+    <w:rsid w:val="00497A3B"/>
+    <w:rsid w:val="00497C7D"/>
+    <w:rsid w:val="004A04D3"/>
     <w:rsid w:val="004A05AA"/>
+    <w:rsid w:val="004A0FA1"/>
+    <w:rsid w:val="004A454B"/>
     <w:rsid w:val="004A497F"/>
+    <w:rsid w:val="004B4A9E"/>
+    <w:rsid w:val="004B54DE"/>
+    <w:rsid w:val="004B6AD1"/>
+    <w:rsid w:val="004B7646"/>
     <w:rsid w:val="004C5687"/>
     <w:rsid w:val="004D0F4A"/>
+    <w:rsid w:val="004D420E"/>
     <w:rsid w:val="004D5E7E"/>
     <w:rsid w:val="004D60D3"/>
     <w:rsid w:val="004D72F7"/>
     <w:rsid w:val="004E08E6"/>
     <w:rsid w:val="004E787B"/>
     <w:rsid w:val="004E7A0F"/>
+    <w:rsid w:val="004E7F3D"/>
     <w:rsid w:val="004F01FF"/>
+    <w:rsid w:val="004F161D"/>
+    <w:rsid w:val="004F3BAC"/>
     <w:rsid w:val="004F4618"/>
+    <w:rsid w:val="004F5540"/>
     <w:rsid w:val="005014EC"/>
+    <w:rsid w:val="00501C6C"/>
+    <w:rsid w:val="00502D30"/>
+    <w:rsid w:val="005053C9"/>
+    <w:rsid w:val="00505BEB"/>
     <w:rsid w:val="005079A2"/>
     <w:rsid w:val="0051056E"/>
+    <w:rsid w:val="00511978"/>
+    <w:rsid w:val="00512B10"/>
+    <w:rsid w:val="00512D07"/>
+    <w:rsid w:val="005134DE"/>
     <w:rsid w:val="0051403F"/>
     <w:rsid w:val="005170BA"/>
+    <w:rsid w:val="005209FE"/>
+    <w:rsid w:val="00521749"/>
+    <w:rsid w:val="00521E97"/>
     <w:rsid w:val="00522760"/>
     <w:rsid w:val="00522BD4"/>
     <w:rsid w:val="00522D37"/>
     <w:rsid w:val="00524881"/>
+    <w:rsid w:val="00525250"/>
+    <w:rsid w:val="00526C91"/>
+    <w:rsid w:val="0053067B"/>
     <w:rsid w:val="0053387A"/>
+    <w:rsid w:val="00535167"/>
+    <w:rsid w:val="00536CFA"/>
     <w:rsid w:val="00542F4A"/>
     <w:rsid w:val="00544887"/>
+    <w:rsid w:val="00544CD1"/>
+    <w:rsid w:val="00544D62"/>
     <w:rsid w:val="00546F17"/>
     <w:rsid w:val="005505EA"/>
     <w:rsid w:val="005510A9"/>
+    <w:rsid w:val="00551EC7"/>
     <w:rsid w:val="0055236E"/>
     <w:rsid w:val="005559F7"/>
+    <w:rsid w:val="00557E92"/>
+    <w:rsid w:val="00563F15"/>
     <w:rsid w:val="0056485F"/>
     <w:rsid w:val="00565ED0"/>
     <w:rsid w:val="00566D9F"/>
+    <w:rsid w:val="0057031A"/>
     <w:rsid w:val="005707AF"/>
     <w:rsid w:val="005707DB"/>
     <w:rsid w:val="0057139B"/>
+    <w:rsid w:val="00572800"/>
+    <w:rsid w:val="005744EA"/>
     <w:rsid w:val="00574D05"/>
     <w:rsid w:val="0058023E"/>
     <w:rsid w:val="00582861"/>
+    <w:rsid w:val="005828F2"/>
     <w:rsid w:val="00582E0C"/>
+    <w:rsid w:val="00586558"/>
+    <w:rsid w:val="00587E52"/>
     <w:rsid w:val="00590690"/>
+    <w:rsid w:val="00593BA0"/>
     <w:rsid w:val="00594041"/>
     <w:rsid w:val="00595BAF"/>
+    <w:rsid w:val="00596174"/>
+    <w:rsid w:val="00596251"/>
+    <w:rsid w:val="00597A5F"/>
+    <w:rsid w:val="005A0EBC"/>
     <w:rsid w:val="005A1A64"/>
     <w:rsid w:val="005A29E3"/>
     <w:rsid w:val="005A2F7E"/>
     <w:rsid w:val="005A5426"/>
+    <w:rsid w:val="005A5835"/>
     <w:rsid w:val="005A6F26"/>
     <w:rsid w:val="005B2D29"/>
+    <w:rsid w:val="005B4965"/>
+    <w:rsid w:val="005B4CBE"/>
+    <w:rsid w:val="005B62E9"/>
     <w:rsid w:val="005B7256"/>
     <w:rsid w:val="005C1E48"/>
+    <w:rsid w:val="005C5BF9"/>
+    <w:rsid w:val="005D0CF6"/>
+    <w:rsid w:val="005D136E"/>
     <w:rsid w:val="005D4709"/>
     <w:rsid w:val="005D5AA8"/>
+    <w:rsid w:val="005D6769"/>
+    <w:rsid w:val="005DFF9C"/>
     <w:rsid w:val="005E08B5"/>
+    <w:rsid w:val="005E3644"/>
     <w:rsid w:val="005E62D1"/>
+    <w:rsid w:val="005E7877"/>
     <w:rsid w:val="005F2053"/>
     <w:rsid w:val="005F205C"/>
     <w:rsid w:val="005F24D9"/>
+    <w:rsid w:val="005F27C7"/>
     <w:rsid w:val="0060027A"/>
+    <w:rsid w:val="00601D66"/>
+    <w:rsid w:val="00603973"/>
     <w:rsid w:val="00607AC5"/>
     <w:rsid w:val="00607C8F"/>
     <w:rsid w:val="00610A27"/>
     <w:rsid w:val="00611AE5"/>
     <w:rsid w:val="00612B73"/>
+    <w:rsid w:val="006172DF"/>
+    <w:rsid w:val="006204A7"/>
     <w:rsid w:val="006257CA"/>
+    <w:rsid w:val="00625B05"/>
+    <w:rsid w:val="00626639"/>
+    <w:rsid w:val="006269CF"/>
     <w:rsid w:val="00627DC8"/>
+    <w:rsid w:val="00630899"/>
     <w:rsid w:val="006312D3"/>
     <w:rsid w:val="006318C4"/>
     <w:rsid w:val="00641136"/>
+    <w:rsid w:val="00641BF8"/>
     <w:rsid w:val="00642A9F"/>
+    <w:rsid w:val="00644B7E"/>
     <w:rsid w:val="00645355"/>
     <w:rsid w:val="006507F1"/>
     <w:rsid w:val="006517CF"/>
     <w:rsid w:val="006520A0"/>
     <w:rsid w:val="00652BED"/>
+    <w:rsid w:val="00653BF2"/>
+    <w:rsid w:val="006546F7"/>
+    <w:rsid w:val="00657D03"/>
+    <w:rsid w:val="006615B0"/>
+    <w:rsid w:val="00662E35"/>
     <w:rsid w:val="00663A77"/>
     <w:rsid w:val="00664912"/>
     <w:rsid w:val="00665E61"/>
+    <w:rsid w:val="00666CF4"/>
+    <w:rsid w:val="0067056B"/>
     <w:rsid w:val="00670E27"/>
+    <w:rsid w:val="00671BD5"/>
     <w:rsid w:val="0067254E"/>
     <w:rsid w:val="00672C02"/>
     <w:rsid w:val="00673025"/>
+    <w:rsid w:val="0067360C"/>
+    <w:rsid w:val="00674577"/>
     <w:rsid w:val="006844E0"/>
+    <w:rsid w:val="00685FBA"/>
     <w:rsid w:val="0068638C"/>
+    <w:rsid w:val="006947D5"/>
+    <w:rsid w:val="0069593D"/>
     <w:rsid w:val="00697379"/>
+    <w:rsid w:val="006A07B5"/>
+    <w:rsid w:val="006A2109"/>
     <w:rsid w:val="006A455B"/>
+    <w:rsid w:val="006A49A5"/>
     <w:rsid w:val="006A543B"/>
     <w:rsid w:val="006A62BC"/>
     <w:rsid w:val="006A7FD6"/>
+    <w:rsid w:val="006B087A"/>
+    <w:rsid w:val="006B0D5D"/>
     <w:rsid w:val="006B238B"/>
+    <w:rsid w:val="006B4702"/>
     <w:rsid w:val="006B7215"/>
+    <w:rsid w:val="006C0614"/>
     <w:rsid w:val="006C10DB"/>
+    <w:rsid w:val="006C157C"/>
+    <w:rsid w:val="006C221D"/>
     <w:rsid w:val="006D3F10"/>
     <w:rsid w:val="006D44B3"/>
     <w:rsid w:val="006D5AB9"/>
     <w:rsid w:val="006D6D48"/>
     <w:rsid w:val="006D751B"/>
+    <w:rsid w:val="006E07E7"/>
+    <w:rsid w:val="006E1653"/>
     <w:rsid w:val="006E2934"/>
+    <w:rsid w:val="006E5202"/>
     <w:rsid w:val="006E5333"/>
     <w:rsid w:val="006E55F5"/>
+    <w:rsid w:val="006E58AA"/>
+    <w:rsid w:val="006E7943"/>
     <w:rsid w:val="006F0A50"/>
+    <w:rsid w:val="006F3E68"/>
+    <w:rsid w:val="006F4018"/>
     <w:rsid w:val="006F43B0"/>
+    <w:rsid w:val="006F646A"/>
     <w:rsid w:val="006F6D6A"/>
     <w:rsid w:val="006F7057"/>
+    <w:rsid w:val="006F78FB"/>
     <w:rsid w:val="006F7C7C"/>
     <w:rsid w:val="00700405"/>
     <w:rsid w:val="007007F0"/>
     <w:rsid w:val="00700836"/>
     <w:rsid w:val="00700E56"/>
+    <w:rsid w:val="00706544"/>
     <w:rsid w:val="007075C6"/>
     <w:rsid w:val="0071000D"/>
     <w:rsid w:val="00710397"/>
     <w:rsid w:val="007132DB"/>
     <w:rsid w:val="00714F1F"/>
+    <w:rsid w:val="00722763"/>
+    <w:rsid w:val="0072300F"/>
+    <w:rsid w:val="0072588B"/>
+    <w:rsid w:val="00730D88"/>
     <w:rsid w:val="0073482E"/>
+    <w:rsid w:val="00734E3E"/>
+    <w:rsid w:val="00741073"/>
     <w:rsid w:val="00741337"/>
+    <w:rsid w:val="00743781"/>
+    <w:rsid w:val="007454A7"/>
+    <w:rsid w:val="007512A2"/>
+    <w:rsid w:val="00753EF5"/>
+    <w:rsid w:val="007546F6"/>
     <w:rsid w:val="0075496F"/>
     <w:rsid w:val="00754F25"/>
+    <w:rsid w:val="00756B22"/>
     <w:rsid w:val="00756B8D"/>
     <w:rsid w:val="00756CDB"/>
+    <w:rsid w:val="00760756"/>
     <w:rsid w:val="00760BF3"/>
     <w:rsid w:val="00765A71"/>
+    <w:rsid w:val="00765B6C"/>
+    <w:rsid w:val="00765B91"/>
     <w:rsid w:val="00766715"/>
+    <w:rsid w:val="007672C9"/>
+    <w:rsid w:val="00767365"/>
     <w:rsid w:val="0076791D"/>
+    <w:rsid w:val="00770829"/>
     <w:rsid w:val="00771838"/>
+    <w:rsid w:val="007723C7"/>
     <w:rsid w:val="00773650"/>
     <w:rsid w:val="00774029"/>
+    <w:rsid w:val="007746E9"/>
+    <w:rsid w:val="0077514B"/>
     <w:rsid w:val="00776B1E"/>
     <w:rsid w:val="00776C02"/>
     <w:rsid w:val="00777A18"/>
     <w:rsid w:val="00777CB5"/>
+    <w:rsid w:val="007809F3"/>
     <w:rsid w:val="00780E33"/>
     <w:rsid w:val="00782F78"/>
     <w:rsid w:val="00784610"/>
+    <w:rsid w:val="0079017C"/>
     <w:rsid w:val="00790986"/>
     <w:rsid w:val="007917C5"/>
     <w:rsid w:val="00791BCD"/>
     <w:rsid w:val="00793665"/>
+    <w:rsid w:val="007955D0"/>
+    <w:rsid w:val="00795EF6"/>
+    <w:rsid w:val="007968A3"/>
+    <w:rsid w:val="007A15C2"/>
     <w:rsid w:val="007A4513"/>
     <w:rsid w:val="007A5FC8"/>
     <w:rsid w:val="007A6C37"/>
+    <w:rsid w:val="007A7215"/>
     <w:rsid w:val="007A7820"/>
     <w:rsid w:val="007A7EED"/>
     <w:rsid w:val="007B0C3F"/>
     <w:rsid w:val="007B40D4"/>
     <w:rsid w:val="007B5584"/>
     <w:rsid w:val="007B67BB"/>
     <w:rsid w:val="007B690A"/>
     <w:rsid w:val="007C10F9"/>
     <w:rsid w:val="007C2CC3"/>
     <w:rsid w:val="007C3F5B"/>
+    <w:rsid w:val="007C6D97"/>
     <w:rsid w:val="007C7ACF"/>
+    <w:rsid w:val="007D0329"/>
+    <w:rsid w:val="007D2466"/>
+    <w:rsid w:val="007D5D50"/>
+    <w:rsid w:val="007D6049"/>
     <w:rsid w:val="007D69DB"/>
+    <w:rsid w:val="007D6FB8"/>
+    <w:rsid w:val="007D7173"/>
     <w:rsid w:val="007D75AD"/>
+    <w:rsid w:val="007E00B0"/>
     <w:rsid w:val="007E061D"/>
     <w:rsid w:val="007E0A9D"/>
     <w:rsid w:val="007E1D59"/>
     <w:rsid w:val="007E2C91"/>
     <w:rsid w:val="007E5E5F"/>
     <w:rsid w:val="007E7C72"/>
     <w:rsid w:val="007F086E"/>
     <w:rsid w:val="007F0EB5"/>
     <w:rsid w:val="007F10EB"/>
+    <w:rsid w:val="007F1AC7"/>
+    <w:rsid w:val="007F2254"/>
     <w:rsid w:val="007F2B38"/>
+    <w:rsid w:val="007F3743"/>
     <w:rsid w:val="007F7563"/>
+    <w:rsid w:val="0080051F"/>
     <w:rsid w:val="0080314A"/>
     <w:rsid w:val="00805657"/>
+    <w:rsid w:val="0081067F"/>
     <w:rsid w:val="00811297"/>
     <w:rsid w:val="00811787"/>
+    <w:rsid w:val="00812E83"/>
     <w:rsid w:val="008138A7"/>
+    <w:rsid w:val="00813C0E"/>
+    <w:rsid w:val="00814BEE"/>
+    <w:rsid w:val="00817CCA"/>
+    <w:rsid w:val="00820285"/>
     <w:rsid w:val="008217FE"/>
+    <w:rsid w:val="00822049"/>
+    <w:rsid w:val="00831B71"/>
     <w:rsid w:val="00835F4F"/>
     <w:rsid w:val="00836526"/>
     <w:rsid w:val="00836694"/>
     <w:rsid w:val="008368BD"/>
     <w:rsid w:val="00836D8E"/>
+    <w:rsid w:val="008370D0"/>
+    <w:rsid w:val="008401D6"/>
     <w:rsid w:val="00842C7D"/>
+    <w:rsid w:val="00842D6E"/>
     <w:rsid w:val="008455FF"/>
+    <w:rsid w:val="00850AC2"/>
     <w:rsid w:val="0085327E"/>
+    <w:rsid w:val="00854A41"/>
     <w:rsid w:val="00855B96"/>
+    <w:rsid w:val="00857043"/>
+    <w:rsid w:val="00860777"/>
+    <w:rsid w:val="008607C5"/>
     <w:rsid w:val="00861D0E"/>
     <w:rsid w:val="00863C03"/>
     <w:rsid w:val="008643F5"/>
     <w:rsid w:val="00864C4A"/>
     <w:rsid w:val="008663B6"/>
     <w:rsid w:val="00866561"/>
+    <w:rsid w:val="0086744B"/>
     <w:rsid w:val="00870CA6"/>
     <w:rsid w:val="00871365"/>
     <w:rsid w:val="00871AE3"/>
     <w:rsid w:val="00873070"/>
     <w:rsid w:val="008736E1"/>
+    <w:rsid w:val="00877C39"/>
+    <w:rsid w:val="00881ACA"/>
     <w:rsid w:val="008827CB"/>
+    <w:rsid w:val="00885340"/>
+    <w:rsid w:val="0088550F"/>
+    <w:rsid w:val="00886E48"/>
+    <w:rsid w:val="008872FF"/>
     <w:rsid w:val="00887539"/>
     <w:rsid w:val="0088766D"/>
     <w:rsid w:val="0089013F"/>
     <w:rsid w:val="00890646"/>
     <w:rsid w:val="00891540"/>
+    <w:rsid w:val="00897CED"/>
+    <w:rsid w:val="008A0580"/>
     <w:rsid w:val="008A17D8"/>
     <w:rsid w:val="008A3755"/>
     <w:rsid w:val="008A64A2"/>
     <w:rsid w:val="008A6CD2"/>
+    <w:rsid w:val="008A7541"/>
+    <w:rsid w:val="008B084F"/>
+    <w:rsid w:val="008B194B"/>
+    <w:rsid w:val="008B4081"/>
     <w:rsid w:val="008B5968"/>
     <w:rsid w:val="008B5E13"/>
     <w:rsid w:val="008B630A"/>
     <w:rsid w:val="008C3F09"/>
+    <w:rsid w:val="008C4357"/>
     <w:rsid w:val="008C6344"/>
+    <w:rsid w:val="008C7361"/>
     <w:rsid w:val="008D09C3"/>
     <w:rsid w:val="008D181D"/>
     <w:rsid w:val="008D224C"/>
+    <w:rsid w:val="008D33F7"/>
     <w:rsid w:val="008D49E8"/>
+    <w:rsid w:val="008D5E5E"/>
+    <w:rsid w:val="008D5EAC"/>
+    <w:rsid w:val="008D6BB3"/>
+    <w:rsid w:val="008D71F8"/>
+    <w:rsid w:val="008D74BD"/>
     <w:rsid w:val="008E14D4"/>
     <w:rsid w:val="008E3DC0"/>
     <w:rsid w:val="008E3FBC"/>
     <w:rsid w:val="008E47E0"/>
+    <w:rsid w:val="008E5307"/>
+    <w:rsid w:val="008E5576"/>
     <w:rsid w:val="008E58AB"/>
+    <w:rsid w:val="008E5D90"/>
+    <w:rsid w:val="008E7888"/>
     <w:rsid w:val="008ED3B1"/>
+    <w:rsid w:val="008EFC6B"/>
+    <w:rsid w:val="008F3F01"/>
+    <w:rsid w:val="008F417E"/>
+    <w:rsid w:val="008F4F47"/>
+    <w:rsid w:val="008F5B7D"/>
     <w:rsid w:val="008F6B2F"/>
+    <w:rsid w:val="0090377D"/>
     <w:rsid w:val="0090512E"/>
     <w:rsid w:val="00905AF6"/>
     <w:rsid w:val="0090701A"/>
+    <w:rsid w:val="00911ACB"/>
     <w:rsid w:val="0091269A"/>
+    <w:rsid w:val="0091408B"/>
     <w:rsid w:val="00914410"/>
     <w:rsid w:val="00914F1C"/>
     <w:rsid w:val="00915041"/>
+    <w:rsid w:val="009204FD"/>
     <w:rsid w:val="0092127D"/>
+    <w:rsid w:val="00921C9B"/>
+    <w:rsid w:val="00921FCD"/>
     <w:rsid w:val="00922922"/>
+    <w:rsid w:val="009322D2"/>
     <w:rsid w:val="009329AD"/>
     <w:rsid w:val="00932C55"/>
     <w:rsid w:val="00936707"/>
     <w:rsid w:val="0094020F"/>
+    <w:rsid w:val="00940252"/>
+    <w:rsid w:val="009405B0"/>
     <w:rsid w:val="00940B37"/>
+    <w:rsid w:val="00944AF8"/>
+    <w:rsid w:val="00946782"/>
+    <w:rsid w:val="009505EC"/>
+    <w:rsid w:val="00951173"/>
+    <w:rsid w:val="00952525"/>
     <w:rsid w:val="00955140"/>
     <w:rsid w:val="00955B29"/>
+    <w:rsid w:val="00961B52"/>
     <w:rsid w:val="00963E2C"/>
     <w:rsid w:val="00964124"/>
     <w:rsid w:val="009667F1"/>
+    <w:rsid w:val="009733A6"/>
     <w:rsid w:val="00975D04"/>
+    <w:rsid w:val="00975E5B"/>
     <w:rsid w:val="00976C61"/>
+    <w:rsid w:val="00977704"/>
+    <w:rsid w:val="009806B4"/>
+    <w:rsid w:val="00981799"/>
+    <w:rsid w:val="00981DC6"/>
     <w:rsid w:val="00987177"/>
     <w:rsid w:val="009878DE"/>
     <w:rsid w:val="00990FB5"/>
+    <w:rsid w:val="00991AC7"/>
+    <w:rsid w:val="00992D92"/>
+    <w:rsid w:val="00993DA2"/>
     <w:rsid w:val="00995012"/>
+    <w:rsid w:val="00996D9C"/>
     <w:rsid w:val="00997A7C"/>
     <w:rsid w:val="009A046A"/>
+    <w:rsid w:val="009A30F7"/>
     <w:rsid w:val="009A3D95"/>
     <w:rsid w:val="009A591D"/>
+    <w:rsid w:val="009A6654"/>
     <w:rsid w:val="009A6FB1"/>
+    <w:rsid w:val="009A7512"/>
     <w:rsid w:val="009A7956"/>
     <w:rsid w:val="009B19FB"/>
     <w:rsid w:val="009B2149"/>
+    <w:rsid w:val="009B255C"/>
     <w:rsid w:val="009B2F9A"/>
+    <w:rsid w:val="009B4659"/>
     <w:rsid w:val="009B5290"/>
     <w:rsid w:val="009B63CE"/>
     <w:rsid w:val="009C011C"/>
+    <w:rsid w:val="009C033F"/>
+    <w:rsid w:val="009C4955"/>
     <w:rsid w:val="009C59C9"/>
+    <w:rsid w:val="009C5AC2"/>
     <w:rsid w:val="009C6A0D"/>
+    <w:rsid w:val="009C7422"/>
     <w:rsid w:val="009D7537"/>
+    <w:rsid w:val="009D7641"/>
+    <w:rsid w:val="009E06BB"/>
     <w:rsid w:val="009E1B38"/>
+    <w:rsid w:val="009E1D52"/>
     <w:rsid w:val="009E2090"/>
+    <w:rsid w:val="009E46A2"/>
     <w:rsid w:val="009E5A30"/>
     <w:rsid w:val="009E636A"/>
     <w:rsid w:val="009E6C11"/>
     <w:rsid w:val="009E7668"/>
     <w:rsid w:val="009F1E45"/>
+    <w:rsid w:val="009F4788"/>
     <w:rsid w:val="009F5871"/>
+    <w:rsid w:val="00A01B7A"/>
+    <w:rsid w:val="00A02254"/>
     <w:rsid w:val="00A1218E"/>
     <w:rsid w:val="00A13C1D"/>
+    <w:rsid w:val="00A16556"/>
     <w:rsid w:val="00A165F3"/>
     <w:rsid w:val="00A1665E"/>
     <w:rsid w:val="00A177DC"/>
+    <w:rsid w:val="00A20F82"/>
     <w:rsid w:val="00A21286"/>
+    <w:rsid w:val="00A234DA"/>
+    <w:rsid w:val="00A2407B"/>
     <w:rsid w:val="00A24CD2"/>
     <w:rsid w:val="00A257EF"/>
+    <w:rsid w:val="00A25CD0"/>
     <w:rsid w:val="00A26670"/>
     <w:rsid w:val="00A26798"/>
     <w:rsid w:val="00A26AB1"/>
     <w:rsid w:val="00A30041"/>
     <w:rsid w:val="00A30219"/>
+    <w:rsid w:val="00A3413B"/>
     <w:rsid w:val="00A35135"/>
+    <w:rsid w:val="00A358D6"/>
+    <w:rsid w:val="00A3649E"/>
+    <w:rsid w:val="00A3784F"/>
+    <w:rsid w:val="00A4028A"/>
     <w:rsid w:val="00A40965"/>
     <w:rsid w:val="00A41ED5"/>
+    <w:rsid w:val="00A46CD1"/>
     <w:rsid w:val="00A47AEE"/>
+    <w:rsid w:val="00A53283"/>
     <w:rsid w:val="00A53594"/>
+    <w:rsid w:val="00A54B9D"/>
+    <w:rsid w:val="00A55AAE"/>
+    <w:rsid w:val="00A55B4C"/>
     <w:rsid w:val="00A578CD"/>
     <w:rsid w:val="00A61EA1"/>
     <w:rsid w:val="00A62631"/>
     <w:rsid w:val="00A631C1"/>
     <w:rsid w:val="00A644CE"/>
     <w:rsid w:val="00A64B86"/>
+    <w:rsid w:val="00A64C78"/>
     <w:rsid w:val="00A6DF3C"/>
+    <w:rsid w:val="00A70AEA"/>
     <w:rsid w:val="00A716E0"/>
+    <w:rsid w:val="00A717C6"/>
     <w:rsid w:val="00A7180D"/>
     <w:rsid w:val="00A726FD"/>
+    <w:rsid w:val="00A75739"/>
+    <w:rsid w:val="00A76ECA"/>
+    <w:rsid w:val="00A76F03"/>
     <w:rsid w:val="00A77C8D"/>
+    <w:rsid w:val="00A77CC8"/>
     <w:rsid w:val="00A8026C"/>
+    <w:rsid w:val="00A80EE2"/>
+    <w:rsid w:val="00A83A09"/>
+    <w:rsid w:val="00A84136"/>
+    <w:rsid w:val="00A85C90"/>
     <w:rsid w:val="00A860C7"/>
+    <w:rsid w:val="00A86E30"/>
     <w:rsid w:val="00A87952"/>
+    <w:rsid w:val="00A90FD2"/>
     <w:rsid w:val="00A922BC"/>
     <w:rsid w:val="00A93283"/>
     <w:rsid w:val="00A934B9"/>
     <w:rsid w:val="00A9426C"/>
     <w:rsid w:val="00A95506"/>
     <w:rsid w:val="00A96FA3"/>
     <w:rsid w:val="00A973DD"/>
     <w:rsid w:val="00A9748E"/>
+    <w:rsid w:val="00A97D9F"/>
     <w:rsid w:val="00AA0471"/>
     <w:rsid w:val="00AA0734"/>
     <w:rsid w:val="00AA1718"/>
+    <w:rsid w:val="00AA1B31"/>
     <w:rsid w:val="00AA3F17"/>
+    <w:rsid w:val="00AA6A55"/>
+    <w:rsid w:val="00AA6FBA"/>
+    <w:rsid w:val="00AA7B83"/>
+    <w:rsid w:val="00AB0A2F"/>
     <w:rsid w:val="00AB2209"/>
     <w:rsid w:val="00AB3390"/>
+    <w:rsid w:val="00AB5E2F"/>
     <w:rsid w:val="00AB6EFE"/>
+    <w:rsid w:val="00AC05A6"/>
     <w:rsid w:val="00AC1249"/>
+    <w:rsid w:val="00AC1C3A"/>
+    <w:rsid w:val="00AC255A"/>
+    <w:rsid w:val="00AC2DA6"/>
     <w:rsid w:val="00AC4B06"/>
     <w:rsid w:val="00AC6943"/>
     <w:rsid w:val="00AC71C4"/>
+    <w:rsid w:val="00AC76C5"/>
+    <w:rsid w:val="00AD0B0F"/>
     <w:rsid w:val="00AD2EC2"/>
+    <w:rsid w:val="00AD4FCA"/>
+    <w:rsid w:val="00AD5097"/>
     <w:rsid w:val="00AD5E08"/>
     <w:rsid w:val="00AD5E10"/>
+    <w:rsid w:val="00AD610D"/>
     <w:rsid w:val="00AD6DB4"/>
+    <w:rsid w:val="00AE20B4"/>
+    <w:rsid w:val="00AEE34A"/>
     <w:rsid w:val="00AF101F"/>
+    <w:rsid w:val="00AF18F4"/>
     <w:rsid w:val="00AF2907"/>
     <w:rsid w:val="00AF3BB4"/>
     <w:rsid w:val="00AF4BBB"/>
     <w:rsid w:val="00AF6E5E"/>
     <w:rsid w:val="00AFC7E9"/>
     <w:rsid w:val="00B0017F"/>
+    <w:rsid w:val="00B006CC"/>
+    <w:rsid w:val="00B0332A"/>
     <w:rsid w:val="00B04E7D"/>
     <w:rsid w:val="00B057D2"/>
     <w:rsid w:val="00B05CD1"/>
+    <w:rsid w:val="00B07D8D"/>
     <w:rsid w:val="00B11579"/>
+    <w:rsid w:val="00B1439F"/>
     <w:rsid w:val="00B16C9D"/>
     <w:rsid w:val="00B23B11"/>
     <w:rsid w:val="00B3070A"/>
     <w:rsid w:val="00B30AF4"/>
+    <w:rsid w:val="00B31BEF"/>
+    <w:rsid w:val="00B34CB3"/>
     <w:rsid w:val="00B36699"/>
     <w:rsid w:val="00B42CD1"/>
+    <w:rsid w:val="00B42DB9"/>
     <w:rsid w:val="00B4587C"/>
+    <w:rsid w:val="00B508B6"/>
     <w:rsid w:val="00B50FCD"/>
+    <w:rsid w:val="00B51334"/>
+    <w:rsid w:val="00B519EE"/>
     <w:rsid w:val="00B548E2"/>
     <w:rsid w:val="00B54C06"/>
     <w:rsid w:val="00B57684"/>
     <w:rsid w:val="00B57C91"/>
+    <w:rsid w:val="00B60997"/>
+    <w:rsid w:val="00B70046"/>
+    <w:rsid w:val="00B72C24"/>
     <w:rsid w:val="00B7369C"/>
     <w:rsid w:val="00B75D9F"/>
     <w:rsid w:val="00B77642"/>
+    <w:rsid w:val="00B77A28"/>
     <w:rsid w:val="00B8018E"/>
+    <w:rsid w:val="00B82716"/>
     <w:rsid w:val="00B8423D"/>
+    <w:rsid w:val="00B84F78"/>
     <w:rsid w:val="00B90DB5"/>
     <w:rsid w:val="00B91A5D"/>
     <w:rsid w:val="00B91C6A"/>
+    <w:rsid w:val="00B92DD0"/>
+    <w:rsid w:val="00B934F8"/>
     <w:rsid w:val="00B96156"/>
+    <w:rsid w:val="00B9637C"/>
     <w:rsid w:val="00BA0B4D"/>
+    <w:rsid w:val="00BA1C6F"/>
     <w:rsid w:val="00BA4206"/>
     <w:rsid w:val="00BA6BEB"/>
+    <w:rsid w:val="00BA7D37"/>
+    <w:rsid w:val="00BC2590"/>
     <w:rsid w:val="00BC3A6F"/>
+    <w:rsid w:val="00BC4E9E"/>
     <w:rsid w:val="00BC5EE6"/>
     <w:rsid w:val="00BC684D"/>
     <w:rsid w:val="00BC7E2C"/>
     <w:rsid w:val="00BD24C6"/>
+    <w:rsid w:val="00BD52B7"/>
     <w:rsid w:val="00BD5DCB"/>
     <w:rsid w:val="00BD62D2"/>
     <w:rsid w:val="00BE0C71"/>
     <w:rsid w:val="00BE1294"/>
+    <w:rsid w:val="00BE1458"/>
     <w:rsid w:val="00BE2D49"/>
     <w:rsid w:val="00BE327C"/>
+    <w:rsid w:val="00BE3F2D"/>
     <w:rsid w:val="00BE47F6"/>
     <w:rsid w:val="00BE487B"/>
+    <w:rsid w:val="00BE5811"/>
     <w:rsid w:val="00BE6B21"/>
     <w:rsid w:val="00BE6DF4"/>
+    <w:rsid w:val="00BE7359"/>
     <w:rsid w:val="00BE774E"/>
     <w:rsid w:val="00BF1961"/>
     <w:rsid w:val="00BF5AE8"/>
+    <w:rsid w:val="00BF7705"/>
+    <w:rsid w:val="00C01634"/>
+    <w:rsid w:val="00C01F73"/>
     <w:rsid w:val="00C030BD"/>
+    <w:rsid w:val="00C045DB"/>
     <w:rsid w:val="00C050FE"/>
     <w:rsid w:val="00C07334"/>
+    <w:rsid w:val="00C10D9F"/>
+    <w:rsid w:val="00C11B86"/>
     <w:rsid w:val="00C128F4"/>
+    <w:rsid w:val="00C14E9D"/>
     <w:rsid w:val="00C15662"/>
     <w:rsid w:val="00C23BAB"/>
+    <w:rsid w:val="00C23EAD"/>
+    <w:rsid w:val="00C26D44"/>
     <w:rsid w:val="00C26FAA"/>
+    <w:rsid w:val="00C34163"/>
     <w:rsid w:val="00C3708E"/>
     <w:rsid w:val="00C401F0"/>
     <w:rsid w:val="00C414EE"/>
+    <w:rsid w:val="00C41F3F"/>
+    <w:rsid w:val="00C428DB"/>
+    <w:rsid w:val="00C45D14"/>
     <w:rsid w:val="00C467FC"/>
+    <w:rsid w:val="00C502F0"/>
     <w:rsid w:val="00C52269"/>
+    <w:rsid w:val="00C53B13"/>
     <w:rsid w:val="00C547DA"/>
+    <w:rsid w:val="00C57419"/>
     <w:rsid w:val="00C57BF6"/>
     <w:rsid w:val="00C6190B"/>
+    <w:rsid w:val="00C62F2E"/>
     <w:rsid w:val="00C63296"/>
     <w:rsid w:val="00C659E6"/>
     <w:rsid w:val="00C66995"/>
     <w:rsid w:val="00C6764B"/>
+    <w:rsid w:val="00C708B1"/>
+    <w:rsid w:val="00C72C08"/>
     <w:rsid w:val="00C749B7"/>
     <w:rsid w:val="00C7666E"/>
     <w:rsid w:val="00C767F7"/>
     <w:rsid w:val="00C771AE"/>
     <w:rsid w:val="00C77D57"/>
+    <w:rsid w:val="00C77D6E"/>
     <w:rsid w:val="00C81B1E"/>
+    <w:rsid w:val="00C81FD5"/>
     <w:rsid w:val="00C83087"/>
     <w:rsid w:val="00C84017"/>
     <w:rsid w:val="00C87146"/>
     <w:rsid w:val="00C91929"/>
+    <w:rsid w:val="00C92178"/>
     <w:rsid w:val="00C93F39"/>
     <w:rsid w:val="00C94090"/>
+    <w:rsid w:val="00C948D0"/>
+    <w:rsid w:val="00C953F6"/>
+    <w:rsid w:val="00C96921"/>
     <w:rsid w:val="00C9698D"/>
+    <w:rsid w:val="00CA0235"/>
     <w:rsid w:val="00CA5EAA"/>
+    <w:rsid w:val="00CA7868"/>
+    <w:rsid w:val="00CA7BFE"/>
+    <w:rsid w:val="00CB1200"/>
     <w:rsid w:val="00CB2F09"/>
     <w:rsid w:val="00CB7A33"/>
+    <w:rsid w:val="00CC00AD"/>
+    <w:rsid w:val="00CC080D"/>
     <w:rsid w:val="00CC22E4"/>
     <w:rsid w:val="00CC4F16"/>
+    <w:rsid w:val="00CC5E61"/>
     <w:rsid w:val="00CC6B3A"/>
     <w:rsid w:val="00CD0010"/>
     <w:rsid w:val="00CD010F"/>
     <w:rsid w:val="00CD688D"/>
+    <w:rsid w:val="00CD68D2"/>
     <w:rsid w:val="00CD7170"/>
+    <w:rsid w:val="00CE100F"/>
+    <w:rsid w:val="00CE3D2F"/>
+    <w:rsid w:val="00CE4D07"/>
+    <w:rsid w:val="00CE6CF8"/>
+    <w:rsid w:val="00CF22CD"/>
+    <w:rsid w:val="00CF4EA8"/>
     <w:rsid w:val="00CF4F5B"/>
     <w:rsid w:val="00CF5591"/>
     <w:rsid w:val="00CF774C"/>
+    <w:rsid w:val="00CF7965"/>
+    <w:rsid w:val="00D02D37"/>
     <w:rsid w:val="00D060BB"/>
+    <w:rsid w:val="00D1030A"/>
     <w:rsid w:val="00D20C4D"/>
     <w:rsid w:val="00D211CE"/>
+    <w:rsid w:val="00D23C5E"/>
+    <w:rsid w:val="00D3202B"/>
+    <w:rsid w:val="00D34DE3"/>
     <w:rsid w:val="00D35CE8"/>
     <w:rsid w:val="00D42569"/>
     <w:rsid w:val="00D42907"/>
+    <w:rsid w:val="00D43C71"/>
+    <w:rsid w:val="00D44BDA"/>
     <w:rsid w:val="00D5073F"/>
+    <w:rsid w:val="00D5271B"/>
+    <w:rsid w:val="00D536E8"/>
     <w:rsid w:val="00D5474D"/>
     <w:rsid w:val="00D565AC"/>
+    <w:rsid w:val="00D56770"/>
+    <w:rsid w:val="00D574AE"/>
     <w:rsid w:val="00D5780F"/>
     <w:rsid w:val="00D6182B"/>
     <w:rsid w:val="00D61C9E"/>
+    <w:rsid w:val="00D62173"/>
     <w:rsid w:val="00D627BF"/>
+    <w:rsid w:val="00D629E7"/>
     <w:rsid w:val="00D62F05"/>
     <w:rsid w:val="00D6302B"/>
+    <w:rsid w:val="00D63823"/>
     <w:rsid w:val="00D64EFE"/>
     <w:rsid w:val="00D650B6"/>
     <w:rsid w:val="00D651CB"/>
     <w:rsid w:val="00D65F6B"/>
     <w:rsid w:val="00D67837"/>
     <w:rsid w:val="00D67C8B"/>
     <w:rsid w:val="00D70564"/>
     <w:rsid w:val="00D731C5"/>
     <w:rsid w:val="00D80077"/>
+    <w:rsid w:val="00D81C81"/>
     <w:rsid w:val="00D82262"/>
     <w:rsid w:val="00D82A23"/>
     <w:rsid w:val="00D83360"/>
     <w:rsid w:val="00D86714"/>
     <w:rsid w:val="00D87467"/>
     <w:rsid w:val="00D938C4"/>
+    <w:rsid w:val="00D939FA"/>
+    <w:rsid w:val="00D9488D"/>
     <w:rsid w:val="00D94957"/>
     <w:rsid w:val="00D95444"/>
+    <w:rsid w:val="00DA3E23"/>
+    <w:rsid w:val="00DA4142"/>
     <w:rsid w:val="00DA5B61"/>
+    <w:rsid w:val="00DA5DC1"/>
+    <w:rsid w:val="00DB45B9"/>
+    <w:rsid w:val="00DB6C96"/>
     <w:rsid w:val="00DB72AB"/>
     <w:rsid w:val="00DC48AE"/>
     <w:rsid w:val="00DC7123"/>
     <w:rsid w:val="00DD046E"/>
+    <w:rsid w:val="00DD38CC"/>
     <w:rsid w:val="00DD3EAE"/>
+    <w:rsid w:val="00DD4130"/>
+    <w:rsid w:val="00DD5AA9"/>
+    <w:rsid w:val="00DD6B66"/>
+    <w:rsid w:val="00DE01F4"/>
     <w:rsid w:val="00DE0962"/>
+    <w:rsid w:val="00DE0AB7"/>
     <w:rsid w:val="00DE2D69"/>
     <w:rsid w:val="00DE3A6E"/>
+    <w:rsid w:val="00DE59F9"/>
+    <w:rsid w:val="00DE5CD5"/>
+    <w:rsid w:val="00DF2855"/>
     <w:rsid w:val="00DF5C1E"/>
     <w:rsid w:val="00DF6A2C"/>
     <w:rsid w:val="00DF752A"/>
+    <w:rsid w:val="00E00225"/>
+    <w:rsid w:val="00E00242"/>
     <w:rsid w:val="00E02361"/>
     <w:rsid w:val="00E043CF"/>
     <w:rsid w:val="00E04AC7"/>
+    <w:rsid w:val="00E059B4"/>
     <w:rsid w:val="00E10F72"/>
+    <w:rsid w:val="00E1139F"/>
+    <w:rsid w:val="00E13D8C"/>
+    <w:rsid w:val="00E17D83"/>
     <w:rsid w:val="00E2012B"/>
     <w:rsid w:val="00E21F39"/>
     <w:rsid w:val="00E22B71"/>
     <w:rsid w:val="00E22EC3"/>
     <w:rsid w:val="00E23082"/>
     <w:rsid w:val="00E24BC3"/>
+    <w:rsid w:val="00E24D1D"/>
     <w:rsid w:val="00E26C9D"/>
-    <w:rsid w:val="00E34E4A"/>
+    <w:rsid w:val="00E362AD"/>
     <w:rsid w:val="00E3746A"/>
     <w:rsid w:val="00E37DA9"/>
     <w:rsid w:val="00E43C23"/>
     <w:rsid w:val="00E445E2"/>
+    <w:rsid w:val="00E462A0"/>
     <w:rsid w:val="00E464B2"/>
     <w:rsid w:val="00E4687F"/>
+    <w:rsid w:val="00E46F34"/>
     <w:rsid w:val="00E470FD"/>
     <w:rsid w:val="00E47E3D"/>
     <w:rsid w:val="00E50F42"/>
     <w:rsid w:val="00E517AC"/>
     <w:rsid w:val="00E5194A"/>
     <w:rsid w:val="00E52871"/>
     <w:rsid w:val="00E52F5E"/>
     <w:rsid w:val="00E53A4A"/>
     <w:rsid w:val="00E603BB"/>
+    <w:rsid w:val="00E62FCC"/>
+    <w:rsid w:val="00E64D81"/>
     <w:rsid w:val="00E71E80"/>
+    <w:rsid w:val="00E728DA"/>
     <w:rsid w:val="00E72FCB"/>
     <w:rsid w:val="00E73C64"/>
+    <w:rsid w:val="00E73DB4"/>
     <w:rsid w:val="00E754C9"/>
     <w:rsid w:val="00E8085C"/>
     <w:rsid w:val="00E8135F"/>
+    <w:rsid w:val="00E81FAE"/>
     <w:rsid w:val="00E82672"/>
+    <w:rsid w:val="00E82AD6"/>
     <w:rsid w:val="00E82BCD"/>
+    <w:rsid w:val="00E82CDF"/>
     <w:rsid w:val="00E861BC"/>
+    <w:rsid w:val="00E8621F"/>
+    <w:rsid w:val="00E86A82"/>
+    <w:rsid w:val="00E87737"/>
     <w:rsid w:val="00E92667"/>
     <w:rsid w:val="00E94F0E"/>
     <w:rsid w:val="00E95262"/>
     <w:rsid w:val="00E95395"/>
     <w:rsid w:val="00E95B49"/>
     <w:rsid w:val="00E96A49"/>
+    <w:rsid w:val="00E96E5D"/>
+    <w:rsid w:val="00EA18C0"/>
+    <w:rsid w:val="00EA2817"/>
     <w:rsid w:val="00EA2E21"/>
     <w:rsid w:val="00EA69A3"/>
     <w:rsid w:val="00EA7BBD"/>
     <w:rsid w:val="00EA7D76"/>
     <w:rsid w:val="00EB155E"/>
+    <w:rsid w:val="00EB2EFB"/>
     <w:rsid w:val="00EB39D7"/>
     <w:rsid w:val="00EB3D88"/>
+    <w:rsid w:val="00EB40A2"/>
     <w:rsid w:val="00EB48F8"/>
     <w:rsid w:val="00EB4D44"/>
+    <w:rsid w:val="00EB5C10"/>
+    <w:rsid w:val="00EB6E2E"/>
+    <w:rsid w:val="00EB71A6"/>
     <w:rsid w:val="00EB7789"/>
+    <w:rsid w:val="00EC0298"/>
+    <w:rsid w:val="00EC2CBE"/>
+    <w:rsid w:val="00EC3D18"/>
     <w:rsid w:val="00EC4B44"/>
+    <w:rsid w:val="00EC57A2"/>
     <w:rsid w:val="00EC640C"/>
+    <w:rsid w:val="00ED1AF5"/>
+    <w:rsid w:val="00ED38CF"/>
+    <w:rsid w:val="00ED3BD7"/>
     <w:rsid w:val="00ED7690"/>
+    <w:rsid w:val="00ED7E2F"/>
     <w:rsid w:val="00EE1F58"/>
+    <w:rsid w:val="00EE2135"/>
+    <w:rsid w:val="00EE2CDF"/>
+    <w:rsid w:val="00EE36CD"/>
+    <w:rsid w:val="00EE4BF6"/>
+    <w:rsid w:val="00EE69D4"/>
     <w:rsid w:val="00EE7901"/>
     <w:rsid w:val="00EF35B0"/>
     <w:rsid w:val="00EF53B5"/>
     <w:rsid w:val="00EF5C7D"/>
+    <w:rsid w:val="00F02356"/>
+    <w:rsid w:val="00F0303F"/>
     <w:rsid w:val="00F043FA"/>
+    <w:rsid w:val="00F045E3"/>
+    <w:rsid w:val="00F047C3"/>
     <w:rsid w:val="00F0533A"/>
     <w:rsid w:val="00F05BE9"/>
     <w:rsid w:val="00F06082"/>
     <w:rsid w:val="00F06234"/>
     <w:rsid w:val="00F07B91"/>
     <w:rsid w:val="00F10D19"/>
+    <w:rsid w:val="00F12068"/>
+    <w:rsid w:val="00F12E61"/>
     <w:rsid w:val="00F15863"/>
     <w:rsid w:val="00F15B03"/>
+    <w:rsid w:val="00F15DF0"/>
     <w:rsid w:val="00F17C4C"/>
+    <w:rsid w:val="00F22050"/>
     <w:rsid w:val="00F261CF"/>
     <w:rsid w:val="00F275BB"/>
     <w:rsid w:val="00F30D10"/>
-    <w:rsid w:val="00F31778"/>
     <w:rsid w:val="00F32B35"/>
     <w:rsid w:val="00F3353C"/>
     <w:rsid w:val="00F34209"/>
     <w:rsid w:val="00F355A1"/>
     <w:rsid w:val="00F368CF"/>
     <w:rsid w:val="00F409D1"/>
+    <w:rsid w:val="00F40E7E"/>
     <w:rsid w:val="00F41602"/>
     <w:rsid w:val="00F4480E"/>
     <w:rsid w:val="00F449D0"/>
     <w:rsid w:val="00F47584"/>
+    <w:rsid w:val="00F47828"/>
     <w:rsid w:val="00F566A4"/>
+    <w:rsid w:val="00F56A15"/>
+    <w:rsid w:val="00F56C84"/>
     <w:rsid w:val="00F57602"/>
     <w:rsid w:val="00F60496"/>
+    <w:rsid w:val="00F61D1D"/>
     <w:rsid w:val="00F625C9"/>
+    <w:rsid w:val="00F629B0"/>
     <w:rsid w:val="00F63B67"/>
     <w:rsid w:val="00F64675"/>
+    <w:rsid w:val="00F65F5C"/>
+    <w:rsid w:val="00F67A12"/>
     <w:rsid w:val="00F71564"/>
+    <w:rsid w:val="00F7447C"/>
     <w:rsid w:val="00F747D5"/>
     <w:rsid w:val="00F77C43"/>
+    <w:rsid w:val="00F85A73"/>
     <w:rsid w:val="00F86664"/>
+    <w:rsid w:val="00F86CEB"/>
+    <w:rsid w:val="00F908BF"/>
     <w:rsid w:val="00F90A2A"/>
+    <w:rsid w:val="00F90DC2"/>
+    <w:rsid w:val="00F91DE5"/>
+    <w:rsid w:val="00F91E52"/>
+    <w:rsid w:val="00F938F1"/>
     <w:rsid w:val="00F939C2"/>
     <w:rsid w:val="00F96146"/>
     <w:rsid w:val="00F97BAD"/>
     <w:rsid w:val="00FA57FC"/>
+    <w:rsid w:val="00FA7C5E"/>
     <w:rsid w:val="00FB252A"/>
     <w:rsid w:val="00FB43D7"/>
+    <w:rsid w:val="00FB4841"/>
     <w:rsid w:val="00FB5CB7"/>
+    <w:rsid w:val="00FB5CF9"/>
     <w:rsid w:val="00FB60CB"/>
     <w:rsid w:val="00FB6F43"/>
+    <w:rsid w:val="00FC08F4"/>
+    <w:rsid w:val="00FC279C"/>
     <w:rsid w:val="00FC2F7A"/>
+    <w:rsid w:val="00FC5448"/>
     <w:rsid w:val="00FC58C4"/>
+    <w:rsid w:val="00FC5F0F"/>
+    <w:rsid w:val="00FC6844"/>
     <w:rsid w:val="00FC6BBA"/>
     <w:rsid w:val="00FC6E33"/>
+    <w:rsid w:val="00FD3155"/>
     <w:rsid w:val="00FD5695"/>
+    <w:rsid w:val="00FD7837"/>
     <w:rsid w:val="00FE0305"/>
     <w:rsid w:val="00FE0521"/>
+    <w:rsid w:val="00FE0C75"/>
     <w:rsid w:val="00FE1932"/>
     <w:rsid w:val="00FE3144"/>
     <w:rsid w:val="00FE3C4A"/>
+    <w:rsid w:val="00FE4DCB"/>
     <w:rsid w:val="00FE6142"/>
+    <w:rsid w:val="00FE6FB9"/>
     <w:rsid w:val="00FE71E5"/>
     <w:rsid w:val="00FF315F"/>
     <w:rsid w:val="00FF32D5"/>
+    <w:rsid w:val="00FF38A0"/>
     <w:rsid w:val="00FF55DA"/>
+    <w:rsid w:val="00FF5AD4"/>
     <w:rsid w:val="00FF61AB"/>
     <w:rsid w:val="00FF702B"/>
+    <w:rsid w:val="01434970"/>
+    <w:rsid w:val="01435322"/>
+    <w:rsid w:val="014F7800"/>
     <w:rsid w:val="01547C0C"/>
+    <w:rsid w:val="015985F5"/>
     <w:rsid w:val="0168AC3A"/>
     <w:rsid w:val="016F2D20"/>
     <w:rsid w:val="01795799"/>
+    <w:rsid w:val="0182665C"/>
+    <w:rsid w:val="01A5FC4E"/>
+    <w:rsid w:val="01B22F05"/>
     <w:rsid w:val="01D55EEF"/>
     <w:rsid w:val="01D6A208"/>
     <w:rsid w:val="02045D94"/>
     <w:rsid w:val="020B7BCC"/>
     <w:rsid w:val="0212EC33"/>
     <w:rsid w:val="021C83D4"/>
     <w:rsid w:val="02250296"/>
+    <w:rsid w:val="0229F260"/>
     <w:rsid w:val="023CAC69"/>
     <w:rsid w:val="025B22D7"/>
+    <w:rsid w:val="025F5365"/>
     <w:rsid w:val="02823971"/>
     <w:rsid w:val="0283BE7B"/>
     <w:rsid w:val="028D4C2D"/>
+    <w:rsid w:val="02B43B36"/>
     <w:rsid w:val="02C8C071"/>
     <w:rsid w:val="02E708B2"/>
     <w:rsid w:val="02EB05CE"/>
+    <w:rsid w:val="02FACCA5"/>
     <w:rsid w:val="0318C46C"/>
     <w:rsid w:val="0324A410"/>
+    <w:rsid w:val="0325EF5E"/>
+    <w:rsid w:val="03288697"/>
     <w:rsid w:val="032BC20D"/>
     <w:rsid w:val="03707CDB"/>
+    <w:rsid w:val="037B0A1C"/>
+    <w:rsid w:val="03DA315D"/>
     <w:rsid w:val="03E538E6"/>
     <w:rsid w:val="03FACFA8"/>
     <w:rsid w:val="040419BD"/>
     <w:rsid w:val="041BE996"/>
     <w:rsid w:val="04366554"/>
     <w:rsid w:val="043D976C"/>
+    <w:rsid w:val="0440D9C6"/>
     <w:rsid w:val="04512261"/>
     <w:rsid w:val="04573888"/>
+    <w:rsid w:val="0458289D"/>
+    <w:rsid w:val="0463B48D"/>
     <w:rsid w:val="0475D888"/>
     <w:rsid w:val="04ACAA9C"/>
     <w:rsid w:val="04B2AD0E"/>
     <w:rsid w:val="04B2FDE9"/>
+    <w:rsid w:val="04B95F73"/>
     <w:rsid w:val="04EB5148"/>
     <w:rsid w:val="04EEE6F2"/>
     <w:rsid w:val="04FEE30D"/>
     <w:rsid w:val="05221559"/>
     <w:rsid w:val="05290130"/>
+    <w:rsid w:val="0545B9AC"/>
+    <w:rsid w:val="0545D8A2"/>
+    <w:rsid w:val="0588C9CA"/>
+    <w:rsid w:val="05894346"/>
+    <w:rsid w:val="05D5021A"/>
+    <w:rsid w:val="05F1E4F8"/>
     <w:rsid w:val="061FE33F"/>
     <w:rsid w:val="0634A614"/>
     <w:rsid w:val="066173A2"/>
+    <w:rsid w:val="0662F3CE"/>
     <w:rsid w:val="06843A7E"/>
     <w:rsid w:val="068C0F00"/>
+    <w:rsid w:val="0693C944"/>
     <w:rsid w:val="069707EF"/>
+    <w:rsid w:val="069D1739"/>
     <w:rsid w:val="06B51769"/>
     <w:rsid w:val="06D35962"/>
     <w:rsid w:val="06DFE3EA"/>
     <w:rsid w:val="06E1A3BE"/>
     <w:rsid w:val="06F7B9D0"/>
     <w:rsid w:val="070CF262"/>
     <w:rsid w:val="07191FB9"/>
     <w:rsid w:val="071C27B8"/>
     <w:rsid w:val="072E473D"/>
     <w:rsid w:val="073495DF"/>
     <w:rsid w:val="075D91CE"/>
+    <w:rsid w:val="0792DCC5"/>
+    <w:rsid w:val="079AD189"/>
     <w:rsid w:val="07B389B3"/>
+    <w:rsid w:val="07D5F019"/>
     <w:rsid w:val="07DBAE17"/>
     <w:rsid w:val="07E319B6"/>
+    <w:rsid w:val="07E734E6"/>
+    <w:rsid w:val="07F77A12"/>
     <w:rsid w:val="081B7A81"/>
+    <w:rsid w:val="081DF52F"/>
     <w:rsid w:val="083B63C8"/>
     <w:rsid w:val="0840E3F8"/>
     <w:rsid w:val="086547A4"/>
+    <w:rsid w:val="087C3157"/>
     <w:rsid w:val="08A68587"/>
+    <w:rsid w:val="08B0C167"/>
     <w:rsid w:val="08B307B9"/>
     <w:rsid w:val="08C8A010"/>
     <w:rsid w:val="08DE43B4"/>
     <w:rsid w:val="08DFB568"/>
     <w:rsid w:val="0906199E"/>
     <w:rsid w:val="0914E081"/>
     <w:rsid w:val="093CB8DD"/>
+    <w:rsid w:val="0944542E"/>
+    <w:rsid w:val="095525E1"/>
     <w:rsid w:val="0976A1CB"/>
+    <w:rsid w:val="097AD488"/>
     <w:rsid w:val="098216A3"/>
     <w:rsid w:val="09876C67"/>
+    <w:rsid w:val="0992131B"/>
     <w:rsid w:val="09ADAC4F"/>
     <w:rsid w:val="09AE6ACA"/>
+    <w:rsid w:val="09D6569B"/>
+    <w:rsid w:val="09F9E986"/>
     <w:rsid w:val="0A041A77"/>
+    <w:rsid w:val="0A328214"/>
     <w:rsid w:val="0A4750A5"/>
     <w:rsid w:val="0A52F363"/>
     <w:rsid w:val="0A60B04F"/>
+    <w:rsid w:val="0A7427AA"/>
+    <w:rsid w:val="0AAA2FC3"/>
     <w:rsid w:val="0AACDB15"/>
     <w:rsid w:val="0AAEDF69"/>
+    <w:rsid w:val="0AC57480"/>
+    <w:rsid w:val="0ACBFA1C"/>
     <w:rsid w:val="0AE07868"/>
     <w:rsid w:val="0AF6265D"/>
     <w:rsid w:val="0B0657BC"/>
+    <w:rsid w:val="0B06FD77"/>
     <w:rsid w:val="0B12FA89"/>
+    <w:rsid w:val="0B3ACD85"/>
+    <w:rsid w:val="0B69AE1A"/>
+    <w:rsid w:val="0B6B8418"/>
     <w:rsid w:val="0B81F9C2"/>
+    <w:rsid w:val="0B92F632"/>
+    <w:rsid w:val="0BA77A62"/>
     <w:rsid w:val="0BC567E2"/>
     <w:rsid w:val="0BF1759F"/>
+    <w:rsid w:val="0C35B3EF"/>
     <w:rsid w:val="0C482DBB"/>
     <w:rsid w:val="0C5FA9AE"/>
     <w:rsid w:val="0C780C42"/>
     <w:rsid w:val="0C88CE54"/>
+    <w:rsid w:val="0C9C07AA"/>
     <w:rsid w:val="0CADFB44"/>
     <w:rsid w:val="0CB8BF19"/>
+    <w:rsid w:val="0CE8BBB0"/>
+    <w:rsid w:val="0CEC6029"/>
+    <w:rsid w:val="0CF94E43"/>
     <w:rsid w:val="0D08888F"/>
     <w:rsid w:val="0D10F8CA"/>
     <w:rsid w:val="0D1203CD"/>
     <w:rsid w:val="0D24E049"/>
     <w:rsid w:val="0D27A6E9"/>
     <w:rsid w:val="0D2860FD"/>
     <w:rsid w:val="0D2CA5BC"/>
     <w:rsid w:val="0D48A1F4"/>
     <w:rsid w:val="0D5B3562"/>
     <w:rsid w:val="0D5B5434"/>
+    <w:rsid w:val="0D5FC450"/>
     <w:rsid w:val="0D6D9868"/>
     <w:rsid w:val="0D7000F1"/>
+    <w:rsid w:val="0D8A26A6"/>
+    <w:rsid w:val="0D8C37FE"/>
+    <w:rsid w:val="0D90152A"/>
     <w:rsid w:val="0D9260EC"/>
     <w:rsid w:val="0DB09D0F"/>
     <w:rsid w:val="0DB1D8C8"/>
     <w:rsid w:val="0DC2AC13"/>
     <w:rsid w:val="0DDB3849"/>
+    <w:rsid w:val="0DFAC7D7"/>
     <w:rsid w:val="0E10510B"/>
+    <w:rsid w:val="0E172B46"/>
+    <w:rsid w:val="0E3BEA34"/>
     <w:rsid w:val="0E56B6D9"/>
     <w:rsid w:val="0E8C9088"/>
     <w:rsid w:val="0E93D195"/>
     <w:rsid w:val="0E9CCB1A"/>
+    <w:rsid w:val="0EADCDB2"/>
     <w:rsid w:val="0EBBB4FF"/>
     <w:rsid w:val="0ECF4807"/>
     <w:rsid w:val="0ED6B956"/>
     <w:rsid w:val="0ED871D7"/>
     <w:rsid w:val="0F04EDCF"/>
     <w:rsid w:val="0F24252F"/>
     <w:rsid w:val="0F3BBEC7"/>
     <w:rsid w:val="0F5F8A77"/>
+    <w:rsid w:val="0F6626DF"/>
     <w:rsid w:val="0F672816"/>
     <w:rsid w:val="0F7EEC5A"/>
+    <w:rsid w:val="0F97F3DC"/>
     <w:rsid w:val="0F9935AE"/>
+    <w:rsid w:val="0FA45FFD"/>
     <w:rsid w:val="0FA82E33"/>
     <w:rsid w:val="0FAA9B81"/>
     <w:rsid w:val="0FCF9881"/>
+    <w:rsid w:val="1018661F"/>
     <w:rsid w:val="1027A44D"/>
+    <w:rsid w:val="10489136"/>
     <w:rsid w:val="106D74C8"/>
     <w:rsid w:val="10747435"/>
     <w:rsid w:val="107C400B"/>
+    <w:rsid w:val="108B83E9"/>
+    <w:rsid w:val="1095ACAF"/>
+    <w:rsid w:val="109DD231"/>
     <w:rsid w:val="10B713E4"/>
     <w:rsid w:val="10C2660B"/>
     <w:rsid w:val="10C6D8FB"/>
     <w:rsid w:val="10D5EEA4"/>
     <w:rsid w:val="10DAC104"/>
     <w:rsid w:val="10EEEE11"/>
+    <w:rsid w:val="10F331D1"/>
     <w:rsid w:val="10F5323C"/>
     <w:rsid w:val="10F57558"/>
+    <w:rsid w:val="1101765C"/>
+    <w:rsid w:val="1106DF0C"/>
     <w:rsid w:val="111360FB"/>
     <w:rsid w:val="1119C089"/>
+    <w:rsid w:val="111D7A87"/>
+    <w:rsid w:val="11289DF7"/>
     <w:rsid w:val="112E5502"/>
     <w:rsid w:val="117CC37E"/>
     <w:rsid w:val="117FFCB2"/>
     <w:rsid w:val="11882E08"/>
     <w:rsid w:val="11B6AF0A"/>
+    <w:rsid w:val="11BDA316"/>
     <w:rsid w:val="11DF0A5F"/>
     <w:rsid w:val="11EC7E42"/>
+    <w:rsid w:val="11F90AE7"/>
+    <w:rsid w:val="1207FC3B"/>
     <w:rsid w:val="122EFFDF"/>
     <w:rsid w:val="1240EE9C"/>
     <w:rsid w:val="124867C7"/>
     <w:rsid w:val="124B7E4E"/>
     <w:rsid w:val="126FB527"/>
     <w:rsid w:val="1275F147"/>
+    <w:rsid w:val="12B68259"/>
     <w:rsid w:val="12C8C68D"/>
+    <w:rsid w:val="12F0CEA5"/>
     <w:rsid w:val="133A48B1"/>
+    <w:rsid w:val="134F8C2E"/>
     <w:rsid w:val="13620289"/>
     <w:rsid w:val="136839FA"/>
     <w:rsid w:val="13778BB1"/>
     <w:rsid w:val="1377CA82"/>
     <w:rsid w:val="13905E39"/>
     <w:rsid w:val="1393242E"/>
+    <w:rsid w:val="13A7E459"/>
+    <w:rsid w:val="13AEF876"/>
     <w:rsid w:val="13CC7FE6"/>
     <w:rsid w:val="13E1586A"/>
     <w:rsid w:val="141C8618"/>
     <w:rsid w:val="1437EBCF"/>
     <w:rsid w:val="1439AF23"/>
     <w:rsid w:val="1442589A"/>
+    <w:rsid w:val="14485CA7"/>
+    <w:rsid w:val="144967FA"/>
     <w:rsid w:val="146B0CAB"/>
     <w:rsid w:val="149131FD"/>
+    <w:rsid w:val="14AD9333"/>
     <w:rsid w:val="14CFA0E7"/>
+    <w:rsid w:val="14F3DBC3"/>
+    <w:rsid w:val="14F6D738"/>
     <w:rsid w:val="156EBB76"/>
     <w:rsid w:val="158CCE93"/>
     <w:rsid w:val="158E2A5E"/>
+    <w:rsid w:val="15979586"/>
+    <w:rsid w:val="15C80B88"/>
     <w:rsid w:val="15D7F431"/>
     <w:rsid w:val="15DA553B"/>
     <w:rsid w:val="15E4DB77"/>
+    <w:rsid w:val="1601A57F"/>
     <w:rsid w:val="160CCCD1"/>
     <w:rsid w:val="161A565D"/>
+    <w:rsid w:val="16265884"/>
     <w:rsid w:val="162D68D9"/>
     <w:rsid w:val="163FD131"/>
     <w:rsid w:val="1662935A"/>
+    <w:rsid w:val="1669C32D"/>
     <w:rsid w:val="16717706"/>
     <w:rsid w:val="16739D5A"/>
     <w:rsid w:val="1680804D"/>
     <w:rsid w:val="169033BF"/>
     <w:rsid w:val="16BAF4DD"/>
     <w:rsid w:val="16C3CCD4"/>
     <w:rsid w:val="16D75685"/>
     <w:rsid w:val="16E11C59"/>
+    <w:rsid w:val="16EFBEBD"/>
+    <w:rsid w:val="16F258FF"/>
     <w:rsid w:val="170BDC7A"/>
     <w:rsid w:val="171A7D57"/>
     <w:rsid w:val="17350D95"/>
+    <w:rsid w:val="174FDA1B"/>
     <w:rsid w:val="17829D69"/>
     <w:rsid w:val="1782CA84"/>
     <w:rsid w:val="1791CDFD"/>
+    <w:rsid w:val="17998C7D"/>
     <w:rsid w:val="17B73351"/>
+    <w:rsid w:val="17C08EE1"/>
+    <w:rsid w:val="17D2DEFF"/>
     <w:rsid w:val="17D39DCC"/>
+    <w:rsid w:val="17E609C6"/>
     <w:rsid w:val="17ED2EDF"/>
     <w:rsid w:val="1810B6F1"/>
     <w:rsid w:val="183F48A1"/>
+    <w:rsid w:val="1874ED63"/>
+    <w:rsid w:val="1885FA8E"/>
     <w:rsid w:val="189B9353"/>
     <w:rsid w:val="18B6605C"/>
     <w:rsid w:val="18C2B39E"/>
+    <w:rsid w:val="18DEDF54"/>
     <w:rsid w:val="18EDAE7D"/>
     <w:rsid w:val="18F7373C"/>
+    <w:rsid w:val="18FF1168"/>
+    <w:rsid w:val="19007515"/>
+    <w:rsid w:val="19047C7F"/>
+    <w:rsid w:val="193B55AA"/>
     <w:rsid w:val="19478586"/>
     <w:rsid w:val="194A8308"/>
     <w:rsid w:val="1966D4BD"/>
     <w:rsid w:val="19974B67"/>
+    <w:rsid w:val="19BAF721"/>
     <w:rsid w:val="19BC108A"/>
     <w:rsid w:val="19BFE9AB"/>
+    <w:rsid w:val="19C0F790"/>
+    <w:rsid w:val="19DB61EB"/>
+    <w:rsid w:val="19DE534B"/>
+    <w:rsid w:val="19F56396"/>
     <w:rsid w:val="19F5B1B1"/>
     <w:rsid w:val="1A18333C"/>
     <w:rsid w:val="1A26F22B"/>
     <w:rsid w:val="1A2D9E48"/>
+    <w:rsid w:val="1A35AC04"/>
+    <w:rsid w:val="1A40E09B"/>
     <w:rsid w:val="1A72DD4F"/>
+    <w:rsid w:val="1A8021DE"/>
+    <w:rsid w:val="1A88198C"/>
     <w:rsid w:val="1A8E67E3"/>
+    <w:rsid w:val="1A983BC2"/>
     <w:rsid w:val="1A9DB4E5"/>
+    <w:rsid w:val="1ABA5100"/>
     <w:rsid w:val="1ABDC26E"/>
+    <w:rsid w:val="1AC589FC"/>
+    <w:rsid w:val="1AEDEBD9"/>
+    <w:rsid w:val="1AF54F32"/>
+    <w:rsid w:val="1B10E33D"/>
+    <w:rsid w:val="1B11CE6D"/>
+    <w:rsid w:val="1B14604E"/>
+    <w:rsid w:val="1B5A34C7"/>
+    <w:rsid w:val="1B5F1677"/>
     <w:rsid w:val="1B66666D"/>
     <w:rsid w:val="1B96182D"/>
+    <w:rsid w:val="1B9D48E5"/>
+    <w:rsid w:val="1BA7663A"/>
     <w:rsid w:val="1BC0C764"/>
     <w:rsid w:val="1C03CCE4"/>
     <w:rsid w:val="1C086530"/>
     <w:rsid w:val="1C2226C0"/>
     <w:rsid w:val="1C3A13D2"/>
+    <w:rsid w:val="1C58D388"/>
+    <w:rsid w:val="1C6A649C"/>
     <w:rsid w:val="1C834B62"/>
     <w:rsid w:val="1C85677C"/>
     <w:rsid w:val="1C9ACFF8"/>
     <w:rsid w:val="1CABCD35"/>
+    <w:rsid w:val="1CAE1C6C"/>
     <w:rsid w:val="1CCAF5A0"/>
+    <w:rsid w:val="1CD5BB73"/>
     <w:rsid w:val="1D0AB504"/>
     <w:rsid w:val="1D21461B"/>
+    <w:rsid w:val="1D26E1EB"/>
     <w:rsid w:val="1D30E2E5"/>
     <w:rsid w:val="1D436AF5"/>
     <w:rsid w:val="1D479BCD"/>
+    <w:rsid w:val="1D4C6CAC"/>
+    <w:rsid w:val="1D4E5236"/>
+    <w:rsid w:val="1D50EA3C"/>
+    <w:rsid w:val="1D659CDD"/>
     <w:rsid w:val="1D6D7A54"/>
+    <w:rsid w:val="1D752C88"/>
+    <w:rsid w:val="1D7B1303"/>
+    <w:rsid w:val="1D902A7A"/>
     <w:rsid w:val="1D92D2CB"/>
+    <w:rsid w:val="1D944AF3"/>
     <w:rsid w:val="1D9808A7"/>
     <w:rsid w:val="1DA3D21C"/>
+    <w:rsid w:val="1DA826DF"/>
     <w:rsid w:val="1DA84A66"/>
     <w:rsid w:val="1DB766BE"/>
     <w:rsid w:val="1DDA18F8"/>
+    <w:rsid w:val="1DE04168"/>
+    <w:rsid w:val="1DF6E17C"/>
     <w:rsid w:val="1E0014A0"/>
     <w:rsid w:val="1E384D72"/>
+    <w:rsid w:val="1E4D767B"/>
+    <w:rsid w:val="1E5B2B08"/>
     <w:rsid w:val="1E73CF50"/>
     <w:rsid w:val="1E75590B"/>
     <w:rsid w:val="1E8D239E"/>
+    <w:rsid w:val="1E8F4BE9"/>
     <w:rsid w:val="1E956C90"/>
+    <w:rsid w:val="1EA8FEC2"/>
     <w:rsid w:val="1EAE9D82"/>
+    <w:rsid w:val="1EE75EAE"/>
     <w:rsid w:val="1EE7EB6A"/>
+    <w:rsid w:val="1F0C10EB"/>
     <w:rsid w:val="1F0DB714"/>
     <w:rsid w:val="1F0FAD9D"/>
     <w:rsid w:val="1F146B15"/>
+    <w:rsid w:val="1F2C70CA"/>
     <w:rsid w:val="1F2EBA3E"/>
     <w:rsid w:val="1F518C7A"/>
+    <w:rsid w:val="1F59E362"/>
     <w:rsid w:val="1F65C79C"/>
+    <w:rsid w:val="1F85A191"/>
+    <w:rsid w:val="1F987C48"/>
     <w:rsid w:val="1FA5B3EE"/>
     <w:rsid w:val="1FBFE488"/>
+    <w:rsid w:val="1FC98272"/>
     <w:rsid w:val="1FC9D310"/>
+    <w:rsid w:val="1FCD6AD1"/>
     <w:rsid w:val="1FDE4F38"/>
+    <w:rsid w:val="1FE1605E"/>
     <w:rsid w:val="1FE6D487"/>
     <w:rsid w:val="2009D236"/>
     <w:rsid w:val="200A10A3"/>
+    <w:rsid w:val="2017A83C"/>
     <w:rsid w:val="202CCC46"/>
+    <w:rsid w:val="2031A6B1"/>
+    <w:rsid w:val="2037DA1F"/>
     <w:rsid w:val="203F97DB"/>
     <w:rsid w:val="20410488"/>
     <w:rsid w:val="20414064"/>
     <w:rsid w:val="20425B0D"/>
     <w:rsid w:val="2047C6DB"/>
     <w:rsid w:val="20771800"/>
+    <w:rsid w:val="2085B458"/>
     <w:rsid w:val="209CDFCC"/>
     <w:rsid w:val="20A0D0D7"/>
+    <w:rsid w:val="20C793C7"/>
     <w:rsid w:val="20F0F45B"/>
     <w:rsid w:val="20F5F2DC"/>
     <w:rsid w:val="21220EEE"/>
+    <w:rsid w:val="212699B5"/>
+    <w:rsid w:val="213DD0EB"/>
     <w:rsid w:val="2142DFD7"/>
     <w:rsid w:val="217E669A"/>
     <w:rsid w:val="2189E65E"/>
     <w:rsid w:val="2195D0DB"/>
     <w:rsid w:val="21B15780"/>
+    <w:rsid w:val="21B6202B"/>
     <w:rsid w:val="21BE07F3"/>
     <w:rsid w:val="21BF2F0F"/>
     <w:rsid w:val="21D2BD96"/>
     <w:rsid w:val="21DB5039"/>
     <w:rsid w:val="21E0AD67"/>
     <w:rsid w:val="21E9F10B"/>
     <w:rsid w:val="2203F22B"/>
     <w:rsid w:val="221F2A7C"/>
     <w:rsid w:val="22302105"/>
     <w:rsid w:val="228308D8"/>
     <w:rsid w:val="22938191"/>
     <w:rsid w:val="22970138"/>
     <w:rsid w:val="22A7638A"/>
     <w:rsid w:val="22A78081"/>
     <w:rsid w:val="22B23622"/>
     <w:rsid w:val="22BB97C2"/>
     <w:rsid w:val="2312ED18"/>
     <w:rsid w:val="23198F38"/>
     <w:rsid w:val="233744B5"/>
+    <w:rsid w:val="23467FCD"/>
     <w:rsid w:val="234CDB05"/>
+    <w:rsid w:val="237B4D5F"/>
+    <w:rsid w:val="23B59D2F"/>
     <w:rsid w:val="23C78B4E"/>
     <w:rsid w:val="23D4808E"/>
     <w:rsid w:val="23DF0748"/>
     <w:rsid w:val="23E30CEF"/>
     <w:rsid w:val="23ECF21B"/>
+    <w:rsid w:val="241A352D"/>
+    <w:rsid w:val="2435A3DE"/>
+    <w:rsid w:val="243A1C80"/>
+    <w:rsid w:val="243D096B"/>
+    <w:rsid w:val="244BEF11"/>
     <w:rsid w:val="244E0683"/>
+    <w:rsid w:val="2452A5D7"/>
     <w:rsid w:val="246F9656"/>
+    <w:rsid w:val="2473E44B"/>
     <w:rsid w:val="2481BB58"/>
+    <w:rsid w:val="24D1609A"/>
     <w:rsid w:val="24DF816A"/>
+    <w:rsid w:val="24E50FEB"/>
     <w:rsid w:val="24EBD8B4"/>
     <w:rsid w:val="250E88E0"/>
     <w:rsid w:val="251BA0CA"/>
     <w:rsid w:val="251F0F04"/>
+    <w:rsid w:val="252F5EFD"/>
     <w:rsid w:val="254AED80"/>
     <w:rsid w:val="257F2144"/>
     <w:rsid w:val="25BA9808"/>
     <w:rsid w:val="25C9C9A3"/>
     <w:rsid w:val="26072080"/>
     <w:rsid w:val="26239271"/>
     <w:rsid w:val="262B8399"/>
     <w:rsid w:val="2634D343"/>
+    <w:rsid w:val="264B7FB7"/>
     <w:rsid w:val="2665D477"/>
     <w:rsid w:val="2669EF20"/>
     <w:rsid w:val="26A074E3"/>
     <w:rsid w:val="26ACB3A0"/>
     <w:rsid w:val="26AE63B3"/>
+    <w:rsid w:val="26C058BD"/>
+    <w:rsid w:val="26CFC24A"/>
     <w:rsid w:val="26D2209A"/>
     <w:rsid w:val="26E0FEF3"/>
+    <w:rsid w:val="26EE349C"/>
     <w:rsid w:val="27105F1C"/>
+    <w:rsid w:val="274C1C97"/>
     <w:rsid w:val="274F63B7"/>
     <w:rsid w:val="2752A7E1"/>
     <w:rsid w:val="275E7BCB"/>
+    <w:rsid w:val="27637974"/>
     <w:rsid w:val="2771A8ED"/>
     <w:rsid w:val="28029423"/>
     <w:rsid w:val="2805427F"/>
+    <w:rsid w:val="280AF4A2"/>
     <w:rsid w:val="280CB79F"/>
     <w:rsid w:val="281C717D"/>
     <w:rsid w:val="281D9A61"/>
     <w:rsid w:val="28265398"/>
+    <w:rsid w:val="2828A4E5"/>
     <w:rsid w:val="283729BD"/>
     <w:rsid w:val="284F9A6A"/>
+    <w:rsid w:val="284FE87D"/>
+    <w:rsid w:val="286C069C"/>
     <w:rsid w:val="2876C2E5"/>
     <w:rsid w:val="288D500C"/>
     <w:rsid w:val="2898EF5B"/>
     <w:rsid w:val="28A157E4"/>
     <w:rsid w:val="28AFA2DC"/>
     <w:rsid w:val="28EB28EB"/>
+    <w:rsid w:val="290BF8F1"/>
+    <w:rsid w:val="290FD0BC"/>
     <w:rsid w:val="2924B336"/>
     <w:rsid w:val="293900EB"/>
+    <w:rsid w:val="293AFC64"/>
     <w:rsid w:val="29917D3C"/>
     <w:rsid w:val="29A5EBE5"/>
+    <w:rsid w:val="29A78799"/>
     <w:rsid w:val="29BD177C"/>
+    <w:rsid w:val="29BDB021"/>
+    <w:rsid w:val="29D1EB7C"/>
+    <w:rsid w:val="29E7D295"/>
+    <w:rsid w:val="29ED9775"/>
+    <w:rsid w:val="29FDD911"/>
     <w:rsid w:val="2A40F84C"/>
     <w:rsid w:val="2A5E00AB"/>
     <w:rsid w:val="2A69CF4D"/>
     <w:rsid w:val="2A746F28"/>
     <w:rsid w:val="2A88F225"/>
+    <w:rsid w:val="2A91099A"/>
+    <w:rsid w:val="2A976E13"/>
     <w:rsid w:val="2A995621"/>
+    <w:rsid w:val="2AC7A75A"/>
     <w:rsid w:val="2AE03158"/>
     <w:rsid w:val="2AE92CC4"/>
     <w:rsid w:val="2B0216E7"/>
     <w:rsid w:val="2B153902"/>
+    <w:rsid w:val="2B3DC1BD"/>
     <w:rsid w:val="2B488E91"/>
     <w:rsid w:val="2B58D5FE"/>
+    <w:rsid w:val="2B628F38"/>
+    <w:rsid w:val="2B8B93A8"/>
     <w:rsid w:val="2BA6B292"/>
     <w:rsid w:val="2BAFDCB4"/>
     <w:rsid w:val="2BBD1109"/>
     <w:rsid w:val="2BCD9D2B"/>
+    <w:rsid w:val="2BE397E7"/>
     <w:rsid w:val="2C19B081"/>
+    <w:rsid w:val="2C3DF5C0"/>
+    <w:rsid w:val="2C474466"/>
     <w:rsid w:val="2C5965A1"/>
     <w:rsid w:val="2C5D5935"/>
     <w:rsid w:val="2C8DA595"/>
+    <w:rsid w:val="2CD65328"/>
     <w:rsid w:val="2CEB99D3"/>
     <w:rsid w:val="2CFDFED2"/>
+    <w:rsid w:val="2D0BC547"/>
     <w:rsid w:val="2D4BC57C"/>
+    <w:rsid w:val="2D4F5F5D"/>
+    <w:rsid w:val="2D560FE1"/>
+    <w:rsid w:val="2D57ACC5"/>
+    <w:rsid w:val="2D7281C3"/>
     <w:rsid w:val="2DA07F99"/>
     <w:rsid w:val="2DA33B46"/>
+    <w:rsid w:val="2DA60FAA"/>
     <w:rsid w:val="2DC10BA8"/>
     <w:rsid w:val="2DCD45CE"/>
     <w:rsid w:val="2DD2FC0F"/>
     <w:rsid w:val="2DE3FDFB"/>
     <w:rsid w:val="2DFC9B2C"/>
     <w:rsid w:val="2DFDB5C8"/>
+    <w:rsid w:val="2E26FBD4"/>
     <w:rsid w:val="2E590498"/>
+    <w:rsid w:val="2EB5DB13"/>
+    <w:rsid w:val="2EC1482F"/>
+    <w:rsid w:val="2EC83891"/>
     <w:rsid w:val="2ED5FFFF"/>
     <w:rsid w:val="2ED90F79"/>
     <w:rsid w:val="2EDE4F7F"/>
     <w:rsid w:val="2EF84287"/>
     <w:rsid w:val="2F0C0B06"/>
     <w:rsid w:val="2F1A5624"/>
     <w:rsid w:val="2F26671B"/>
     <w:rsid w:val="2F417C15"/>
     <w:rsid w:val="2F5A6DBB"/>
+    <w:rsid w:val="2F608203"/>
     <w:rsid w:val="2F71D848"/>
     <w:rsid w:val="2F945513"/>
     <w:rsid w:val="2FACBA64"/>
     <w:rsid w:val="2FAF54A9"/>
     <w:rsid w:val="2FC21F9E"/>
     <w:rsid w:val="2FCA9ACE"/>
+    <w:rsid w:val="2FD8089A"/>
     <w:rsid w:val="2FE4D166"/>
     <w:rsid w:val="30249297"/>
     <w:rsid w:val="304C85CD"/>
     <w:rsid w:val="3058F516"/>
     <w:rsid w:val="30616886"/>
     <w:rsid w:val="3076A709"/>
+    <w:rsid w:val="309CBEEC"/>
     <w:rsid w:val="30AAB264"/>
+    <w:rsid w:val="30AE6F4E"/>
+    <w:rsid w:val="30C181BA"/>
     <w:rsid w:val="30C84FA5"/>
+    <w:rsid w:val="30CE1F14"/>
+    <w:rsid w:val="30D4A0E8"/>
+    <w:rsid w:val="30F7916C"/>
     <w:rsid w:val="31041B17"/>
     <w:rsid w:val="310A76DD"/>
+    <w:rsid w:val="310C4472"/>
     <w:rsid w:val="310F65DE"/>
+    <w:rsid w:val="312E7A8D"/>
     <w:rsid w:val="313A9A90"/>
     <w:rsid w:val="314E8AB4"/>
+    <w:rsid w:val="3151133A"/>
+    <w:rsid w:val="3151A0BF"/>
     <w:rsid w:val="3156EB36"/>
+    <w:rsid w:val="315C55BA"/>
     <w:rsid w:val="318FD8D1"/>
     <w:rsid w:val="31A96645"/>
+    <w:rsid w:val="31C8F46A"/>
     <w:rsid w:val="31F8A91A"/>
     <w:rsid w:val="320C5106"/>
     <w:rsid w:val="32151B24"/>
+    <w:rsid w:val="321BD2F6"/>
     <w:rsid w:val="321DC83D"/>
+    <w:rsid w:val="3234D59E"/>
     <w:rsid w:val="32390888"/>
+    <w:rsid w:val="3250C313"/>
+    <w:rsid w:val="327396DC"/>
+    <w:rsid w:val="328982CE"/>
     <w:rsid w:val="32A897C0"/>
     <w:rsid w:val="32A9FD53"/>
+    <w:rsid w:val="32C38364"/>
     <w:rsid w:val="32C88B13"/>
     <w:rsid w:val="32E5E88D"/>
     <w:rsid w:val="32F3C21E"/>
+    <w:rsid w:val="33081D29"/>
     <w:rsid w:val="3328ABF4"/>
     <w:rsid w:val="3332DC75"/>
     <w:rsid w:val="334782BB"/>
     <w:rsid w:val="335176E1"/>
     <w:rsid w:val="336F1E80"/>
+    <w:rsid w:val="3395FCD5"/>
     <w:rsid w:val="33A9D41E"/>
     <w:rsid w:val="33B0EB85"/>
     <w:rsid w:val="33CEDE9F"/>
+    <w:rsid w:val="33D0FAC3"/>
+    <w:rsid w:val="33E2C779"/>
     <w:rsid w:val="33EB32C9"/>
     <w:rsid w:val="3416D894"/>
+    <w:rsid w:val="34673FDE"/>
     <w:rsid w:val="34701328"/>
     <w:rsid w:val="347A76DF"/>
+    <w:rsid w:val="34890BF7"/>
+    <w:rsid w:val="34976890"/>
+    <w:rsid w:val="34B6BB10"/>
     <w:rsid w:val="34DD7B04"/>
+    <w:rsid w:val="34F4E9DD"/>
+    <w:rsid w:val="35176F82"/>
     <w:rsid w:val="35283DCA"/>
     <w:rsid w:val="35368B5C"/>
     <w:rsid w:val="35393CF3"/>
     <w:rsid w:val="354616EB"/>
+    <w:rsid w:val="3593C647"/>
+    <w:rsid w:val="35BD7C86"/>
+    <w:rsid w:val="35C390A3"/>
     <w:rsid w:val="35F3D6D9"/>
+    <w:rsid w:val="35FA42CB"/>
+    <w:rsid w:val="36086CC9"/>
     <w:rsid w:val="3610B361"/>
     <w:rsid w:val="36355F5F"/>
     <w:rsid w:val="36465CA7"/>
+    <w:rsid w:val="3654AA39"/>
     <w:rsid w:val="36688036"/>
     <w:rsid w:val="36A21577"/>
     <w:rsid w:val="36A7DCB3"/>
     <w:rsid w:val="36C0715A"/>
+    <w:rsid w:val="36D4200C"/>
+    <w:rsid w:val="36D884D2"/>
     <w:rsid w:val="36F9C5BB"/>
     <w:rsid w:val="370A8727"/>
+    <w:rsid w:val="3743BF2A"/>
     <w:rsid w:val="37517E39"/>
+    <w:rsid w:val="375D1C33"/>
+    <w:rsid w:val="37681177"/>
     <w:rsid w:val="37BA38A4"/>
     <w:rsid w:val="37EBE45A"/>
     <w:rsid w:val="37EC1A64"/>
     <w:rsid w:val="37EE61C4"/>
     <w:rsid w:val="37F64AB8"/>
     <w:rsid w:val="38033174"/>
+    <w:rsid w:val="380ADB82"/>
+    <w:rsid w:val="381416FA"/>
     <w:rsid w:val="38307D49"/>
     <w:rsid w:val="383A328F"/>
     <w:rsid w:val="384FD734"/>
     <w:rsid w:val="3862D846"/>
     <w:rsid w:val="389AB73B"/>
     <w:rsid w:val="38AB2F34"/>
     <w:rsid w:val="38C42A34"/>
     <w:rsid w:val="39029962"/>
+    <w:rsid w:val="3921A84A"/>
     <w:rsid w:val="39301DCF"/>
     <w:rsid w:val="3980A39E"/>
+    <w:rsid w:val="39839992"/>
     <w:rsid w:val="399DB283"/>
+    <w:rsid w:val="39BE7330"/>
     <w:rsid w:val="39C50C9D"/>
     <w:rsid w:val="39CC6253"/>
+    <w:rsid w:val="39FCF5A3"/>
     <w:rsid w:val="3A15ACF4"/>
+    <w:rsid w:val="3A1632DA"/>
     <w:rsid w:val="3A1D2BF2"/>
     <w:rsid w:val="3A35FC66"/>
     <w:rsid w:val="3A3CFD48"/>
     <w:rsid w:val="3A42E575"/>
     <w:rsid w:val="3A5684AD"/>
+    <w:rsid w:val="3A73FED0"/>
     <w:rsid w:val="3A966459"/>
+    <w:rsid w:val="3AB64568"/>
+    <w:rsid w:val="3AC37243"/>
     <w:rsid w:val="3AD9FBB3"/>
     <w:rsid w:val="3AE6A00E"/>
     <w:rsid w:val="3AEFBF93"/>
     <w:rsid w:val="3AF49466"/>
     <w:rsid w:val="3B1AC56E"/>
+    <w:rsid w:val="3B2F4930"/>
+    <w:rsid w:val="3B365B3D"/>
     <w:rsid w:val="3B38A33D"/>
     <w:rsid w:val="3B56767F"/>
+    <w:rsid w:val="3B59C896"/>
     <w:rsid w:val="3B59EEE0"/>
+    <w:rsid w:val="3B66ED6E"/>
+    <w:rsid w:val="3B7193C8"/>
+    <w:rsid w:val="3B7E7541"/>
+    <w:rsid w:val="3B8B398D"/>
+    <w:rsid w:val="3B8C5CE5"/>
+    <w:rsid w:val="3B9EF954"/>
     <w:rsid w:val="3B9F6861"/>
     <w:rsid w:val="3BA22748"/>
+    <w:rsid w:val="3BA753CF"/>
     <w:rsid w:val="3BCAC03D"/>
+    <w:rsid w:val="3BDF760D"/>
     <w:rsid w:val="3C00AE25"/>
+    <w:rsid w:val="3C298AD3"/>
     <w:rsid w:val="3C6B781C"/>
     <w:rsid w:val="3C6F382B"/>
     <w:rsid w:val="3C7AB90B"/>
     <w:rsid w:val="3C8368CE"/>
     <w:rsid w:val="3C847987"/>
     <w:rsid w:val="3C8DA41E"/>
     <w:rsid w:val="3CA973D7"/>
+    <w:rsid w:val="3CAD10E0"/>
+    <w:rsid w:val="3CB45000"/>
+    <w:rsid w:val="3CBB451D"/>
+    <w:rsid w:val="3CC27FF8"/>
     <w:rsid w:val="3CC804A7"/>
+    <w:rsid w:val="3CD96985"/>
     <w:rsid w:val="3CF33903"/>
     <w:rsid w:val="3D1792B0"/>
     <w:rsid w:val="3D35DC56"/>
     <w:rsid w:val="3D48FD8C"/>
     <w:rsid w:val="3D4CE637"/>
     <w:rsid w:val="3D72DB4A"/>
+    <w:rsid w:val="3D867443"/>
     <w:rsid w:val="3D898EFA"/>
     <w:rsid w:val="3D8E87AD"/>
+    <w:rsid w:val="3D95C388"/>
     <w:rsid w:val="3DAAEE99"/>
+    <w:rsid w:val="3DB818DE"/>
     <w:rsid w:val="3DB96081"/>
+    <w:rsid w:val="3DC3DC81"/>
+    <w:rsid w:val="3DCD9186"/>
     <w:rsid w:val="3DD85316"/>
     <w:rsid w:val="3DD921CC"/>
+    <w:rsid w:val="3DDFE435"/>
+    <w:rsid w:val="3DE60886"/>
     <w:rsid w:val="3E042D8E"/>
     <w:rsid w:val="3E119C75"/>
     <w:rsid w:val="3E264582"/>
     <w:rsid w:val="3E5CC98F"/>
     <w:rsid w:val="3E70FFF6"/>
     <w:rsid w:val="3E83288F"/>
+    <w:rsid w:val="3E9AB1DB"/>
     <w:rsid w:val="3EA7E37D"/>
+    <w:rsid w:val="3EB57D19"/>
     <w:rsid w:val="3ECA3182"/>
     <w:rsid w:val="3ED641FC"/>
+    <w:rsid w:val="3EE60F34"/>
+    <w:rsid w:val="3F0A31B5"/>
+    <w:rsid w:val="3F2AD22B"/>
     <w:rsid w:val="3F3D06E0"/>
     <w:rsid w:val="3F4EBE0B"/>
     <w:rsid w:val="3F79E83E"/>
     <w:rsid w:val="3F906BBF"/>
     <w:rsid w:val="3F9963DB"/>
     <w:rsid w:val="3FACAFD1"/>
+    <w:rsid w:val="3FB368A3"/>
     <w:rsid w:val="3FFE9C87"/>
     <w:rsid w:val="4012D4A6"/>
     <w:rsid w:val="4020846C"/>
     <w:rsid w:val="40372EB4"/>
     <w:rsid w:val="40382F5D"/>
+    <w:rsid w:val="404722C4"/>
     <w:rsid w:val="40651CE1"/>
     <w:rsid w:val="406C82B4"/>
+    <w:rsid w:val="40721A45"/>
+    <w:rsid w:val="4072EDB7"/>
     <w:rsid w:val="4074438F"/>
     <w:rsid w:val="40754FF6"/>
     <w:rsid w:val="407F6D79"/>
+    <w:rsid w:val="408552AC"/>
+    <w:rsid w:val="408A64AE"/>
     <w:rsid w:val="408E47C6"/>
     <w:rsid w:val="40A4E7AE"/>
+    <w:rsid w:val="40A8FBE8"/>
     <w:rsid w:val="40AA95A7"/>
     <w:rsid w:val="40B046F8"/>
     <w:rsid w:val="40B4D01A"/>
     <w:rsid w:val="40BB9457"/>
+    <w:rsid w:val="40BD4DF3"/>
     <w:rsid w:val="40CB5E5B"/>
     <w:rsid w:val="40EBFC8F"/>
+    <w:rsid w:val="40F52955"/>
+    <w:rsid w:val="410CE039"/>
     <w:rsid w:val="41175745"/>
     <w:rsid w:val="4118EEBF"/>
     <w:rsid w:val="411B4FE1"/>
     <w:rsid w:val="411E5EB4"/>
     <w:rsid w:val="4134064F"/>
+    <w:rsid w:val="416AA767"/>
     <w:rsid w:val="41C872EB"/>
+    <w:rsid w:val="41F75F2D"/>
     <w:rsid w:val="420FA8B5"/>
+    <w:rsid w:val="4225E9B1"/>
     <w:rsid w:val="42818DDD"/>
+    <w:rsid w:val="42825741"/>
+    <w:rsid w:val="42A2EA9B"/>
     <w:rsid w:val="42A9E2DA"/>
     <w:rsid w:val="42B4F966"/>
     <w:rsid w:val="42B87110"/>
     <w:rsid w:val="42BF6FCE"/>
     <w:rsid w:val="42BF8810"/>
     <w:rsid w:val="42C110B3"/>
     <w:rsid w:val="42DE81A4"/>
     <w:rsid w:val="42E304B5"/>
+    <w:rsid w:val="42EB7666"/>
     <w:rsid w:val="42F3B09A"/>
     <w:rsid w:val="42F54818"/>
     <w:rsid w:val="42FFAE04"/>
     <w:rsid w:val="4307C33C"/>
+    <w:rsid w:val="4312094D"/>
     <w:rsid w:val="4314B26F"/>
     <w:rsid w:val="431834F0"/>
+    <w:rsid w:val="433C32E4"/>
+    <w:rsid w:val="43585F09"/>
     <w:rsid w:val="4380C621"/>
+    <w:rsid w:val="4388B55F"/>
+    <w:rsid w:val="4392FF5B"/>
     <w:rsid w:val="439D046B"/>
     <w:rsid w:val="43C2808B"/>
     <w:rsid w:val="43C3DD13"/>
     <w:rsid w:val="43C4ADD6"/>
+    <w:rsid w:val="43E95E52"/>
+    <w:rsid w:val="43FDC038"/>
     <w:rsid w:val="440DC046"/>
     <w:rsid w:val="44213693"/>
     <w:rsid w:val="442C7757"/>
+    <w:rsid w:val="444268D9"/>
+    <w:rsid w:val="44723B9D"/>
+    <w:rsid w:val="44859B1B"/>
     <w:rsid w:val="44B61653"/>
     <w:rsid w:val="44BE453F"/>
     <w:rsid w:val="44CA7173"/>
     <w:rsid w:val="44CD9258"/>
     <w:rsid w:val="44D9EAD6"/>
     <w:rsid w:val="44DF1497"/>
+    <w:rsid w:val="44E4E69D"/>
     <w:rsid w:val="44FFBBDF"/>
     <w:rsid w:val="45228B45"/>
     <w:rsid w:val="452492C2"/>
+    <w:rsid w:val="4555B9C2"/>
     <w:rsid w:val="4581B8B1"/>
+    <w:rsid w:val="458397A2"/>
     <w:rsid w:val="45948664"/>
+    <w:rsid w:val="45BC9B33"/>
     <w:rsid w:val="45D8FEC9"/>
+    <w:rsid w:val="45E81C7D"/>
+    <w:rsid w:val="45FE0264"/>
+    <w:rsid w:val="46130FB9"/>
     <w:rsid w:val="4615CA28"/>
     <w:rsid w:val="46382D78"/>
     <w:rsid w:val="463D8D35"/>
+    <w:rsid w:val="464636C9"/>
     <w:rsid w:val="4647544C"/>
     <w:rsid w:val="4651078A"/>
+    <w:rsid w:val="465D97F8"/>
+    <w:rsid w:val="4667C2B5"/>
     <w:rsid w:val="466C25FF"/>
+    <w:rsid w:val="46754282"/>
     <w:rsid w:val="4691A082"/>
+    <w:rsid w:val="46AD5C57"/>
+    <w:rsid w:val="46B927B9"/>
     <w:rsid w:val="46F04F82"/>
     <w:rsid w:val="46F7BF38"/>
+    <w:rsid w:val="47352E25"/>
     <w:rsid w:val="4740566A"/>
     <w:rsid w:val="47699F2B"/>
     <w:rsid w:val="4774F1BB"/>
     <w:rsid w:val="477AD36B"/>
     <w:rsid w:val="47931871"/>
     <w:rsid w:val="47B863FA"/>
     <w:rsid w:val="47C1F04E"/>
     <w:rsid w:val="47DEEDBE"/>
     <w:rsid w:val="47EC014C"/>
+    <w:rsid w:val="4832DCE7"/>
     <w:rsid w:val="484A3A49"/>
     <w:rsid w:val="487211DE"/>
+    <w:rsid w:val="48798AE3"/>
     <w:rsid w:val="48AFFA09"/>
+    <w:rsid w:val="48B02FBE"/>
     <w:rsid w:val="48B5736E"/>
     <w:rsid w:val="48B892F7"/>
+    <w:rsid w:val="48BBBF42"/>
+    <w:rsid w:val="48CBBAAC"/>
     <w:rsid w:val="48D5E910"/>
     <w:rsid w:val="48E31390"/>
     <w:rsid w:val="48FA9823"/>
+    <w:rsid w:val="48FAABBB"/>
     <w:rsid w:val="49249D72"/>
     <w:rsid w:val="493286A5"/>
     <w:rsid w:val="4952DA83"/>
     <w:rsid w:val="495C11B7"/>
     <w:rsid w:val="497ED0A4"/>
+    <w:rsid w:val="498D4DF9"/>
     <w:rsid w:val="499090F6"/>
+    <w:rsid w:val="49BBB4DA"/>
+    <w:rsid w:val="49C888E1"/>
     <w:rsid w:val="49D07154"/>
+    <w:rsid w:val="49ECE927"/>
     <w:rsid w:val="49EF6E22"/>
+    <w:rsid w:val="49F7C6F3"/>
     <w:rsid w:val="4A02594B"/>
+    <w:rsid w:val="4A133B18"/>
+    <w:rsid w:val="4A2FD0F6"/>
+    <w:rsid w:val="4A48D7EC"/>
     <w:rsid w:val="4A5B137B"/>
     <w:rsid w:val="4AA35A3E"/>
     <w:rsid w:val="4AC25A77"/>
     <w:rsid w:val="4AD0F4B4"/>
     <w:rsid w:val="4AD43ACA"/>
     <w:rsid w:val="4ADA04E7"/>
     <w:rsid w:val="4AF40E8D"/>
     <w:rsid w:val="4B145CFD"/>
     <w:rsid w:val="4BFC0D39"/>
+    <w:rsid w:val="4C0785F2"/>
     <w:rsid w:val="4C1CE18E"/>
     <w:rsid w:val="4C4B5408"/>
     <w:rsid w:val="4C4D7083"/>
     <w:rsid w:val="4C7B1E50"/>
+    <w:rsid w:val="4C8E6E5E"/>
     <w:rsid w:val="4C9CDDDB"/>
     <w:rsid w:val="4C9F4322"/>
+    <w:rsid w:val="4CC48818"/>
     <w:rsid w:val="4CCFF93C"/>
+    <w:rsid w:val="4CD6B238"/>
+    <w:rsid w:val="4CD7B230"/>
     <w:rsid w:val="4CEE6223"/>
+    <w:rsid w:val="4D00D0EB"/>
     <w:rsid w:val="4D0C0071"/>
+    <w:rsid w:val="4D21B5B6"/>
     <w:rsid w:val="4D300C71"/>
+    <w:rsid w:val="4D3F2059"/>
     <w:rsid w:val="4D621AFC"/>
     <w:rsid w:val="4D68D09B"/>
     <w:rsid w:val="4D745737"/>
     <w:rsid w:val="4D849702"/>
+    <w:rsid w:val="4D91DF25"/>
     <w:rsid w:val="4DA1527D"/>
     <w:rsid w:val="4DABC994"/>
     <w:rsid w:val="4DADAC7A"/>
     <w:rsid w:val="4DB82DE1"/>
     <w:rsid w:val="4DD4C90D"/>
     <w:rsid w:val="4DE0D9FD"/>
+    <w:rsid w:val="4DEAFF31"/>
     <w:rsid w:val="4DF2A81D"/>
     <w:rsid w:val="4DF58E09"/>
     <w:rsid w:val="4DF8CB95"/>
     <w:rsid w:val="4DFD6857"/>
     <w:rsid w:val="4E326F41"/>
     <w:rsid w:val="4E53D26A"/>
     <w:rsid w:val="4E6FDC40"/>
     <w:rsid w:val="4E89664F"/>
+    <w:rsid w:val="4E8AB974"/>
     <w:rsid w:val="4EB96BEF"/>
+    <w:rsid w:val="4EC08B7E"/>
+    <w:rsid w:val="4EC8040C"/>
+    <w:rsid w:val="4EE79451"/>
+    <w:rsid w:val="4EE95EF3"/>
     <w:rsid w:val="4F02E371"/>
     <w:rsid w:val="4F2A1002"/>
+    <w:rsid w:val="4F36C640"/>
     <w:rsid w:val="4F7BB424"/>
     <w:rsid w:val="4F83A777"/>
     <w:rsid w:val="4F91825E"/>
     <w:rsid w:val="4F93480A"/>
     <w:rsid w:val="4F9E1976"/>
     <w:rsid w:val="4FB8B52B"/>
     <w:rsid w:val="4FB8CBF5"/>
     <w:rsid w:val="4FF020A3"/>
+    <w:rsid w:val="4FF78E37"/>
     <w:rsid w:val="5012B3DA"/>
     <w:rsid w:val="50163653"/>
     <w:rsid w:val="50169DAC"/>
     <w:rsid w:val="502F52FE"/>
     <w:rsid w:val="503F9C45"/>
+    <w:rsid w:val="504F6BF9"/>
     <w:rsid w:val="50736671"/>
     <w:rsid w:val="5076300F"/>
+    <w:rsid w:val="50AFA450"/>
     <w:rsid w:val="50C05CED"/>
     <w:rsid w:val="50C5A4F3"/>
     <w:rsid w:val="50CF5145"/>
     <w:rsid w:val="51061926"/>
     <w:rsid w:val="511737CA"/>
     <w:rsid w:val="511B6293"/>
     <w:rsid w:val="516AFC2D"/>
+    <w:rsid w:val="518AC16B"/>
+    <w:rsid w:val="519BE1E3"/>
+    <w:rsid w:val="51A99EFB"/>
+    <w:rsid w:val="51DFD05D"/>
     <w:rsid w:val="51E03262"/>
     <w:rsid w:val="51E862F9"/>
     <w:rsid w:val="51ECBFF5"/>
     <w:rsid w:val="524E193A"/>
     <w:rsid w:val="5285AA41"/>
     <w:rsid w:val="52988098"/>
     <w:rsid w:val="52A701E2"/>
     <w:rsid w:val="52AF5FCC"/>
+    <w:rsid w:val="52B9E9B2"/>
+    <w:rsid w:val="52E86BBA"/>
+    <w:rsid w:val="53019157"/>
+    <w:rsid w:val="532162EE"/>
     <w:rsid w:val="533248A1"/>
     <w:rsid w:val="533CAD8F"/>
     <w:rsid w:val="535973C5"/>
+    <w:rsid w:val="5360E24B"/>
+    <w:rsid w:val="53880C61"/>
+    <w:rsid w:val="5389FC38"/>
+    <w:rsid w:val="53DA930C"/>
+    <w:rsid w:val="53DB16B4"/>
+    <w:rsid w:val="5446243E"/>
     <w:rsid w:val="544BA524"/>
+    <w:rsid w:val="5458CC0D"/>
     <w:rsid w:val="545B506D"/>
     <w:rsid w:val="545DE0FC"/>
     <w:rsid w:val="546E1986"/>
     <w:rsid w:val="546EEF2E"/>
     <w:rsid w:val="5471E97E"/>
     <w:rsid w:val="5483DA18"/>
+    <w:rsid w:val="5485DD28"/>
     <w:rsid w:val="549EC2AA"/>
+    <w:rsid w:val="54A6CDB3"/>
     <w:rsid w:val="54B53EB6"/>
     <w:rsid w:val="54BA38D0"/>
+    <w:rsid w:val="54BFC040"/>
     <w:rsid w:val="54CCBBBA"/>
     <w:rsid w:val="54E9490A"/>
     <w:rsid w:val="54F1B390"/>
     <w:rsid w:val="54FBFA7A"/>
     <w:rsid w:val="5513961D"/>
     <w:rsid w:val="55246643"/>
+    <w:rsid w:val="552474F4"/>
     <w:rsid w:val="552A8AD9"/>
     <w:rsid w:val="553DE7DE"/>
     <w:rsid w:val="5549A8E7"/>
     <w:rsid w:val="554F5378"/>
+    <w:rsid w:val="55518187"/>
     <w:rsid w:val="556304C7"/>
     <w:rsid w:val="55719C59"/>
+    <w:rsid w:val="557D3D69"/>
+    <w:rsid w:val="55816600"/>
     <w:rsid w:val="55987152"/>
     <w:rsid w:val="55A5C1D4"/>
+    <w:rsid w:val="55AC75AA"/>
     <w:rsid w:val="55DA2D91"/>
     <w:rsid w:val="55EF430B"/>
+    <w:rsid w:val="55F27A27"/>
     <w:rsid w:val="55F3A268"/>
+    <w:rsid w:val="55FAA728"/>
+    <w:rsid w:val="56013DEF"/>
+    <w:rsid w:val="56074B48"/>
     <w:rsid w:val="560C2EA6"/>
     <w:rsid w:val="56192B4E"/>
+    <w:rsid w:val="566620BD"/>
     <w:rsid w:val="5702BA74"/>
     <w:rsid w:val="5716BC4C"/>
+    <w:rsid w:val="572EFD08"/>
+    <w:rsid w:val="576EAB6C"/>
+    <w:rsid w:val="57717A21"/>
     <w:rsid w:val="57989C31"/>
     <w:rsid w:val="579EC698"/>
     <w:rsid w:val="57A1E8C2"/>
     <w:rsid w:val="57AD9087"/>
+    <w:rsid w:val="57BC23B2"/>
+    <w:rsid w:val="57D3549B"/>
+    <w:rsid w:val="57E60E33"/>
     <w:rsid w:val="58035CA6"/>
+    <w:rsid w:val="5817EB12"/>
+    <w:rsid w:val="58355C31"/>
     <w:rsid w:val="5892990A"/>
     <w:rsid w:val="589B3A10"/>
+    <w:rsid w:val="58BE00B6"/>
     <w:rsid w:val="58CFA328"/>
     <w:rsid w:val="58D32740"/>
+    <w:rsid w:val="58D36B30"/>
     <w:rsid w:val="58EC98AA"/>
+    <w:rsid w:val="58F9D8C2"/>
     <w:rsid w:val="59075B94"/>
     <w:rsid w:val="597F371F"/>
     <w:rsid w:val="59AD5E84"/>
     <w:rsid w:val="59D0F150"/>
+    <w:rsid w:val="59D9ABC9"/>
     <w:rsid w:val="59ED397D"/>
     <w:rsid w:val="5A2001B9"/>
     <w:rsid w:val="5A2961A2"/>
+    <w:rsid w:val="5A297164"/>
+    <w:rsid w:val="5A597E45"/>
     <w:rsid w:val="5A5C8084"/>
     <w:rsid w:val="5A6A7DA9"/>
     <w:rsid w:val="5A7A2F16"/>
     <w:rsid w:val="5A912B6A"/>
     <w:rsid w:val="5AB1A2C6"/>
     <w:rsid w:val="5ABED6E2"/>
     <w:rsid w:val="5AD04A3B"/>
+    <w:rsid w:val="5AEE0908"/>
     <w:rsid w:val="5AEFBAA3"/>
+    <w:rsid w:val="5B04EE4B"/>
+    <w:rsid w:val="5B0ACFFC"/>
+    <w:rsid w:val="5B0DE945"/>
     <w:rsid w:val="5B30B5CF"/>
+    <w:rsid w:val="5B436EEE"/>
     <w:rsid w:val="5B50123D"/>
     <w:rsid w:val="5B55E1AC"/>
     <w:rsid w:val="5B620474"/>
+    <w:rsid w:val="5B7F2F92"/>
     <w:rsid w:val="5B8BFDB9"/>
+    <w:rsid w:val="5BA3145A"/>
+    <w:rsid w:val="5BA45247"/>
+    <w:rsid w:val="5BA50E70"/>
     <w:rsid w:val="5BD10371"/>
     <w:rsid w:val="5BDC641E"/>
     <w:rsid w:val="5BE11224"/>
+    <w:rsid w:val="5BE8E7ED"/>
+    <w:rsid w:val="5BFDF6E3"/>
     <w:rsid w:val="5BFE7B9A"/>
     <w:rsid w:val="5C0FF1E9"/>
+    <w:rsid w:val="5C131FAD"/>
+    <w:rsid w:val="5C3338A0"/>
+    <w:rsid w:val="5C35BF5A"/>
     <w:rsid w:val="5C783A37"/>
     <w:rsid w:val="5CAFD361"/>
+    <w:rsid w:val="5CB21D34"/>
     <w:rsid w:val="5CB80D2A"/>
+    <w:rsid w:val="5CCB0574"/>
     <w:rsid w:val="5CCD3175"/>
+    <w:rsid w:val="5CCE6B4E"/>
+    <w:rsid w:val="5CCF3F3F"/>
     <w:rsid w:val="5CDCB905"/>
+    <w:rsid w:val="5CE8E61B"/>
+    <w:rsid w:val="5CEACA5C"/>
     <w:rsid w:val="5CEBE65D"/>
     <w:rsid w:val="5CF57E58"/>
+    <w:rsid w:val="5D1D7427"/>
     <w:rsid w:val="5D2149AF"/>
     <w:rsid w:val="5D28BCFE"/>
     <w:rsid w:val="5D50231F"/>
+    <w:rsid w:val="5D605939"/>
     <w:rsid w:val="5D6302EA"/>
+    <w:rsid w:val="5D6BE8C3"/>
     <w:rsid w:val="5D961A7F"/>
     <w:rsid w:val="5DB099E0"/>
     <w:rsid w:val="5DC14719"/>
     <w:rsid w:val="5DDDEAE6"/>
     <w:rsid w:val="5DE3F731"/>
+    <w:rsid w:val="5DF4F78B"/>
+    <w:rsid w:val="5E2042A3"/>
+    <w:rsid w:val="5E259CC1"/>
+    <w:rsid w:val="5E2CA7AA"/>
+    <w:rsid w:val="5E3685AC"/>
     <w:rsid w:val="5E495663"/>
     <w:rsid w:val="5E59018A"/>
+    <w:rsid w:val="5E5A0CD5"/>
+    <w:rsid w:val="5E694F70"/>
+    <w:rsid w:val="5E6D9776"/>
     <w:rsid w:val="5E84F384"/>
     <w:rsid w:val="5E872DF1"/>
     <w:rsid w:val="5EA351DA"/>
     <w:rsid w:val="5EB90954"/>
     <w:rsid w:val="5EC6E52F"/>
     <w:rsid w:val="5EE4C177"/>
+    <w:rsid w:val="5EE614F1"/>
     <w:rsid w:val="5EEF56AE"/>
+    <w:rsid w:val="5F05AF83"/>
+    <w:rsid w:val="5F0A7A4E"/>
+    <w:rsid w:val="5F28C3EC"/>
     <w:rsid w:val="5F2B62B5"/>
+    <w:rsid w:val="5F3E82A3"/>
     <w:rsid w:val="5F5178D6"/>
     <w:rsid w:val="5F580039"/>
     <w:rsid w:val="5F5DCDD0"/>
+    <w:rsid w:val="5F834E1A"/>
     <w:rsid w:val="5F9A68DC"/>
+    <w:rsid w:val="5F9D4717"/>
     <w:rsid w:val="5FA8D2F9"/>
     <w:rsid w:val="5FA8FAEE"/>
     <w:rsid w:val="5FEEEA74"/>
     <w:rsid w:val="601E5606"/>
+    <w:rsid w:val="6020796D"/>
     <w:rsid w:val="6021F4ED"/>
+    <w:rsid w:val="6066C15C"/>
     <w:rsid w:val="609107F3"/>
     <w:rsid w:val="609E6261"/>
     <w:rsid w:val="60A28E0C"/>
     <w:rsid w:val="60DD1445"/>
     <w:rsid w:val="610F48EB"/>
+    <w:rsid w:val="61344BAF"/>
+    <w:rsid w:val="613DD02C"/>
+    <w:rsid w:val="619F322C"/>
     <w:rsid w:val="61B62007"/>
     <w:rsid w:val="61CB4D69"/>
     <w:rsid w:val="61D58A19"/>
     <w:rsid w:val="61F3BB41"/>
     <w:rsid w:val="6216A5F3"/>
+    <w:rsid w:val="62181249"/>
     <w:rsid w:val="6269A3FA"/>
+    <w:rsid w:val="628306B1"/>
+    <w:rsid w:val="628E9508"/>
+    <w:rsid w:val="62AE9855"/>
+    <w:rsid w:val="62B1E4FA"/>
+    <w:rsid w:val="62B8BA27"/>
     <w:rsid w:val="62DA1EDA"/>
     <w:rsid w:val="62DF4F0C"/>
     <w:rsid w:val="62E511C1"/>
+    <w:rsid w:val="63091859"/>
     <w:rsid w:val="6325968F"/>
+    <w:rsid w:val="6340C04F"/>
     <w:rsid w:val="636A87DF"/>
+    <w:rsid w:val="63797C89"/>
     <w:rsid w:val="63952188"/>
     <w:rsid w:val="639E1244"/>
+    <w:rsid w:val="63AF9C03"/>
+    <w:rsid w:val="63DB0FE3"/>
     <w:rsid w:val="63FC869F"/>
     <w:rsid w:val="64288982"/>
     <w:rsid w:val="643D03C4"/>
     <w:rsid w:val="643E234F"/>
     <w:rsid w:val="644907C0"/>
     <w:rsid w:val="645F41D7"/>
+    <w:rsid w:val="64602C9A"/>
+    <w:rsid w:val="64826C59"/>
+    <w:rsid w:val="64877332"/>
     <w:rsid w:val="64A725EF"/>
     <w:rsid w:val="64A8CEA4"/>
     <w:rsid w:val="64AE471B"/>
     <w:rsid w:val="64C22FA6"/>
+    <w:rsid w:val="64D99BDD"/>
     <w:rsid w:val="64DB655B"/>
     <w:rsid w:val="651A97E6"/>
     <w:rsid w:val="6537F4C0"/>
+    <w:rsid w:val="6545B4D7"/>
+    <w:rsid w:val="65674FB1"/>
+    <w:rsid w:val="6598D1DF"/>
+    <w:rsid w:val="65AE6035"/>
+    <w:rsid w:val="65AFC175"/>
+    <w:rsid w:val="65BF3948"/>
+    <w:rsid w:val="65CD30B7"/>
+    <w:rsid w:val="65D67361"/>
     <w:rsid w:val="65DE7A97"/>
+    <w:rsid w:val="65E0A2AA"/>
     <w:rsid w:val="65F6A4AD"/>
     <w:rsid w:val="6612D8D4"/>
     <w:rsid w:val="66224CC8"/>
+    <w:rsid w:val="66243325"/>
+    <w:rsid w:val="664DFCE9"/>
+    <w:rsid w:val="665CE9A6"/>
     <w:rsid w:val="66884F2F"/>
     <w:rsid w:val="668AAE44"/>
     <w:rsid w:val="66906D2E"/>
+    <w:rsid w:val="66918E6B"/>
     <w:rsid w:val="66A5A817"/>
     <w:rsid w:val="66B9519A"/>
     <w:rsid w:val="66C7DFC4"/>
     <w:rsid w:val="66C9E218"/>
     <w:rsid w:val="66DCA701"/>
+    <w:rsid w:val="66E21AC7"/>
+    <w:rsid w:val="66E406FC"/>
     <w:rsid w:val="66E68DF2"/>
     <w:rsid w:val="66EAB4C8"/>
     <w:rsid w:val="66FC945E"/>
+    <w:rsid w:val="66FFFC9D"/>
     <w:rsid w:val="671B1BA7"/>
     <w:rsid w:val="67231F4C"/>
     <w:rsid w:val="672EF5C6"/>
     <w:rsid w:val="67389BBC"/>
     <w:rsid w:val="6739C319"/>
     <w:rsid w:val="6740FC4D"/>
+    <w:rsid w:val="6754FA46"/>
     <w:rsid w:val="6791914A"/>
     <w:rsid w:val="67DBA088"/>
     <w:rsid w:val="67DE620B"/>
     <w:rsid w:val="67F0199A"/>
     <w:rsid w:val="67F79D68"/>
     <w:rsid w:val="68091268"/>
+    <w:rsid w:val="682B1415"/>
+    <w:rsid w:val="68439144"/>
     <w:rsid w:val="68574670"/>
     <w:rsid w:val="6859C896"/>
     <w:rsid w:val="686ADF10"/>
+    <w:rsid w:val="687A521F"/>
     <w:rsid w:val="68920378"/>
     <w:rsid w:val="68934BC2"/>
     <w:rsid w:val="68982DF8"/>
     <w:rsid w:val="68BA5447"/>
     <w:rsid w:val="68C352C9"/>
+    <w:rsid w:val="68CE1356"/>
     <w:rsid w:val="68F8734C"/>
+    <w:rsid w:val="68FE876E"/>
     <w:rsid w:val="690C9ED4"/>
+    <w:rsid w:val="6927D491"/>
     <w:rsid w:val="6944C87C"/>
     <w:rsid w:val="694CA871"/>
     <w:rsid w:val="694F5781"/>
     <w:rsid w:val="698CCFBE"/>
     <w:rsid w:val="698CE6FD"/>
     <w:rsid w:val="699010B0"/>
+    <w:rsid w:val="6995E291"/>
     <w:rsid w:val="69ADB7B3"/>
     <w:rsid w:val="69AE238F"/>
+    <w:rsid w:val="69B3D532"/>
     <w:rsid w:val="69C1010C"/>
     <w:rsid w:val="69C59145"/>
+    <w:rsid w:val="69D8B6B3"/>
+    <w:rsid w:val="69F43F20"/>
     <w:rsid w:val="69FAE164"/>
     <w:rsid w:val="6A062E70"/>
     <w:rsid w:val="6A1B177D"/>
     <w:rsid w:val="6A3CF91A"/>
+    <w:rsid w:val="6A3D31EF"/>
     <w:rsid w:val="6A4CC8FE"/>
     <w:rsid w:val="6A684D8C"/>
     <w:rsid w:val="6A70E30C"/>
     <w:rsid w:val="6A8037A3"/>
     <w:rsid w:val="6A98C3FD"/>
+    <w:rsid w:val="6AA41E11"/>
     <w:rsid w:val="6AAF9E24"/>
+    <w:rsid w:val="6AB3768B"/>
+    <w:rsid w:val="6AB3C18D"/>
+    <w:rsid w:val="6ABE241D"/>
+    <w:rsid w:val="6AF80D13"/>
     <w:rsid w:val="6B369DD8"/>
+    <w:rsid w:val="6B86890F"/>
+    <w:rsid w:val="6B8E23D8"/>
     <w:rsid w:val="6B90D4A0"/>
     <w:rsid w:val="6B94A484"/>
+    <w:rsid w:val="6BA74305"/>
+    <w:rsid w:val="6BD6837F"/>
     <w:rsid w:val="6BDD3E6C"/>
     <w:rsid w:val="6BDF19B0"/>
     <w:rsid w:val="6BE90EBA"/>
     <w:rsid w:val="6BF6F0C4"/>
     <w:rsid w:val="6C39C082"/>
+    <w:rsid w:val="6C532D09"/>
+    <w:rsid w:val="6C538E9B"/>
     <w:rsid w:val="6C54CFF8"/>
+    <w:rsid w:val="6C5B0D73"/>
+    <w:rsid w:val="6CAF8A40"/>
     <w:rsid w:val="6CB2717B"/>
     <w:rsid w:val="6CB5BB46"/>
+    <w:rsid w:val="6CC88612"/>
+    <w:rsid w:val="6CCF421A"/>
     <w:rsid w:val="6CD8CC28"/>
     <w:rsid w:val="6CE3FD7F"/>
+    <w:rsid w:val="6D0B19F3"/>
     <w:rsid w:val="6D19A94C"/>
     <w:rsid w:val="6D1BD0B1"/>
+    <w:rsid w:val="6D1FC9C3"/>
     <w:rsid w:val="6D21E8C1"/>
     <w:rsid w:val="6D23D40E"/>
     <w:rsid w:val="6D2C8B6E"/>
     <w:rsid w:val="6D2CBB07"/>
     <w:rsid w:val="6D41E86C"/>
     <w:rsid w:val="6D4D5F95"/>
     <w:rsid w:val="6D70F20F"/>
+    <w:rsid w:val="6D858868"/>
+    <w:rsid w:val="6D907640"/>
     <w:rsid w:val="6E0D0340"/>
     <w:rsid w:val="6E135685"/>
     <w:rsid w:val="6E1B8B4F"/>
     <w:rsid w:val="6E27359C"/>
     <w:rsid w:val="6E5C8181"/>
     <w:rsid w:val="6E5D6D05"/>
     <w:rsid w:val="6E6BE039"/>
     <w:rsid w:val="6E7C626D"/>
+    <w:rsid w:val="6E83D160"/>
     <w:rsid w:val="6E891154"/>
     <w:rsid w:val="6E9A8B35"/>
     <w:rsid w:val="6EA6F8D6"/>
+    <w:rsid w:val="6EB35DF5"/>
     <w:rsid w:val="6ECF6F9C"/>
     <w:rsid w:val="6F12E5B7"/>
+    <w:rsid w:val="6F3D529F"/>
     <w:rsid w:val="6F503B66"/>
+    <w:rsid w:val="6F71D684"/>
+    <w:rsid w:val="6F876942"/>
     <w:rsid w:val="6F979FE1"/>
     <w:rsid w:val="6F9DDB3D"/>
+    <w:rsid w:val="6F9E3B5A"/>
+    <w:rsid w:val="6FBA9EE2"/>
     <w:rsid w:val="6FC77B49"/>
+    <w:rsid w:val="6FCF799B"/>
+    <w:rsid w:val="6FDEA212"/>
     <w:rsid w:val="6FF052BC"/>
     <w:rsid w:val="70104516"/>
     <w:rsid w:val="701B1D90"/>
     <w:rsid w:val="702545D9"/>
     <w:rsid w:val="7032B7AE"/>
+    <w:rsid w:val="70366868"/>
+    <w:rsid w:val="7036884B"/>
     <w:rsid w:val="706484D7"/>
     <w:rsid w:val="706BFBC0"/>
     <w:rsid w:val="7081027A"/>
     <w:rsid w:val="709BBF01"/>
     <w:rsid w:val="70C9A99B"/>
     <w:rsid w:val="70E25D66"/>
+    <w:rsid w:val="70E97CB7"/>
     <w:rsid w:val="70EB9708"/>
     <w:rsid w:val="710ED943"/>
     <w:rsid w:val="710F79F4"/>
+    <w:rsid w:val="71346977"/>
+    <w:rsid w:val="714E90D5"/>
     <w:rsid w:val="716DE930"/>
     <w:rsid w:val="7172EBEE"/>
     <w:rsid w:val="71863C09"/>
     <w:rsid w:val="71C2332D"/>
     <w:rsid w:val="72534E86"/>
+    <w:rsid w:val="725837A1"/>
+    <w:rsid w:val="725E58B2"/>
     <w:rsid w:val="7264C18A"/>
+    <w:rsid w:val="72662ECD"/>
+    <w:rsid w:val="72D2868E"/>
     <w:rsid w:val="72DA0CDC"/>
+    <w:rsid w:val="72E55F0A"/>
     <w:rsid w:val="72F04C79"/>
     <w:rsid w:val="72FB79AE"/>
     <w:rsid w:val="731677DB"/>
     <w:rsid w:val="732CC120"/>
     <w:rsid w:val="73390074"/>
     <w:rsid w:val="733BE21E"/>
+    <w:rsid w:val="733F6025"/>
     <w:rsid w:val="73B1DACF"/>
     <w:rsid w:val="73C3E6B4"/>
     <w:rsid w:val="73C42512"/>
+    <w:rsid w:val="73D40391"/>
     <w:rsid w:val="73DEB89E"/>
     <w:rsid w:val="73F1D95E"/>
+    <w:rsid w:val="73F7540F"/>
+    <w:rsid w:val="742C3C04"/>
     <w:rsid w:val="743B2E87"/>
     <w:rsid w:val="745117C0"/>
     <w:rsid w:val="7464F418"/>
+    <w:rsid w:val="74860472"/>
     <w:rsid w:val="74877E7A"/>
+    <w:rsid w:val="748EF87E"/>
     <w:rsid w:val="74987AE8"/>
     <w:rsid w:val="74BEBBDD"/>
     <w:rsid w:val="74BF8636"/>
+    <w:rsid w:val="74DABF28"/>
     <w:rsid w:val="74DC93AF"/>
     <w:rsid w:val="74E7F44C"/>
     <w:rsid w:val="7500F883"/>
+    <w:rsid w:val="75235D8D"/>
+    <w:rsid w:val="752FE715"/>
+    <w:rsid w:val="7573EF99"/>
+    <w:rsid w:val="7586397D"/>
     <w:rsid w:val="7591E31F"/>
+    <w:rsid w:val="75999BA3"/>
+    <w:rsid w:val="759CEE74"/>
     <w:rsid w:val="759EEEE6"/>
     <w:rsid w:val="75B69049"/>
+    <w:rsid w:val="75D3EE55"/>
+    <w:rsid w:val="75DC3EA8"/>
     <w:rsid w:val="75E3E8D4"/>
     <w:rsid w:val="7600282B"/>
+    <w:rsid w:val="760534AE"/>
+    <w:rsid w:val="76154DB4"/>
     <w:rsid w:val="7618B9A5"/>
     <w:rsid w:val="7624F6A4"/>
     <w:rsid w:val="762D1D47"/>
+    <w:rsid w:val="763187E4"/>
+    <w:rsid w:val="763976FA"/>
+    <w:rsid w:val="763E12EA"/>
+    <w:rsid w:val="764C4F42"/>
     <w:rsid w:val="765520F8"/>
+    <w:rsid w:val="7662DF9D"/>
     <w:rsid w:val="7663A06D"/>
     <w:rsid w:val="767F8115"/>
     <w:rsid w:val="76B9C655"/>
+    <w:rsid w:val="76BDC787"/>
+    <w:rsid w:val="76DA4FE9"/>
     <w:rsid w:val="7704C4EB"/>
     <w:rsid w:val="77574DC7"/>
     <w:rsid w:val="77761D8B"/>
+    <w:rsid w:val="778947D9"/>
     <w:rsid w:val="77B2299C"/>
+    <w:rsid w:val="77C28672"/>
     <w:rsid w:val="77C3DFCA"/>
+    <w:rsid w:val="77C67221"/>
     <w:rsid w:val="77D1F87D"/>
     <w:rsid w:val="77E3EAFD"/>
     <w:rsid w:val="77FCAFA6"/>
     <w:rsid w:val="78189D3D"/>
     <w:rsid w:val="781B7D99"/>
+    <w:rsid w:val="7844A3AA"/>
     <w:rsid w:val="7854EB79"/>
+    <w:rsid w:val="785F2978"/>
     <w:rsid w:val="78675A94"/>
+    <w:rsid w:val="786FAD4E"/>
     <w:rsid w:val="78733AFD"/>
     <w:rsid w:val="78C3253E"/>
     <w:rsid w:val="78C702AA"/>
     <w:rsid w:val="78CA61E2"/>
     <w:rsid w:val="78CD2383"/>
     <w:rsid w:val="78FA922E"/>
     <w:rsid w:val="78FBB571"/>
     <w:rsid w:val="7900640C"/>
+    <w:rsid w:val="7901A320"/>
     <w:rsid w:val="7904ECF6"/>
+    <w:rsid w:val="790FF665"/>
+    <w:rsid w:val="791DF0E4"/>
     <w:rsid w:val="792DDFA3"/>
+    <w:rsid w:val="79683210"/>
+    <w:rsid w:val="797580E5"/>
+    <w:rsid w:val="79937611"/>
+    <w:rsid w:val="79BBB2DC"/>
     <w:rsid w:val="79D1A5E4"/>
     <w:rsid w:val="79D2A05E"/>
     <w:rsid w:val="79F6FEA5"/>
     <w:rsid w:val="79FD41B9"/>
+    <w:rsid w:val="7A221209"/>
+    <w:rsid w:val="7A243B50"/>
     <w:rsid w:val="7A2E159B"/>
+    <w:rsid w:val="7A38E83C"/>
     <w:rsid w:val="7AA73139"/>
+    <w:rsid w:val="7ABE3760"/>
     <w:rsid w:val="7AC4355F"/>
     <w:rsid w:val="7ACF8F49"/>
+    <w:rsid w:val="7ADC73AA"/>
     <w:rsid w:val="7AE9CAD5"/>
+    <w:rsid w:val="7B0AEE50"/>
     <w:rsid w:val="7B192162"/>
     <w:rsid w:val="7B2C4331"/>
     <w:rsid w:val="7B359704"/>
+    <w:rsid w:val="7B4EF025"/>
+    <w:rsid w:val="7B7226B9"/>
     <w:rsid w:val="7B74925C"/>
     <w:rsid w:val="7B896D42"/>
     <w:rsid w:val="7B99C10A"/>
     <w:rsid w:val="7BBF5E77"/>
     <w:rsid w:val="7BC3C377"/>
+    <w:rsid w:val="7BF9C215"/>
     <w:rsid w:val="7C050153"/>
     <w:rsid w:val="7C10D768"/>
+    <w:rsid w:val="7C3931D3"/>
+    <w:rsid w:val="7C44C6D3"/>
     <w:rsid w:val="7C4B63A3"/>
     <w:rsid w:val="7C4F01B9"/>
     <w:rsid w:val="7C6DEB50"/>
+    <w:rsid w:val="7CBF880F"/>
     <w:rsid w:val="7CC30C53"/>
     <w:rsid w:val="7CC6D105"/>
+    <w:rsid w:val="7CFBF706"/>
     <w:rsid w:val="7D06FCDC"/>
+    <w:rsid w:val="7D0E8C96"/>
     <w:rsid w:val="7D1A7F24"/>
     <w:rsid w:val="7D246A80"/>
     <w:rsid w:val="7D45F34F"/>
+    <w:rsid w:val="7D8B999C"/>
+    <w:rsid w:val="7D8F51E8"/>
+    <w:rsid w:val="7DA21F9B"/>
     <w:rsid w:val="7DA9F116"/>
+    <w:rsid w:val="7DB93847"/>
+    <w:rsid w:val="7DC2E5F7"/>
     <w:rsid w:val="7DC63612"/>
     <w:rsid w:val="7DC7560E"/>
     <w:rsid w:val="7DCB58C4"/>
     <w:rsid w:val="7DCED050"/>
+    <w:rsid w:val="7DD271FF"/>
     <w:rsid w:val="7DD3F77E"/>
     <w:rsid w:val="7DF4038A"/>
+    <w:rsid w:val="7DF74497"/>
     <w:rsid w:val="7DFE14C3"/>
     <w:rsid w:val="7E063034"/>
     <w:rsid w:val="7E37D043"/>
+    <w:rsid w:val="7E3AA051"/>
     <w:rsid w:val="7E3CB5AD"/>
+    <w:rsid w:val="7E5608EF"/>
     <w:rsid w:val="7E7516BE"/>
+    <w:rsid w:val="7E7C4409"/>
+    <w:rsid w:val="7E818BD5"/>
     <w:rsid w:val="7E86C9F2"/>
+    <w:rsid w:val="7E8A36B1"/>
+    <w:rsid w:val="7E91DC04"/>
+    <w:rsid w:val="7EC792F1"/>
     <w:rsid w:val="7ECFFF7E"/>
+    <w:rsid w:val="7ED4DFEB"/>
+    <w:rsid w:val="7F0409D8"/>
+    <w:rsid w:val="7F0B6E3C"/>
     <w:rsid w:val="7F40DABC"/>
     <w:rsid w:val="7F421646"/>
     <w:rsid w:val="7F48ED2F"/>
     <w:rsid w:val="7F51B0A3"/>
+    <w:rsid w:val="7F6BBF7E"/>
     <w:rsid w:val="7F8E2FE6"/>
     <w:rsid w:val="7FB61253"/>
     <w:rsid w:val="7FD33F25"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="lv-LV" w:eastAsia="ja-JP" w:bidi="ar-SA"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="1026"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
   <w14:docId w14:val="2D3C6A32"/>
-  <w15:docId w15:val="{65EC9966-97B2-42D8-A450-0B4B093DA850}"/>
+  <w15:docId w15:val="{373F5DBF-F94B-4F0F-B92D-5581581A586D}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="lv-LV" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
@@ -20276,65 +21427,50 @@
     <w:name w:val="Comment Subject Char"/>
     <w:basedOn w:val="CommentTextChar"/>
     <w:link w:val="CommentSubject"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:rsid w:val="0080314A"/>
     <w:rPr>
       <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
       <w:b/>
       <w:bCs/>
       <w:sz w:val="20"/>
       <w:szCs w:val="20"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:styleId="Mention">
     <w:name w:val="Mention"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:uiPriority w:val="99"/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="0080314A"/>
     <w:rPr>
       <w:color w:val="2B579A"/>
       <w:shd w:val="clear" w:color="auto" w:fill="E1DFDD"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="NoSpacing">
-[...13 lines deleted...]
-  </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:divs>
     <w:div w:id="151257483">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="1505363556">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
@@ -20347,80 +21483,136 @@
     </w:div>
     <w:div w:id="2129397694">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
   </w:divs>
   <w:optimizeForBrowser/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://statistika.spkc.gov.lv/pxweb/lv/Health/Health__Saslimstiba_Slimibu_Izplatiba__Narkolo%C4%A3ija/NARK070_ekspertizes.px/" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.microsoft.com/office/2019/05/relationships/documenttasks" Target="documenttasks/documenttasks1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/></Relationships>
 </file>
 
 <file path=word/_rels/endnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://statistika.spkc.gov.lv/pxweb/lv/Health/" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://statistika.spkc.gov.lv/pxweb/lv/Health/" TargetMode="External"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://likumi.lv/ta/id/365192-noteikumi-par-oficialas-statistikas-programmu-20262028-gadam" TargetMode="External"/></Relationships>
 </file>
 
 <file path=word/documenttasks/documenttasks1.xml><?xml version="1.0" encoding="utf-8"?>
 <t:Tasks xmlns:t="http://schemas.microsoft.com/office/tasks/2019/documenttasks" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst">
   <t:Task id="{5F3A6958-4CF6-44D6-ABD7-E243C797369F}">
     <t:Anchor>
       <t:Comment id="1744789680"/>
     </t:Anchor>
     <t:History>
       <t:Event id="{CE849673-B1FA-49D1-96A4-2D4ACD000B30}" time="2025-01-30T07:11:35.033Z">
         <t:Attribution userId="S::zane.baltane@spkc.gov.lv::0e4696a6-8950-4c3c-a239-87e9476282c7" userProvider="AD" userName="Zane Baltāne"/>
         <t:Anchor>
           <t:Comment id="1744789680"/>
         </t:Anchor>
         <t:Create/>
       </t:Event>
       <t:Event id="{B63CA3A8-A358-417F-ABE2-7B9A7F1F5623}" time="2025-01-30T07:11:35.033Z">
         <t:Attribution userId="S::zane.baltane@spkc.gov.lv::0e4696a6-8950-4c3c-a239-87e9476282c7" userProvider="AD" userName="Zane Baltāne"/>
         <t:Anchor>
           <t:Comment id="1744789680"/>
         </t:Anchor>
         <t:Assign userId="S::Baiba.Zarina@spkc.gov.lv::530d47a6-6918-41e5-acf4-97f8f9644a88" userProvider="AD" userName="Baiba Zariņa"/>
       </t:Event>
       <t:Event id="{727131EF-20E6-4C77-BF99-B7C27F8165A0}" time="2025-01-30T07:11:35.033Z">
         <t:Attribution userId="S::zane.baltane@spkc.gov.lv::0e4696a6-8950-4c3c-a239-87e9476282c7" userProvider="AD" userName="Zane Baltāne"/>
         <t:Anchor>
           <t:Comment id="1744789680"/>
         </t:Anchor>
         <t:SetTitle title="@Baiba Zariņa kad varētu būt stacionāra dati par 2023. gadu?"/>
+      </t:Event>
+    </t:History>
+  </t:Task>
+  <t:Task id="{C4DEBCAC-B495-48EC-869B-7ED91BE059F6}">
+    <t:Anchor>
+      <t:Comment id="1789078706"/>
+    </t:Anchor>
+    <t:History>
+      <t:Event id="{B9867921-3080-4D1F-8D93-40A9A40AC9B6}" time="2026-02-23T07:48:51.536Z">
+        <t:Attribution userId="S::Jana.Lepiksone@spkc.gov.lv::fd057ed0-8057-4d66-8722-c7b0d6c876e1" userProvider="AD" userName="Jana Lepiksone"/>
+        <t:Anchor>
+          <t:Comment id="1789078706"/>
+        </t:Anchor>
+        <t:Create/>
+      </t:Event>
+      <t:Event id="{35E9836B-C799-4CF3-B264-3A648F9320BF}" time="2026-02-23T07:48:51.536Z">
+        <t:Attribution userId="S::Jana.Lepiksone@spkc.gov.lv::fd057ed0-8057-4d66-8722-c7b0d6c876e1" userProvider="AD" userName="Jana Lepiksone"/>
+        <t:Anchor>
+          <t:Comment id="1789078706"/>
+        </t:Anchor>
+        <t:Assign userId="S::Jolanta.Skrule@spkc.gov.lv::354641b8-12d3-425a-b1cb-a86da897e408" userProvider="AD" userName="Jolanta Skrule"/>
+      </t:Event>
+      <t:Event id="{598C620C-1E28-4DE8-8939-021DD0983295}" time="2026-02-23T07:48:51.536Z">
+        <t:Attribution userId="S::Jana.Lepiksone@spkc.gov.lv::fd057ed0-8057-4d66-8722-c7b0d6c876e1" userProvider="AD" userName="Jana Lepiksone"/>
+        <t:Anchor>
+          <t:Comment id="1789078706"/>
+        </t:Anchor>
+        <t:SetTitle title="@Jolanta Skrule lūdzu aktualizē datumu"/>
+      </t:Event>
+    </t:History>
+  </t:Task>
+  <t:Task id="{CBA2FA5A-DD89-4739-8A10-B528B60B6E73}">
+    <t:Anchor>
+      <t:Comment id="502085418"/>
+    </t:Anchor>
+    <t:History>
+      <t:Event id="{3C7A74D0-E338-4EA4-8615-15E44DBE54F6}" time="2026-02-23T07:53:20.667Z">
+        <t:Attribution userId="S::Jana.Lepiksone@spkc.gov.lv::fd057ed0-8057-4d66-8722-c7b0d6c876e1" userProvider="AD" userName="Jana Lepiksone"/>
+        <t:Anchor>
+          <t:Comment id="502085418"/>
+        </t:Anchor>
+        <t:Create/>
+      </t:Event>
+      <t:Event id="{AF436B1C-6866-4952-9D23-1FC813B5589B}" time="2026-02-23T07:53:20.667Z">
+        <t:Attribution userId="S::Jana.Lepiksone@spkc.gov.lv::fd057ed0-8057-4d66-8722-c7b0d6c876e1" userProvider="AD" userName="Jana Lepiksone"/>
+        <t:Anchor>
+          <t:Comment id="502085418"/>
+        </t:Anchor>
+        <t:Assign userId="S::Jolanta.Skrule@spkc.gov.lv::354641b8-12d3-425a-b1cb-a86da897e408" userProvider="AD" userName="Jolanta Skrule"/>
+      </t:Event>
+      <t:Event id="{F099D4CE-2CFB-4E77-8F0C-197A3B471FD9}" time="2026-02-23T07:53:20.667Z">
+        <t:Attribution userId="S::Jana.Lepiksone@spkc.gov.lv::fd057ed0-8057-4d66-8722-c7b0d6c876e1" userProvider="AD" userName="Jana Lepiksone"/>
+        <t:Anchor>
+          <t:Comment id="502085418"/>
+        </t:Anchor>
+        <t:SetTitle title="@Jolanta Skrule lūdzu aktualizē publicēšanas datumu"/>
       </t:Event>
     </t:History>
   </t:Task>
 </t:Tasks>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="5B9BD5"/>
       </a:accent1>
@@ -20660,75 +21852,66 @@
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
 <b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\apasixtheditionofficeonline.xsl" StyleName="APA" Version="6"/>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{7E8073E0-EA70-40EC-9111-09CA21E17F03}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
+<file path=docMetadata/LabelInfo.xml><?xml version="1.0" encoding="utf-8"?>
+<clbl:labelList xmlns:clbl="http://schemas.microsoft.com/office/2020/mipLabelMetadata">
+  <clbl:label id="{dbc9012d-628b-43d4-b190-8a730f7e1e96}" enabled="0" method="" siteId="{dbc9012d-628b-43d4-b190-8a730f7e1e96}" removed="1"/>
+</clbl:labelList>
+</file>
+
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal.dotm</Template>
   <TotalTime></TotalTime>
   <Pages>11</Pages>
-  <Words>2942</Words>
-  <Characters>16774</Characters>
+  <Words>3066</Words>
+  <Characters>17477</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>139</Lines>
-  <Paragraphs>39</Paragraphs>
+  <Lines>145</Lines>
+  <Paragraphs>41</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
-  <HeadingPairs>
-[...13 lines deleted...]
-  </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>19677</CharactersWithSpaces>
+  <CharactersWithSpaces>20502</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:subject/>
   <dc:creator>Jana Lepiksone</dc:creator>
   <cp:keywords/>
   <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>