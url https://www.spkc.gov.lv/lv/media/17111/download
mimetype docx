--- v0 (2025-10-07)
+++ v1 (2026-02-11)
@@ -1,3427 +1,3107 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps2.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps3.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps4.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
+  <Override PartName="/docMetadata/LabelInfo.xml" ContentType="application/vnd.ms-office.classificationlabels+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/><Relationship Id="rId5" Type="http://schemas.microsoft.com/office/2020/02/relationships/classificationlabels" Target="docMetadata/LabelInfo.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:body>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="13603" w:type="dxa"/>
-        <w:tblBorders>
-[...6 lines deleted...]
-        </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
         <w:tblCaption w:val="Šeit"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="3539"/>
-[...4 lines deleted...]
-        <w:gridCol w:w="1559"/>
+        <w:gridCol w:w="13603"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00D00C0A" w:rsidRPr="00141FC9" w14:paraId="5DFA3538" w14:textId="77777777" w:rsidTr="2374EAE8">
+      <w:tr w:rsidR="00D00C0A" w:rsidRPr="00141FC9" w14:paraId="5DFA3538" w14:textId="77777777" w:rsidTr="008C604C">
         <w:trPr>
+          <w:trHeight w:val="8364"/>
           <w:tblHeader/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="13603" w:type="dxa"/>
-            <w:gridSpan w:val="6"/>
-[...6 lines deleted...]
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w14:paraId="7CD04BD5" w14:textId="2B7960D3" w:rsidR="00D00C0A" w:rsidRDefault="00D00C0A" w:rsidP="2EDA790C">
+          <w:p w14:paraId="3E2CBD99" w14:textId="77777777" w:rsidR="00D00C0A" w:rsidRDefault="00D00C0A" w:rsidP="005C0E77">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="2EDA790C">
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t>3. tabula. Vakcīnu, šļirču un standarta tuberkulīna piegādātāji 202</w:t>
             </w:r>
-            <w:r w:rsidR="00060285">
+            <w:r w:rsidR="007A2CF8">
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
-              <w:t>4</w:t>
+              <w:t>6</w:t>
             </w:r>
             <w:r w:rsidRPr="2EDA790C">
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t>.</w:t>
             </w:r>
             <w:r>
               <w:t xml:space="preserve"> – </w:t>
             </w:r>
             <w:r w:rsidRPr="2EDA790C">
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t>202</w:t>
             </w:r>
-            <w:r w:rsidR="00060285">
+            <w:r w:rsidR="007A2CF8">
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
-              <w:t>5</w:t>
+              <w:t>7</w:t>
             </w:r>
             <w:r w:rsidRPr="2EDA790C">
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
-              <w:t>.gadā</w:t>
+              <w:t>.</w:t>
+            </w:r>
+            <w:r w:rsidR="007A2CF8">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="2EDA790C">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t>gadā</w:t>
             </w:r>
           </w:p>
-        </w:tc>
-[...13 lines deleted...]
-          <w:p w14:paraId="62D89582" w14:textId="77777777" w:rsidR="00D00C0A" w:rsidRPr="00C94C79" w:rsidRDefault="00D00C0A" w:rsidP="00091827">
+          <w:tbl>
+            <w:tblPr>
+              <w:tblStyle w:val="TableGrid"/>
+              <w:tblW w:w="0" w:type="auto"/>
+              <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
+            </w:tblPr>
+            <w:tblGrid>
+              <w:gridCol w:w="2229"/>
+              <w:gridCol w:w="2229"/>
+              <w:gridCol w:w="2229"/>
+              <w:gridCol w:w="2230"/>
+              <w:gridCol w:w="2230"/>
+              <w:gridCol w:w="2230"/>
+            </w:tblGrid>
+            <w:tr w:rsidR="0031600D" w14:paraId="1500FE5F" w14:textId="77777777" w:rsidTr="0031600D">
+              <w:tc>
+                <w:tcPr>
+                  <w:tcW w:w="2229" w:type="dxa"/>
+                </w:tcPr>
+                <w:p w14:paraId="4E8A1589" w14:textId="6E8B75DE" w:rsidR="0031600D" w:rsidRDefault="0031600D" w:rsidP="005C0E77">
+                  <w:pPr>
+                    <w:jc w:val="center"/>
+                    <w:rPr>
+                      <w:b/>
+                      <w:bCs/>
+                    </w:rPr>
+                  </w:pPr>
+                  <w:r w:rsidRPr="00C94C79">
+                    <w:rPr>
+                      <w:b/>
+                      <w:szCs w:val="24"/>
+                    </w:rPr>
+                    <w:t>Piegādātājs (zāļu lieltirgotava)</w:t>
+                  </w:r>
+                </w:p>
+              </w:tc>
+              <w:tc>
+                <w:tcPr>
+                  <w:tcW w:w="2229" w:type="dxa"/>
+                </w:tcPr>
+                <w:p w14:paraId="2268F772" w14:textId="7735B85C" w:rsidR="0031600D" w:rsidRDefault="0031600D" w:rsidP="005C0E77">
+                  <w:pPr>
+                    <w:jc w:val="center"/>
+                    <w:rPr>
+                      <w:b/>
+                      <w:bCs/>
+                    </w:rPr>
+                  </w:pPr>
+                  <w:r w:rsidRPr="00C94C79">
+                    <w:rPr>
+                      <w:b/>
+                      <w:szCs w:val="24"/>
+                    </w:rPr>
+                    <w:t>Vakcīna pret</w:t>
+                  </w:r>
+                </w:p>
+              </w:tc>
+              <w:tc>
+                <w:tcPr>
+                  <w:tcW w:w="2229" w:type="dxa"/>
+                </w:tcPr>
+                <w:p w14:paraId="2FE99F9D" w14:textId="62EEA538" w:rsidR="0031600D" w:rsidRDefault="0031600D" w:rsidP="005C0E77">
+                  <w:pPr>
+                    <w:jc w:val="center"/>
+                    <w:rPr>
+                      <w:b/>
+                      <w:bCs/>
+                    </w:rPr>
+                  </w:pPr>
+                  <w:r w:rsidRPr="00C94C79">
+                    <w:rPr>
+                      <w:b/>
+                      <w:szCs w:val="24"/>
+                    </w:rPr>
+                    <w:t>Vakcīnas nosaukums</w:t>
+                  </w:r>
+                </w:p>
+              </w:tc>
+              <w:tc>
+                <w:tcPr>
+                  <w:tcW w:w="2230" w:type="dxa"/>
+                </w:tcPr>
+                <w:p w14:paraId="309D23A7" w14:textId="784542A9" w:rsidR="0031600D" w:rsidRDefault="0031600D" w:rsidP="005C0E77">
+                  <w:pPr>
+                    <w:jc w:val="center"/>
+                    <w:rPr>
+                      <w:b/>
+                      <w:bCs/>
+                    </w:rPr>
+                  </w:pPr>
+                  <w:r w:rsidRPr="00C94C79">
+                    <w:rPr>
+                      <w:b/>
+                      <w:szCs w:val="24"/>
+                    </w:rPr>
+                    <w:t>Ražotājs</w:t>
+                  </w:r>
+                </w:p>
+              </w:tc>
+              <w:tc>
+                <w:tcPr>
+                  <w:tcW w:w="2230" w:type="dxa"/>
+                </w:tcPr>
+                <w:p w14:paraId="176D7A70" w14:textId="141B4E20" w:rsidR="0031600D" w:rsidRDefault="0031600D" w:rsidP="005C0E77">
+                  <w:pPr>
+                    <w:jc w:val="center"/>
+                    <w:rPr>
+                      <w:b/>
+                      <w:bCs/>
+                    </w:rPr>
+                  </w:pPr>
+                  <w:r w:rsidRPr="00C94C79">
+                    <w:rPr>
+                      <w:b/>
+                      <w:szCs w:val="24"/>
+                    </w:rPr>
+                    <w:t>Mērķa grupa (-as)</w:t>
+                  </w:r>
+                </w:p>
+              </w:tc>
+              <w:tc>
+                <w:tcPr>
+                  <w:tcW w:w="2230" w:type="dxa"/>
+                </w:tcPr>
+                <w:p w14:paraId="5DFEDA13" w14:textId="7690D77F" w:rsidR="0031600D" w:rsidRDefault="0031600D" w:rsidP="005C0E77">
+                  <w:pPr>
+                    <w:jc w:val="center"/>
+                    <w:rPr>
+                      <w:b/>
+                      <w:bCs/>
+                    </w:rPr>
+                  </w:pPr>
+                  <w:r w:rsidRPr="00C94C79">
+                    <w:rPr>
+                      <w:b/>
+                      <w:szCs w:val="24"/>
+                    </w:rPr>
+                    <w:t>Papildu informācija</w:t>
+                  </w:r>
+                </w:p>
+              </w:tc>
+            </w:tr>
+            <w:tr w:rsidR="006A35BD" w14:paraId="6D8A96B1" w14:textId="77777777" w:rsidTr="0031600D">
+              <w:tc>
+                <w:tcPr>
+                  <w:tcW w:w="2229" w:type="dxa"/>
+                  <w:vMerge w:val="restart"/>
+                </w:tcPr>
+                <w:p w14:paraId="622B3277" w14:textId="6A3E742E" w:rsidR="006A35BD" w:rsidRDefault="006A35BD" w:rsidP="005C0E77">
+                  <w:pPr>
+                    <w:rPr>
+                      <w:b/>
+                      <w:bCs/>
+                    </w:rPr>
+                  </w:pPr>
+                  <w:r w:rsidRPr="00451057">
+                    <w:rPr>
+                      <w:bCs/>
+                      <w:szCs w:val="24"/>
+                    </w:rPr>
+                    <w:t>SIA „Vakcīna”, Lielvārdes iela 68, Rīga, tālr. 67582948</w:t>
+                  </w:r>
+                </w:p>
+              </w:tc>
+              <w:tc>
+                <w:tcPr>
+                  <w:tcW w:w="2229" w:type="dxa"/>
+                </w:tcPr>
+                <w:p w14:paraId="2E3BE2A9" w14:textId="78FBFAAC" w:rsidR="006A35BD" w:rsidRDefault="006A35BD" w:rsidP="005C0E77">
+                  <w:pPr>
+                    <w:rPr>
+                      <w:b/>
+                      <w:bCs/>
+                    </w:rPr>
+                  </w:pPr>
+                  <w:r w:rsidRPr="00C94C79">
+                    <w:rPr>
+                      <w:szCs w:val="24"/>
+                    </w:rPr>
+                    <w:t xml:space="preserve">difteriju, stinguma krampjiem, garo klepu, poliomielītu un b tipa </w:t>
+                  </w:r>
+                  <w:r w:rsidRPr="00C94C79">
+                    <w:rPr>
+                      <w:i/>
+                      <w:iCs/>
+                      <w:szCs w:val="24"/>
+                    </w:rPr>
+                    <w:t>Haemophilus influenzae</w:t>
+                  </w:r>
+                  <w:r w:rsidRPr="00C94C79">
+                    <w:rPr>
+                      <w:szCs w:val="24"/>
+                    </w:rPr>
+                    <w:t xml:space="preserve"> infekciju (DTaP-IPV-Hib)</w:t>
+                  </w:r>
+                </w:p>
+              </w:tc>
+              <w:tc>
+                <w:tcPr>
+                  <w:tcW w:w="2229" w:type="dxa"/>
+                </w:tcPr>
+                <w:p w14:paraId="4A7348A8" w14:textId="75CCA340" w:rsidR="006A35BD" w:rsidRDefault="006A35BD" w:rsidP="005C0E77">
+                  <w:pPr>
+                    <w:rPr>
+                      <w:b/>
+                      <w:bCs/>
+                    </w:rPr>
+                  </w:pPr>
+                  <w:r w:rsidRPr="00C94C79">
+                    <w:rPr>
+                      <w:i/>
+                      <w:szCs w:val="24"/>
+                    </w:rPr>
+                    <w:t>Pentaxim</w:t>
+                  </w:r>
+                </w:p>
+              </w:tc>
+              <w:tc>
+                <w:tcPr>
+                  <w:tcW w:w="2230" w:type="dxa"/>
+                </w:tcPr>
+                <w:p w14:paraId="43B73803" w14:textId="469FB760" w:rsidR="006A35BD" w:rsidRDefault="006A35BD" w:rsidP="005C0E77">
+                  <w:pPr>
+                    <w:rPr>
+                      <w:b/>
+                      <w:bCs/>
+                    </w:rPr>
+                  </w:pPr>
+                  <w:r w:rsidRPr="00C94C79">
+                    <w:rPr>
+                      <w:i/>
+                      <w:szCs w:val="24"/>
+                    </w:rPr>
+                    <w:t>Sanofi Pasteur</w:t>
+                  </w:r>
+                </w:p>
+              </w:tc>
+              <w:tc>
+                <w:tcPr>
+                  <w:tcW w:w="2230" w:type="dxa"/>
+                </w:tcPr>
+                <w:p w14:paraId="66ECA2E7" w14:textId="784AB1B7" w:rsidR="006A35BD" w:rsidRDefault="006A35BD" w:rsidP="005C0E77">
+                  <w:pPr>
+                    <w:rPr>
+                      <w:b/>
+                      <w:bCs/>
+                    </w:rPr>
+                  </w:pPr>
+                  <w:r w:rsidRPr="00C94C79">
+                    <w:rPr>
+                      <w:szCs w:val="24"/>
+                    </w:rPr>
+                    <w:t xml:space="preserve">riska grupas bērnu, kuri tika vakcinēti ar monovakcīnu pret B hepatītu un bērnu ar medicīniskajām kontrindikācijām imunizācijai ar kombinēto vakcīnu </w:t>
+                  </w:r>
+                  <w:r w:rsidRPr="00C94C79">
+                    <w:rPr>
+                      <w:i/>
+                      <w:szCs w:val="24"/>
+                    </w:rPr>
+                    <w:t>Infanrix Hexa</w:t>
+                  </w:r>
+                </w:p>
+              </w:tc>
+              <w:tc>
+                <w:tcPr>
+                  <w:tcW w:w="2230" w:type="dxa"/>
+                </w:tcPr>
+                <w:p w14:paraId="1F3273A0" w14:textId="6490C37F" w:rsidR="006A35BD" w:rsidRDefault="006A35BD" w:rsidP="005C0E77">
+                  <w:pPr>
+                    <w:rPr>
+                      <w:b/>
+                      <w:bCs/>
+                    </w:rPr>
+                  </w:pPr>
+                  <w:r w:rsidRPr="00C94C79">
+                    <w:t xml:space="preserve">Instrukcija un zāļu apraksts ir pieejams </w:t>
+                  </w:r>
+                  <w:hyperlink r:id="rId10" w:history="1">
+                    <w:r w:rsidRPr="00C94C79">
+                      <w:rPr>
+                        <w:rStyle w:val="Hyperlink"/>
+                      </w:rPr>
+                      <w:t>šeit</w:t>
+                    </w:r>
+                  </w:hyperlink>
+                </w:p>
+              </w:tc>
+            </w:tr>
+            <w:tr w:rsidR="006A35BD" w14:paraId="3F2AB67A" w14:textId="77777777" w:rsidTr="0031600D">
+              <w:tc>
+                <w:tcPr>
+                  <w:tcW w:w="2229" w:type="dxa"/>
+                  <w:vMerge/>
+                </w:tcPr>
+                <w:p w14:paraId="78C3EEC5" w14:textId="77777777" w:rsidR="006A35BD" w:rsidRDefault="006A35BD" w:rsidP="005C0E77">
+                  <w:pPr>
+                    <w:rPr>
+                      <w:b/>
+                      <w:bCs/>
+                    </w:rPr>
+                  </w:pPr>
+                </w:p>
+              </w:tc>
+              <w:tc>
+                <w:tcPr>
+                  <w:tcW w:w="2229" w:type="dxa"/>
+                </w:tcPr>
+                <w:p w14:paraId="0FAC001E" w14:textId="2C16F9F9" w:rsidR="006A35BD" w:rsidRDefault="006A35BD" w:rsidP="005C0E77">
+                  <w:pPr>
+                    <w:rPr>
+                      <w:b/>
+                      <w:bCs/>
+                    </w:rPr>
+                  </w:pPr>
+                  <w:r w:rsidRPr="00C94C79">
+                    <w:rPr>
+                      <w:szCs w:val="24"/>
+                    </w:rPr>
+                    <w:t>difteriju, stingumkrampjiem, garo klepu un poliomielītu (DTaP-IPV)</w:t>
+                  </w:r>
+                </w:p>
+              </w:tc>
+              <w:tc>
+                <w:tcPr>
+                  <w:tcW w:w="2229" w:type="dxa"/>
+                </w:tcPr>
+                <w:p w14:paraId="548D3ED0" w14:textId="08808274" w:rsidR="006A35BD" w:rsidRDefault="006A35BD" w:rsidP="005C0E77">
+                  <w:pPr>
+                    <w:rPr>
+                      <w:b/>
+                      <w:bCs/>
+                    </w:rPr>
+                  </w:pPr>
+                  <w:r w:rsidRPr="00C94C79">
+                    <w:rPr>
+                      <w:i/>
+                      <w:szCs w:val="24"/>
+                    </w:rPr>
+                    <w:t>Tetraxim</w:t>
+                  </w:r>
+                </w:p>
+              </w:tc>
+              <w:tc>
+                <w:tcPr>
+                  <w:tcW w:w="2230" w:type="dxa"/>
+                </w:tcPr>
+                <w:p w14:paraId="49AF8914" w14:textId="45194A12" w:rsidR="006A35BD" w:rsidRDefault="006A35BD" w:rsidP="005C0E77">
+                  <w:pPr>
+                    <w:rPr>
+                      <w:b/>
+                      <w:bCs/>
+                    </w:rPr>
+                  </w:pPr>
+                  <w:r w:rsidRPr="00C94C79">
+                    <w:rPr>
+                      <w:i/>
+                      <w:szCs w:val="24"/>
+                    </w:rPr>
+                    <w:t>Sanofi Pasteur</w:t>
+                  </w:r>
+                </w:p>
+              </w:tc>
+              <w:tc>
+                <w:tcPr>
+                  <w:tcW w:w="2230" w:type="dxa"/>
+                </w:tcPr>
+                <w:p w14:paraId="6E2AA419" w14:textId="763B7BA3" w:rsidR="006A35BD" w:rsidRDefault="006A35BD" w:rsidP="005C0E77">
+                  <w:pPr>
+                    <w:rPr>
+                      <w:b/>
+                      <w:bCs/>
+                    </w:rPr>
+                  </w:pPr>
+                  <w:r w:rsidRPr="00C94C79">
+                    <w:rPr>
+                      <w:szCs w:val="24"/>
+                    </w:rPr>
+                    <w:t>bērnu balstvakcinācijai 7 gadu vecumā</w:t>
+                  </w:r>
+                </w:p>
+              </w:tc>
+              <w:tc>
+                <w:tcPr>
+                  <w:tcW w:w="2230" w:type="dxa"/>
+                </w:tcPr>
+                <w:p w14:paraId="74E63922" w14:textId="63031A05" w:rsidR="006A35BD" w:rsidRDefault="006A35BD" w:rsidP="005C0E77">
+                  <w:pPr>
+                    <w:rPr>
+                      <w:b/>
+                      <w:bCs/>
+                    </w:rPr>
+                  </w:pPr>
+                  <w:r w:rsidRPr="00C94C79">
+                    <w:t xml:space="preserve">Instrukcija un zāļu apraksts ir pieejams </w:t>
+                  </w:r>
+                  <w:hyperlink r:id="rId11" w:history="1">
+                    <w:r w:rsidRPr="00C94C79">
+                      <w:rPr>
+                        <w:rStyle w:val="Hyperlink"/>
+                      </w:rPr>
+                      <w:t>šeit</w:t>
+                    </w:r>
+                  </w:hyperlink>
+                </w:p>
+              </w:tc>
+            </w:tr>
+            <w:tr w:rsidR="006A35BD" w14:paraId="7266E02B" w14:textId="77777777" w:rsidTr="0031600D">
+              <w:tc>
+                <w:tcPr>
+                  <w:tcW w:w="2229" w:type="dxa"/>
+                  <w:vMerge/>
+                </w:tcPr>
+                <w:p w14:paraId="64A73A2A" w14:textId="77777777" w:rsidR="006A35BD" w:rsidRDefault="006A35BD" w:rsidP="005C0E77">
+                  <w:pPr>
+                    <w:rPr>
+                      <w:b/>
+                      <w:bCs/>
+                    </w:rPr>
+                  </w:pPr>
+                </w:p>
+              </w:tc>
+              <w:tc>
+                <w:tcPr>
+                  <w:tcW w:w="2229" w:type="dxa"/>
+                </w:tcPr>
+                <w:p w14:paraId="7E6F40E9" w14:textId="30607B42" w:rsidR="006A35BD" w:rsidRDefault="006A35BD" w:rsidP="005C0E77">
+                  <w:pPr>
+                    <w:rPr>
+                      <w:b/>
+                      <w:bCs/>
+                    </w:rPr>
+                  </w:pPr>
+                  <w:r w:rsidRPr="00C94C79">
+                    <w:rPr>
+                      <w:szCs w:val="24"/>
+                    </w:rPr>
+                    <w:t>pneimokoku infekciju (PCV)</w:t>
+                  </w:r>
+                </w:p>
+              </w:tc>
+              <w:tc>
+                <w:tcPr>
+                  <w:tcW w:w="2229" w:type="dxa"/>
+                </w:tcPr>
+                <w:p w14:paraId="0D1A1AD1" w14:textId="00655D89" w:rsidR="006A35BD" w:rsidRDefault="006A35BD" w:rsidP="005C0E77">
+                  <w:pPr>
+                    <w:rPr>
+                      <w:b/>
+                      <w:bCs/>
+                    </w:rPr>
+                  </w:pPr>
+                  <w:r>
+                    <w:rPr>
+                      <w:i/>
+                      <w:szCs w:val="24"/>
+                    </w:rPr>
+                    <w:t>Prevenar 13</w:t>
+                  </w:r>
+                </w:p>
+              </w:tc>
+              <w:tc>
+                <w:tcPr>
+                  <w:tcW w:w="2230" w:type="dxa"/>
+                </w:tcPr>
+                <w:p w14:paraId="3D837441" w14:textId="77777777" w:rsidR="006A35BD" w:rsidRDefault="006A35BD" w:rsidP="005C0E77">
+                  <w:pPr>
+                    <w:rPr>
+                      <w:b/>
+                      <w:bCs/>
+                    </w:rPr>
+                  </w:pPr>
+                </w:p>
+              </w:tc>
+              <w:tc>
+                <w:tcPr>
+                  <w:tcW w:w="2230" w:type="dxa"/>
+                </w:tcPr>
+                <w:p w14:paraId="770FC185" w14:textId="4BC1F9FB" w:rsidR="006A35BD" w:rsidRDefault="006A35BD" w:rsidP="005C0E77">
+                  <w:pPr>
+                    <w:rPr>
+                      <w:b/>
+                      <w:bCs/>
+                    </w:rPr>
+                  </w:pPr>
+                  <w:r w:rsidRPr="00C94C79">
+                    <w:rPr>
+                      <w:szCs w:val="24"/>
+                    </w:rPr>
+                    <w:t>bērnu vakcinācijai 2, 4 un balstvakcinācijai 12 – 15 mēnešu vecumā</w:t>
+                  </w:r>
+                </w:p>
+              </w:tc>
+              <w:tc>
+                <w:tcPr>
+                  <w:tcW w:w="2230" w:type="dxa"/>
+                </w:tcPr>
+                <w:p w14:paraId="327FF857" w14:textId="7E15529A" w:rsidR="006A35BD" w:rsidRDefault="006A35BD" w:rsidP="005C0E77">
+                  <w:pPr>
+                    <w:rPr>
+                      <w:b/>
+                      <w:bCs/>
+                    </w:rPr>
+                  </w:pPr>
+                  <w:r w:rsidRPr="00C94C79">
+                    <w:t xml:space="preserve">Instrukcija un zāļu apraksts ir pieejams </w:t>
+                  </w:r>
+                  <w:hyperlink r:id="rId12" w:history="1">
+                    <w:r w:rsidRPr="00C94C79">
+                      <w:rPr>
+                        <w:rStyle w:val="Hyperlink"/>
+                      </w:rPr>
+                      <w:t>šeit</w:t>
+                    </w:r>
+                  </w:hyperlink>
+                </w:p>
+              </w:tc>
+            </w:tr>
+            <w:tr w:rsidR="006A35BD" w14:paraId="38AB4CB6" w14:textId="77777777" w:rsidTr="0031600D">
+              <w:tc>
+                <w:tcPr>
+                  <w:tcW w:w="2229" w:type="dxa"/>
+                  <w:vMerge/>
+                </w:tcPr>
+                <w:p w14:paraId="6FB2C528" w14:textId="77777777" w:rsidR="006A35BD" w:rsidRDefault="006A35BD" w:rsidP="005C0E77">
+                  <w:pPr>
+                    <w:rPr>
+                      <w:b/>
+                      <w:bCs/>
+                    </w:rPr>
+                  </w:pPr>
+                </w:p>
+              </w:tc>
+              <w:tc>
+                <w:tcPr>
+                  <w:tcW w:w="2229" w:type="dxa"/>
+                </w:tcPr>
+                <w:p w14:paraId="38429355" w14:textId="4DCB26C8" w:rsidR="006A35BD" w:rsidRDefault="006A35BD" w:rsidP="005C0E77">
+                  <w:pPr>
+                    <w:rPr>
+                      <w:b/>
+                      <w:bCs/>
+                    </w:rPr>
+                  </w:pPr>
+                  <w:r>
+                    <w:rPr>
+                      <w:szCs w:val="24"/>
+                    </w:rPr>
+                    <w:t>s</w:t>
+                  </w:r>
+                  <w:r w:rsidRPr="00141FC9">
+                    <w:rPr>
+                      <w:szCs w:val="24"/>
+                    </w:rPr>
+                    <w:t>tandarta tuberkulīns</w:t>
+                  </w:r>
+                </w:p>
+              </w:tc>
+              <w:tc>
+                <w:tcPr>
+                  <w:tcW w:w="2229" w:type="dxa"/>
+                </w:tcPr>
+                <w:p w14:paraId="6D1AEAD5" w14:textId="059BAA51" w:rsidR="006A35BD" w:rsidRDefault="006A35BD" w:rsidP="005C0E77">
+                  <w:pPr>
+                    <w:rPr>
+                      <w:b/>
+                      <w:bCs/>
+                    </w:rPr>
+                  </w:pPr>
+                  <w:r w:rsidRPr="00141FC9">
+                    <w:rPr>
+                      <w:i/>
+                      <w:szCs w:val="24"/>
+                    </w:rPr>
+                    <w:t>Tuberculin</w:t>
+                  </w:r>
+                </w:p>
+              </w:tc>
+              <w:tc>
+                <w:tcPr>
+                  <w:tcW w:w="2230" w:type="dxa"/>
+                </w:tcPr>
+                <w:p w14:paraId="3CAFEE1B" w14:textId="3FE188DE" w:rsidR="006A35BD" w:rsidRDefault="006A35BD" w:rsidP="005C0E77">
+                  <w:pPr>
+                    <w:rPr>
+                      <w:b/>
+                      <w:bCs/>
+                    </w:rPr>
+                  </w:pPr>
+                  <w:r w:rsidRPr="00811849">
+                    <w:rPr>
+                      <w:i/>
+                      <w:szCs w:val="24"/>
+                    </w:rPr>
+                    <w:t>FGUP FMBA</w:t>
+                  </w:r>
+                </w:p>
+              </w:tc>
+              <w:tc>
+                <w:tcPr>
+                  <w:tcW w:w="2230" w:type="dxa"/>
+                </w:tcPr>
+                <w:p w14:paraId="444E5E0C" w14:textId="4A4C8344" w:rsidR="006A35BD" w:rsidRDefault="006A35BD" w:rsidP="005C0E77">
+                  <w:pPr>
+                    <w:rPr>
+                      <w:b/>
+                      <w:bCs/>
+                    </w:rPr>
+                  </w:pPr>
+                  <w:r>
+                    <w:rPr>
+                      <w:szCs w:val="24"/>
+                    </w:rPr>
+                    <w:t>intradermalā testa (Mantū raudze) veikšanai</w:t>
+                  </w:r>
+                </w:p>
+              </w:tc>
+              <w:tc>
+                <w:tcPr>
+                  <w:tcW w:w="2230" w:type="dxa"/>
+                </w:tcPr>
+                <w:p w14:paraId="0D7ABCD7" w14:textId="77777777" w:rsidR="006A35BD" w:rsidRDefault="006A35BD" w:rsidP="005C0E77">
+                  <w:pPr>
+                    <w:rPr>
+                      <w:b/>
+                      <w:bCs/>
+                    </w:rPr>
+                  </w:pPr>
+                </w:p>
+              </w:tc>
+            </w:tr>
+            <w:tr w:rsidR="006A35BD" w14:paraId="69414918" w14:textId="77777777" w:rsidTr="0031600D">
+              <w:tc>
+                <w:tcPr>
+                  <w:tcW w:w="2229" w:type="dxa"/>
+                  <w:vMerge/>
+                </w:tcPr>
+                <w:p w14:paraId="66AF615E" w14:textId="77777777" w:rsidR="006A35BD" w:rsidRDefault="006A35BD" w:rsidP="005C0E77">
+                  <w:pPr>
+                    <w:rPr>
+                      <w:b/>
+                      <w:bCs/>
+                    </w:rPr>
+                  </w:pPr>
+                </w:p>
+              </w:tc>
+              <w:tc>
+                <w:tcPr>
+                  <w:tcW w:w="2229" w:type="dxa"/>
+                </w:tcPr>
+                <w:p w14:paraId="7137444A" w14:textId="500C8173" w:rsidR="006A35BD" w:rsidRDefault="006A35BD" w:rsidP="005C0E77">
+                  <w:pPr>
+                    <w:rPr>
+                      <w:szCs w:val="24"/>
+                    </w:rPr>
+                  </w:pPr>
+                  <w:r w:rsidRPr="00141FC9">
+                    <w:rPr>
+                      <w:szCs w:val="24"/>
+                    </w:rPr>
+                    <w:t>šļirces BCG vakcīnas ievadīšanai</w:t>
+                  </w:r>
+                </w:p>
+              </w:tc>
+              <w:tc>
+                <w:tcPr>
+                  <w:tcW w:w="2229" w:type="dxa"/>
+                </w:tcPr>
+                <w:p w14:paraId="7043AF5C" w14:textId="77777777" w:rsidR="006A35BD" w:rsidRPr="00141FC9" w:rsidRDefault="006A35BD" w:rsidP="005C0E77">
+                  <w:pPr>
+                    <w:rPr>
+                      <w:i/>
+                      <w:szCs w:val="24"/>
+                    </w:rPr>
+                  </w:pPr>
+                </w:p>
+              </w:tc>
+              <w:tc>
+                <w:tcPr>
+                  <w:tcW w:w="2230" w:type="dxa"/>
+                </w:tcPr>
+                <w:p w14:paraId="6FAB4C96" w14:textId="77777777" w:rsidR="006A35BD" w:rsidRPr="00811849" w:rsidRDefault="006A35BD" w:rsidP="005C0E77">
+                  <w:pPr>
+                    <w:rPr>
+                      <w:i/>
+                      <w:szCs w:val="24"/>
+                    </w:rPr>
+                  </w:pPr>
+                </w:p>
+              </w:tc>
+              <w:tc>
+                <w:tcPr>
+                  <w:tcW w:w="2230" w:type="dxa"/>
+                </w:tcPr>
+                <w:p w14:paraId="19A6138D" w14:textId="77777777" w:rsidR="006A35BD" w:rsidRDefault="006A35BD" w:rsidP="005C0E77">
+                  <w:pPr>
+                    <w:rPr>
+                      <w:szCs w:val="24"/>
+                    </w:rPr>
+                  </w:pPr>
+                </w:p>
+              </w:tc>
+              <w:tc>
+                <w:tcPr>
+                  <w:tcW w:w="2230" w:type="dxa"/>
+                </w:tcPr>
+                <w:p w14:paraId="1348C1D8" w14:textId="77777777" w:rsidR="006A35BD" w:rsidRDefault="006A35BD" w:rsidP="005C0E77">
+                  <w:pPr>
+                    <w:rPr>
+                      <w:b/>
+                      <w:bCs/>
+                    </w:rPr>
+                  </w:pPr>
+                </w:p>
+              </w:tc>
+            </w:tr>
+            <w:tr w:rsidR="005C0E77" w14:paraId="2CE73405" w14:textId="77777777" w:rsidTr="0031600D">
+              <w:tc>
+                <w:tcPr>
+                  <w:tcW w:w="2229" w:type="dxa"/>
+                  <w:vMerge w:val="restart"/>
+                </w:tcPr>
+                <w:p w14:paraId="1EAABC55" w14:textId="6C51756A" w:rsidR="005C0E77" w:rsidRDefault="005C0E77" w:rsidP="005C0E77">
+                  <w:pPr>
+                    <w:rPr>
+                      <w:b/>
+                      <w:bCs/>
+                    </w:rPr>
+                  </w:pPr>
+                  <w:r w:rsidRPr="00C94C79">
+                    <w:rPr>
+                      <w:szCs w:val="24"/>
+                    </w:rPr>
+                    <w:t>SIA „Oribalt-Rīga” Dzelzavas iela 120M, Rīga, tālr. 67840807</w:t>
+                  </w:r>
+                </w:p>
+              </w:tc>
+              <w:tc>
+                <w:tcPr>
+                  <w:tcW w:w="2229" w:type="dxa"/>
+                </w:tcPr>
+                <w:p w14:paraId="1707D708" w14:textId="766D9828" w:rsidR="005C0E77" w:rsidRDefault="005C0E77" w:rsidP="005C0E77">
+                  <w:pPr>
+                    <w:rPr>
+                      <w:b/>
+                      <w:bCs/>
+                    </w:rPr>
+                  </w:pPr>
+                  <w:r w:rsidRPr="00C94C79">
+                    <w:rPr>
+                      <w:szCs w:val="24"/>
+                    </w:rPr>
+                    <w:t>difteriju un stinguma krampjiem (dT)</w:t>
+                  </w:r>
+                </w:p>
+              </w:tc>
+              <w:tc>
+                <w:tcPr>
+                  <w:tcW w:w="2229" w:type="dxa"/>
+                </w:tcPr>
+                <w:p w14:paraId="22D112B1" w14:textId="65731D42" w:rsidR="005C0E77" w:rsidRDefault="005C0E77" w:rsidP="005C0E77">
+                  <w:pPr>
+                    <w:rPr>
+                      <w:b/>
+                      <w:bCs/>
+                    </w:rPr>
+                  </w:pPr>
+                  <w:r w:rsidRPr="00C94C79">
+                    <w:rPr>
+                      <w:i/>
+                      <w:szCs w:val="24"/>
+                    </w:rPr>
+                    <w:t>Imovax d.T. Adult</w:t>
+                  </w:r>
+                </w:p>
+              </w:tc>
+              <w:tc>
+                <w:tcPr>
+                  <w:tcW w:w="2230" w:type="dxa"/>
+                </w:tcPr>
+                <w:p w14:paraId="49C6E066" w14:textId="0C364805" w:rsidR="005C0E77" w:rsidRDefault="005C0E77" w:rsidP="005C0E77">
+                  <w:pPr>
+                    <w:rPr>
+                      <w:b/>
+                      <w:bCs/>
+                    </w:rPr>
+                  </w:pPr>
+                  <w:r w:rsidRPr="00C94C79">
+                    <w:rPr>
+                      <w:i/>
+                      <w:szCs w:val="24"/>
+                    </w:rPr>
+                    <w:t>Sanofi Pasteur</w:t>
+                  </w:r>
+                </w:p>
+              </w:tc>
+              <w:tc>
+                <w:tcPr>
+                  <w:tcW w:w="2230" w:type="dxa"/>
+                </w:tcPr>
+                <w:p w14:paraId="6D9B898F" w14:textId="19758F88" w:rsidR="005C0E77" w:rsidRDefault="005C0E77" w:rsidP="005C0E77">
+                  <w:pPr>
+                    <w:rPr>
+                      <w:b/>
+                      <w:bCs/>
+                    </w:rPr>
+                  </w:pPr>
+                  <w:r w:rsidRPr="00C94C79">
+                    <w:rPr>
+                      <w:szCs w:val="24"/>
+                    </w:rPr>
+                    <w:t>pieaugušo vakcinācijai un balstvakcinācijai</w:t>
+                  </w:r>
+                </w:p>
+              </w:tc>
+              <w:tc>
+                <w:tcPr>
+                  <w:tcW w:w="2230" w:type="dxa"/>
+                </w:tcPr>
+                <w:p w14:paraId="02F9315B" w14:textId="4E101239" w:rsidR="005C0E77" w:rsidRDefault="005C0E77" w:rsidP="005C0E77">
+                  <w:pPr>
+                    <w:rPr>
+                      <w:b/>
+                      <w:bCs/>
+                    </w:rPr>
+                  </w:pPr>
+                  <w:r w:rsidRPr="00C94C79">
+                    <w:t xml:space="preserve">Instrukcija un zāļu apraksts ir pieejams </w:t>
+                  </w:r>
+                  <w:hyperlink r:id="rId13" w:history="1">
+                    <w:r w:rsidRPr="00C94C79">
+                      <w:rPr>
+                        <w:rStyle w:val="Hyperlink"/>
+                      </w:rPr>
+                      <w:t>šeit</w:t>
+                    </w:r>
+                  </w:hyperlink>
+                </w:p>
+              </w:tc>
+            </w:tr>
+            <w:tr w:rsidR="005C0E77" w14:paraId="015EE7E2" w14:textId="77777777" w:rsidTr="0031600D">
+              <w:tc>
+                <w:tcPr>
+                  <w:tcW w:w="2229" w:type="dxa"/>
+                  <w:vMerge/>
+                </w:tcPr>
+                <w:p w14:paraId="79F58931" w14:textId="77777777" w:rsidR="005C0E77" w:rsidRPr="00C94C79" w:rsidRDefault="005C0E77" w:rsidP="005C0E77">
+                  <w:pPr>
+                    <w:rPr>
+                      <w:szCs w:val="24"/>
+                    </w:rPr>
+                  </w:pPr>
+                </w:p>
+              </w:tc>
+              <w:tc>
+                <w:tcPr>
+                  <w:tcW w:w="2229" w:type="dxa"/>
+                </w:tcPr>
+                <w:p w14:paraId="5D9E0CD4" w14:textId="77777777" w:rsidR="005C0E77" w:rsidRPr="00C94C79" w:rsidRDefault="005C0E77" w:rsidP="005C0E77">
+                  <w:pPr>
+                    <w:rPr>
+                      <w:szCs w:val="24"/>
+                    </w:rPr>
+                  </w:pPr>
+                  <w:r w:rsidRPr="00DB7194">
+                    <w:rPr>
+                      <w:szCs w:val="24"/>
+                    </w:rPr>
+                    <w:t>masalām, masaliņām un epidēmisko parotītu</w:t>
+                  </w:r>
+                  <w:r w:rsidRPr="00DB7194">
+                    <w:rPr>
+                      <w:b/>
+                      <w:szCs w:val="24"/>
+                    </w:rPr>
+                    <w:t xml:space="preserve"> </w:t>
+                  </w:r>
+                  <w:r w:rsidRPr="00DB7194">
+                    <w:rPr>
+                      <w:szCs w:val="24"/>
+                    </w:rPr>
+                    <w:t>(MPR)</w:t>
+                  </w:r>
+                </w:p>
+                <w:p w14:paraId="5B9D23BF" w14:textId="77777777" w:rsidR="005C0E77" w:rsidRPr="00C94C79" w:rsidRDefault="005C0E77" w:rsidP="005C0E77">
+                  <w:pPr>
+                    <w:rPr>
+                      <w:szCs w:val="24"/>
+                    </w:rPr>
+                  </w:pPr>
+                </w:p>
+              </w:tc>
+              <w:tc>
+                <w:tcPr>
+                  <w:tcW w:w="2229" w:type="dxa"/>
+                </w:tcPr>
+                <w:p w14:paraId="36713579" w14:textId="269ADE25" w:rsidR="005C0E77" w:rsidRPr="00C94C79" w:rsidRDefault="005C0E77" w:rsidP="005C0E77">
+                  <w:pPr>
+                    <w:rPr>
+                      <w:i/>
+                      <w:szCs w:val="24"/>
+                    </w:rPr>
+                  </w:pPr>
+                  <w:r>
+                    <w:rPr>
+                      <w:i/>
+                      <w:szCs w:val="24"/>
+                    </w:rPr>
+                    <w:lastRenderedPageBreak/>
+                    <w:t>M-M-RVaxPro</w:t>
+                  </w:r>
+                </w:p>
+              </w:tc>
+              <w:tc>
+                <w:tcPr>
+                  <w:tcW w:w="2230" w:type="dxa"/>
+                </w:tcPr>
+                <w:p w14:paraId="301D29B1" w14:textId="654BAA8F" w:rsidR="005C0E77" w:rsidRPr="00C94C79" w:rsidRDefault="005C0E77" w:rsidP="005C0E77">
+                  <w:pPr>
+                    <w:rPr>
+                      <w:i/>
+                      <w:szCs w:val="24"/>
+                    </w:rPr>
+                  </w:pPr>
+                  <w:r>
+                    <w:rPr>
+                      <w:i/>
+                      <w:szCs w:val="24"/>
+                    </w:rPr>
+                    <w:t>Merck Sharp</w:t>
+                  </w:r>
+                </w:p>
+              </w:tc>
+              <w:tc>
+                <w:tcPr>
+                  <w:tcW w:w="2230" w:type="dxa"/>
+                </w:tcPr>
+                <w:p w14:paraId="69D530C2" w14:textId="651FE0D1" w:rsidR="005C0E77" w:rsidRPr="00C94C79" w:rsidRDefault="005C0E77" w:rsidP="005C0E77">
+                  <w:pPr>
+                    <w:rPr>
+                      <w:szCs w:val="24"/>
+                    </w:rPr>
+                  </w:pPr>
+                  <w:r w:rsidRPr="00DB7194">
+                    <w:rPr>
+                      <w:szCs w:val="24"/>
+                    </w:rPr>
+                    <w:t xml:space="preserve">bērnu vakcinācijai 12 – 15 mēnešu vecumā un </w:t>
+                  </w:r>
+                  <w:r w:rsidRPr="00DB7194">
+                    <w:rPr>
+                      <w:szCs w:val="24"/>
+                    </w:rPr>
+                    <w:lastRenderedPageBreak/>
+                    <w:t>balstvakcinācijai 7 gadu vecumā</w:t>
+                  </w:r>
+                </w:p>
+              </w:tc>
+              <w:tc>
+                <w:tcPr>
+                  <w:tcW w:w="2230" w:type="dxa"/>
+                </w:tcPr>
+                <w:p w14:paraId="32BC6AEE" w14:textId="2BDABB06" w:rsidR="005C0E77" w:rsidRPr="00C94C79" w:rsidRDefault="008B38CD" w:rsidP="005C0E77">
+                  <w:r w:rsidRPr="00C94C79">
+                    <w:lastRenderedPageBreak/>
+                    <w:t xml:space="preserve">Instrukcija un zāļu apraksts ir pieejams </w:t>
+                  </w:r>
+                  <w:hyperlink r:id="rId14" w:history="1">
+                    <w:r w:rsidRPr="00C94C79">
+                      <w:rPr>
+                        <w:rStyle w:val="Hyperlink"/>
+                      </w:rPr>
+                      <w:t>šeit</w:t>
+                    </w:r>
+                  </w:hyperlink>
+                </w:p>
+              </w:tc>
+            </w:tr>
+            <w:tr w:rsidR="005C0E77" w14:paraId="7B417765" w14:textId="77777777" w:rsidTr="0031600D">
+              <w:tc>
+                <w:tcPr>
+                  <w:tcW w:w="2229" w:type="dxa"/>
+                  <w:vMerge/>
+                </w:tcPr>
+                <w:p w14:paraId="721C30FB" w14:textId="77777777" w:rsidR="005C0E77" w:rsidRPr="00C94C79" w:rsidRDefault="005C0E77" w:rsidP="005C0E77">
+                  <w:pPr>
+                    <w:rPr>
+                      <w:szCs w:val="24"/>
+                    </w:rPr>
+                  </w:pPr>
+                </w:p>
+              </w:tc>
+              <w:tc>
+                <w:tcPr>
+                  <w:tcW w:w="2229" w:type="dxa"/>
+                </w:tcPr>
+                <w:p w14:paraId="3E8FF376" w14:textId="367CC295" w:rsidR="005C0E77" w:rsidRPr="00C94C79" w:rsidRDefault="005C0E77" w:rsidP="005C0E77">
+                  <w:pPr>
+                    <w:rPr>
+                      <w:szCs w:val="24"/>
+                    </w:rPr>
+                  </w:pPr>
+                  <w:r w:rsidRPr="00DB7194">
+                    <w:rPr>
+                      <w:szCs w:val="24"/>
+                    </w:rPr>
+                    <w:t>cilvēka papilomas vīrusu infekciju (CPV)</w:t>
+                  </w:r>
+                </w:p>
+              </w:tc>
+              <w:tc>
+                <w:tcPr>
+                  <w:tcW w:w="2229" w:type="dxa"/>
+                </w:tcPr>
+                <w:p w14:paraId="337BCD76" w14:textId="52F61368" w:rsidR="005C0E77" w:rsidRPr="00C94C79" w:rsidRDefault="005C0E77" w:rsidP="005C0E77">
+                  <w:pPr>
+                    <w:rPr>
+                      <w:i/>
+                      <w:szCs w:val="24"/>
+                    </w:rPr>
+                  </w:pPr>
+                  <w:r w:rsidRPr="000A2397">
+                    <w:rPr>
+                      <w:i/>
+                      <w:iCs/>
+                      <w:szCs w:val="24"/>
+                    </w:rPr>
+                    <w:t>Gardasil 9</w:t>
+                  </w:r>
+                </w:p>
+              </w:tc>
+              <w:tc>
+                <w:tcPr>
+                  <w:tcW w:w="2230" w:type="dxa"/>
+                </w:tcPr>
+                <w:p w14:paraId="2F85E84F" w14:textId="22DB0C6A" w:rsidR="005C0E77" w:rsidRPr="00C94C79" w:rsidRDefault="005C0E77" w:rsidP="005C0E77">
+                  <w:pPr>
+                    <w:rPr>
+                      <w:i/>
+                      <w:szCs w:val="24"/>
+                    </w:rPr>
+                  </w:pPr>
+                  <w:r>
+                    <w:rPr>
+                      <w:i/>
+                      <w:szCs w:val="24"/>
+                    </w:rPr>
+                    <w:t>Merck Sharp</w:t>
+                  </w:r>
+                </w:p>
+              </w:tc>
+              <w:tc>
+                <w:tcPr>
+                  <w:tcW w:w="2230" w:type="dxa"/>
+                </w:tcPr>
+                <w:p w14:paraId="3F2DDA45" w14:textId="370A7846" w:rsidR="005C0E77" w:rsidRPr="00C94C79" w:rsidRDefault="005C0E77" w:rsidP="0015100A">
+                  <w:pPr>
+                    <w:rPr>
+                      <w:szCs w:val="24"/>
+                    </w:rPr>
+                  </w:pPr>
+                  <w:r w:rsidRPr="00DB7194">
+                    <w:rPr>
+                      <w:szCs w:val="24"/>
+                    </w:rPr>
+                    <w:t xml:space="preserve">meiteņu </w:t>
+                  </w:r>
+                  <w:r>
+                    <w:rPr>
+                      <w:szCs w:val="24"/>
+                    </w:rPr>
+                    <w:t xml:space="preserve">un zēnu </w:t>
+                  </w:r>
+                  <w:r w:rsidRPr="00DB7194">
+                    <w:rPr>
+                      <w:szCs w:val="24"/>
+                    </w:rPr>
+                    <w:t>vakcinācijai 12 gadu vecumā</w:t>
+                  </w:r>
+                </w:p>
+              </w:tc>
+              <w:tc>
+                <w:tcPr>
+                  <w:tcW w:w="2230" w:type="dxa"/>
+                </w:tcPr>
+                <w:p w14:paraId="5D1B4C0D" w14:textId="33451554" w:rsidR="005C0E77" w:rsidRPr="00C94C79" w:rsidRDefault="008B38CD" w:rsidP="005C0E77">
+                  <w:r w:rsidRPr="00C94C79">
+                    <w:t xml:space="preserve">Instrukcija un zāļu apraksts ir pieejams </w:t>
+                  </w:r>
+                  <w:hyperlink r:id="rId15" w:history="1">
+                    <w:r w:rsidRPr="00C94C79">
+                      <w:rPr>
+                        <w:rStyle w:val="Hyperlink"/>
+                      </w:rPr>
+                      <w:t>šeit</w:t>
+                    </w:r>
+                  </w:hyperlink>
+                </w:p>
+              </w:tc>
+            </w:tr>
+            <w:tr w:rsidR="00197426" w14:paraId="17829D29" w14:textId="77777777" w:rsidTr="0031600D">
+              <w:tc>
+                <w:tcPr>
+                  <w:tcW w:w="2229" w:type="dxa"/>
+                  <w:vMerge w:val="restart"/>
+                </w:tcPr>
+                <w:p w14:paraId="1DE91B7E" w14:textId="77777777" w:rsidR="00ED2984" w:rsidRDefault="00197426" w:rsidP="00197426">
+                  <w:pPr>
+                    <w:rPr>
+                      <w:bCs/>
+                      <w:szCs w:val="24"/>
+                    </w:rPr>
+                  </w:pPr>
+                  <w:r>
+                    <w:rPr>
+                      <w:bCs/>
+                      <w:szCs w:val="24"/>
+                    </w:rPr>
+                    <w:t xml:space="preserve">SIA “Tamro”, Noliktavu iela 5, Dreiliņi, Stopiņu novads, Rīgas rajons, </w:t>
+                  </w:r>
+                </w:p>
+                <w:p w14:paraId="60CACF99" w14:textId="77777777" w:rsidR="00ED2984" w:rsidRDefault="00ED2984" w:rsidP="00197426">
+                  <w:pPr>
+                    <w:rPr>
+                      <w:bCs/>
+                      <w:szCs w:val="24"/>
+                    </w:rPr>
+                  </w:pPr>
+                </w:p>
+                <w:p w14:paraId="27828DF5" w14:textId="77777777" w:rsidR="00ED2984" w:rsidRDefault="00ED2984" w:rsidP="00ED2984">
+                  <w:r>
+                    <w:rPr>
+                      <w:bCs/>
+                      <w:szCs w:val="24"/>
+                    </w:rPr>
+                    <w:t>tālr. 67067819 (</w:t>
+                  </w:r>
+                  <w:r w:rsidRPr="00C94C79">
+                    <w:rPr>
+                      <w:i/>
+                      <w:szCs w:val="24"/>
+                    </w:rPr>
+                    <w:t>RotaTeq</w:t>
+                  </w:r>
+                  <w:r>
+                    <w:rPr>
+                      <w:i/>
+                      <w:szCs w:val="24"/>
+                    </w:rPr>
+                    <w:t>,</w:t>
+                  </w:r>
+                </w:p>
+                <w:p w14:paraId="568CAFC4" w14:textId="77777777" w:rsidR="00ED2984" w:rsidRDefault="00ED2984" w:rsidP="00ED2984">
+                  <w:pPr>
+                    <w:rPr>
+                      <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                      <w:color w:val="1F497D"/>
+                      <w:sz w:val="22"/>
+                      <w:szCs w:val="22"/>
+                    </w:rPr>
+                  </w:pPr>
+                  <w:r w:rsidRPr="00C94C79">
+                    <w:rPr>
+                      <w:i/>
+                      <w:szCs w:val="24"/>
+                    </w:rPr>
+                    <w:t>Infanrix Hexa</w:t>
+                  </w:r>
+                  <w:r>
+                    <w:rPr>
+                      <w:bCs/>
+                      <w:szCs w:val="24"/>
+                    </w:rPr>
+                    <w:t xml:space="preserve">) </w:t>
+                  </w:r>
+                </w:p>
+                <w:p w14:paraId="770575BB" w14:textId="77777777" w:rsidR="00ED2984" w:rsidRDefault="00ED2984" w:rsidP="00197426">
+                  <w:pPr>
+                    <w:rPr>
+                      <w:bCs/>
+                      <w:szCs w:val="24"/>
+                    </w:rPr>
+                  </w:pPr>
+                </w:p>
+                <w:p w14:paraId="4CF8410E" w14:textId="5F8B1DDC" w:rsidR="00197426" w:rsidRPr="00060285" w:rsidRDefault="00197426" w:rsidP="00197426">
+                  <w:r>
+                    <w:rPr>
+                      <w:bCs/>
+                      <w:szCs w:val="24"/>
+                    </w:rPr>
+                    <w:t>tālr. 67067845 (</w:t>
+                  </w:r>
+                  <w:r w:rsidRPr="001324A1">
+                    <w:rPr>
+                      <w:bCs/>
+                      <w:i/>
+                      <w:iCs/>
+                      <w:szCs w:val="24"/>
+                    </w:rPr>
+                    <w:t>Varilrix</w:t>
+                  </w:r>
+                  <w:r>
+                    <w:rPr>
+                      <w:bCs/>
+                      <w:szCs w:val="24"/>
+                    </w:rPr>
+                    <w:t xml:space="preserve">, </w:t>
+                  </w:r>
+                  <w:r>
+                    <w:rPr>
+                      <w:i/>
+                      <w:szCs w:val="24"/>
+                    </w:rPr>
+                    <w:t>EngerixB 10 mkg, EngerixB 20 mkg</w:t>
+                  </w:r>
+                  <w:r>
+                    <w:rPr>
+                      <w:bCs/>
+                      <w:szCs w:val="24"/>
+                    </w:rPr>
+                    <w:t>)</w:t>
+                  </w:r>
+                </w:p>
+                <w:p w14:paraId="6AE49791" w14:textId="77777777" w:rsidR="00197426" w:rsidRPr="00627886" w:rsidRDefault="00197426" w:rsidP="00197426"/>
+                <w:p w14:paraId="513CF197" w14:textId="77777777" w:rsidR="00197426" w:rsidRPr="00C94C79" w:rsidRDefault="00197426" w:rsidP="00ED2984">
+                  <w:pPr>
+                    <w:rPr>
+                      <w:szCs w:val="24"/>
+                    </w:rPr>
+                  </w:pPr>
+                </w:p>
+              </w:tc>
+              <w:tc>
+                <w:tcPr>
+                  <w:tcW w:w="2229" w:type="dxa"/>
+                </w:tcPr>
+                <w:p w14:paraId="2A0D1F39" w14:textId="2BCD3957" w:rsidR="00197426" w:rsidRPr="00DB7194" w:rsidRDefault="008D4D17" w:rsidP="005C0E77">
+                  <w:pPr>
+                    <w:rPr>
+                      <w:szCs w:val="24"/>
+                    </w:rPr>
+                  </w:pPr>
+                  <w:r w:rsidRPr="00C94C79">
+                    <w:rPr>
+                      <w:szCs w:val="24"/>
+                    </w:rPr>
+                    <w:t xml:space="preserve">difteriju, stinguma krampjiem, garo klepu, poliomielītu, b tipa </w:t>
+                  </w:r>
+                  <w:r w:rsidRPr="00C94C79">
+                    <w:rPr>
+                      <w:i/>
+                      <w:iCs/>
+                      <w:szCs w:val="24"/>
+                    </w:rPr>
+                    <w:t>Haemophilus influenzae</w:t>
+                  </w:r>
+                  <w:r w:rsidRPr="00C94C79">
+                    <w:rPr>
+                      <w:szCs w:val="24"/>
+                    </w:rPr>
+                    <w:t xml:space="preserve"> infekciju un B hepatītu (DTaP-IPV-Hib-HB)</w:t>
+                  </w:r>
+                </w:p>
+              </w:tc>
+              <w:tc>
+                <w:tcPr>
+                  <w:tcW w:w="2229" w:type="dxa"/>
+                </w:tcPr>
+                <w:p w14:paraId="5473A0BA" w14:textId="7823BA8A" w:rsidR="00197426" w:rsidRPr="000A2397" w:rsidRDefault="005C6243" w:rsidP="005C0E77">
+                  <w:pPr>
+                    <w:rPr>
+                      <w:i/>
+                      <w:iCs/>
+                      <w:szCs w:val="24"/>
+                    </w:rPr>
+                  </w:pPr>
+                  <w:r>
+                    <w:rPr>
+                      <w:i/>
+                      <w:szCs w:val="24"/>
+                    </w:rPr>
+                    <w:t>Infanrix Hexa</w:t>
+                  </w:r>
+                </w:p>
+              </w:tc>
+              <w:tc>
+                <w:tcPr>
+                  <w:tcW w:w="2230" w:type="dxa"/>
+                </w:tcPr>
+                <w:p w14:paraId="72E9E34C" w14:textId="0BAF724B" w:rsidR="00197426" w:rsidRDefault="00FE1980" w:rsidP="00FE1980">
+                  <w:pPr>
+                    <w:rPr>
+                      <w:i/>
+                      <w:szCs w:val="24"/>
+                    </w:rPr>
+                  </w:pPr>
+                  <w:r w:rsidRPr="00C94C79">
+                    <w:rPr>
+                      <w:i/>
+                      <w:iCs/>
+                      <w:szCs w:val="24"/>
+                    </w:rPr>
+                    <w:t>GlaxoSmithKline</w:t>
+                  </w:r>
+                </w:p>
+              </w:tc>
+              <w:tc>
+                <w:tcPr>
+                  <w:tcW w:w="2230" w:type="dxa"/>
+                </w:tcPr>
+                <w:p w14:paraId="11C1D1C0" w14:textId="467EDAEF" w:rsidR="00197426" w:rsidRPr="00DB7194" w:rsidRDefault="00073476" w:rsidP="0015100A">
+                  <w:pPr>
+                    <w:rPr>
+                      <w:szCs w:val="24"/>
+                    </w:rPr>
+                  </w:pPr>
+                  <w:r>
+                    <w:rPr>
+                      <w:szCs w:val="24"/>
+                    </w:rPr>
+                    <w:t>z</w:t>
+                  </w:r>
+                  <w:r w:rsidRPr="00C94C79">
+                    <w:rPr>
+                      <w:szCs w:val="24"/>
+                    </w:rPr>
+                    <w:t>īdaiņu vakcinācijai 2, 4, 6 mēnešu vecumā un balstvakcinācijai 12 – 15 mēnešu vecumā</w:t>
+                  </w:r>
+                </w:p>
+              </w:tc>
+              <w:tc>
+                <w:tcPr>
+                  <w:tcW w:w="2230" w:type="dxa"/>
+                </w:tcPr>
+                <w:p w14:paraId="53985F08" w14:textId="396FE011" w:rsidR="00197426" w:rsidRPr="00C94C79" w:rsidRDefault="00FB39E2" w:rsidP="005C0E77">
+                  <w:r w:rsidRPr="00C94C79">
+                    <w:t xml:space="preserve">Instrukcija un zāļu apraksts ir pieejams </w:t>
+                  </w:r>
+                  <w:hyperlink r:id="rId16" w:history="1">
+                    <w:r w:rsidRPr="00C94C79">
+                      <w:rPr>
+                        <w:rStyle w:val="Hyperlink"/>
+                      </w:rPr>
+                      <w:t>šeit</w:t>
+                    </w:r>
+                  </w:hyperlink>
+                </w:p>
+              </w:tc>
+            </w:tr>
+            <w:tr w:rsidR="00197426" w14:paraId="05BC4A3C" w14:textId="77777777" w:rsidTr="0031600D">
+              <w:tc>
+                <w:tcPr>
+                  <w:tcW w:w="2229" w:type="dxa"/>
+                  <w:vMerge/>
+                </w:tcPr>
+                <w:p w14:paraId="0477D250" w14:textId="77777777" w:rsidR="00197426" w:rsidRPr="00C94C79" w:rsidRDefault="00197426" w:rsidP="005C0E77">
+                  <w:pPr>
+                    <w:rPr>
+                      <w:szCs w:val="24"/>
+                    </w:rPr>
+                  </w:pPr>
+                </w:p>
+              </w:tc>
+              <w:tc>
+                <w:tcPr>
+                  <w:tcW w:w="2229" w:type="dxa"/>
+                </w:tcPr>
+                <w:p w14:paraId="03CC0170" w14:textId="1A945053" w:rsidR="00197426" w:rsidRPr="00DB7194" w:rsidRDefault="009B0E95" w:rsidP="005C0E77">
+                  <w:pPr>
+                    <w:rPr>
+                      <w:szCs w:val="24"/>
+                    </w:rPr>
+                  </w:pPr>
+                  <w:r w:rsidRPr="00C94C79">
+                    <w:rPr>
+                      <w:szCs w:val="24"/>
+                    </w:rPr>
+                    <w:t>rotavīrusa infekciju (RV)</w:t>
+                  </w:r>
+                </w:p>
+              </w:tc>
+              <w:tc>
+                <w:tcPr>
+                  <w:tcW w:w="2229" w:type="dxa"/>
+                </w:tcPr>
+                <w:p w14:paraId="445FC5E8" w14:textId="01D5A592" w:rsidR="00197426" w:rsidRPr="000A2397" w:rsidRDefault="006B236B" w:rsidP="005C0E77">
+                  <w:pPr>
+                    <w:rPr>
+                      <w:i/>
+                      <w:iCs/>
+                      <w:szCs w:val="24"/>
+                    </w:rPr>
+                  </w:pPr>
+                  <w:r w:rsidRPr="00C94C79">
+                    <w:rPr>
+                      <w:i/>
+                      <w:szCs w:val="24"/>
+                    </w:rPr>
+                    <w:t>RotaTeq</w:t>
+                  </w:r>
+                </w:p>
+              </w:tc>
+              <w:tc>
+                <w:tcPr>
+                  <w:tcW w:w="2230" w:type="dxa"/>
+                </w:tcPr>
+                <w:p w14:paraId="2938332B" w14:textId="0509C47C" w:rsidR="00197426" w:rsidRDefault="00B40427" w:rsidP="005C0E77">
+                  <w:pPr>
+                    <w:rPr>
+                      <w:i/>
+                      <w:szCs w:val="24"/>
+                    </w:rPr>
+                  </w:pPr>
+                  <w:r w:rsidRPr="00C94C79">
+                    <w:rPr>
+                      <w:i/>
+                      <w:szCs w:val="24"/>
+                    </w:rPr>
+                    <w:t>Merck Sharp</w:t>
+                  </w:r>
+                </w:p>
+              </w:tc>
+              <w:tc>
+                <w:tcPr>
+                  <w:tcW w:w="2230" w:type="dxa"/>
+                </w:tcPr>
+                <w:p w14:paraId="6C0FC2F3" w14:textId="39A9F249" w:rsidR="00197426" w:rsidRPr="00DB7194" w:rsidRDefault="001122E1" w:rsidP="0015100A">
+                  <w:pPr>
+                    <w:rPr>
+                      <w:szCs w:val="24"/>
+                    </w:rPr>
+                  </w:pPr>
+                  <w:r w:rsidRPr="00C94C79">
+                    <w:rPr>
+                      <w:szCs w:val="24"/>
+                    </w:rPr>
+                    <w:t>bērnu vakcinācijai 2, 4 un 6 mēnešu vecumā</w:t>
+                  </w:r>
+                </w:p>
+              </w:tc>
+              <w:tc>
+                <w:tcPr>
+                  <w:tcW w:w="2230" w:type="dxa"/>
+                </w:tcPr>
+                <w:p w14:paraId="33B6C550" w14:textId="6BCAB9D5" w:rsidR="00197426" w:rsidRPr="00C94C79" w:rsidRDefault="00FB39E2" w:rsidP="005C0E77">
+                  <w:r w:rsidRPr="00C94C79">
+                    <w:t xml:space="preserve">Instrukcija un zāļu apraksts ir pieejams </w:t>
+                  </w:r>
+                  <w:hyperlink r:id="rId17" w:history="1">
+                    <w:r w:rsidRPr="00C94C79">
+                      <w:rPr>
+                        <w:rStyle w:val="Hyperlink"/>
+                      </w:rPr>
+                      <w:t>šeit</w:t>
+                    </w:r>
+                  </w:hyperlink>
+                </w:p>
+              </w:tc>
+            </w:tr>
+            <w:tr w:rsidR="00197426" w14:paraId="6077F58B" w14:textId="77777777" w:rsidTr="0031600D">
+              <w:tc>
+                <w:tcPr>
+                  <w:tcW w:w="2229" w:type="dxa"/>
+                  <w:vMerge/>
+                </w:tcPr>
+                <w:p w14:paraId="4E702AE4" w14:textId="77777777" w:rsidR="00197426" w:rsidRPr="00C94C79" w:rsidRDefault="00197426" w:rsidP="005C0E77">
+                  <w:pPr>
+                    <w:rPr>
+                      <w:szCs w:val="24"/>
+                    </w:rPr>
+                  </w:pPr>
+                </w:p>
+              </w:tc>
+              <w:tc>
+                <w:tcPr>
+                  <w:tcW w:w="2229" w:type="dxa"/>
+                </w:tcPr>
+                <w:p w14:paraId="402A4013" w14:textId="7DF7EB74" w:rsidR="00197426" w:rsidRPr="00DB7194" w:rsidRDefault="00FB39E2" w:rsidP="005C0E77">
+                  <w:pPr>
+                    <w:rPr>
+                      <w:szCs w:val="24"/>
+                    </w:rPr>
+                  </w:pPr>
+                  <w:r w:rsidRPr="00DB7194">
+                    <w:rPr>
+                      <w:szCs w:val="24"/>
+                    </w:rPr>
+                    <w:t>vējbakām (Varicella)</w:t>
+                  </w:r>
+                </w:p>
+              </w:tc>
+              <w:tc>
+                <w:tcPr>
+                  <w:tcW w:w="2229" w:type="dxa"/>
+                </w:tcPr>
+                <w:p w14:paraId="2FE8EB2D" w14:textId="11EDABD3" w:rsidR="00197426" w:rsidRPr="000A2397" w:rsidRDefault="00FB39E2" w:rsidP="005C0E77">
+                  <w:pPr>
+                    <w:rPr>
+                      <w:i/>
+                      <w:iCs/>
+                      <w:szCs w:val="24"/>
+                    </w:rPr>
+                  </w:pPr>
+                  <w:r>
+                    <w:rPr>
+                      <w:i/>
+                      <w:szCs w:val="24"/>
+                    </w:rPr>
+                    <w:t>Varilrix</w:t>
+                  </w:r>
+                </w:p>
+              </w:tc>
+              <w:tc>
+                <w:tcPr>
+                  <w:tcW w:w="2230" w:type="dxa"/>
+                </w:tcPr>
+                <w:p w14:paraId="1592E1C3" w14:textId="0200EC33" w:rsidR="00197426" w:rsidRDefault="005F1411" w:rsidP="005C0E77">
+                  <w:pPr>
+                    <w:rPr>
+                      <w:i/>
+                      <w:szCs w:val="24"/>
+                    </w:rPr>
+                  </w:pPr>
+                  <w:r w:rsidRPr="008F5B59">
+                    <w:rPr>
+                      <w:i/>
+                      <w:iCs/>
+                      <w:szCs w:val="24"/>
+                    </w:rPr>
+                    <w:t>GlaxoSmithKline</w:t>
+                  </w:r>
+                </w:p>
+              </w:tc>
+              <w:tc>
+                <w:tcPr>
+                  <w:tcW w:w="2230" w:type="dxa"/>
+                </w:tcPr>
+                <w:p w14:paraId="3EEBA319" w14:textId="77D58873" w:rsidR="00197426" w:rsidRPr="00DB7194" w:rsidRDefault="00FB39E2" w:rsidP="0015100A">
+                  <w:pPr>
+                    <w:rPr>
+                      <w:szCs w:val="24"/>
+                    </w:rPr>
+                  </w:pPr>
+                  <w:r w:rsidRPr="00DB7194">
+                    <w:rPr>
+                      <w:szCs w:val="24"/>
+                    </w:rPr>
+                    <w:t>bērnu vakcinācijai 12 – 15 mēnešu vecumā un balstvakcinācijai 7 gadu vecumā</w:t>
+                  </w:r>
+                </w:p>
+              </w:tc>
+              <w:tc>
+                <w:tcPr>
+                  <w:tcW w:w="2230" w:type="dxa"/>
+                </w:tcPr>
+                <w:p w14:paraId="70DCC4D4" w14:textId="78E30833" w:rsidR="00197426" w:rsidRPr="00C94C79" w:rsidRDefault="00FB39E2" w:rsidP="005C0E77">
+                  <w:r w:rsidRPr="00C94C79">
+                    <w:t xml:space="preserve">Instrukcija un zāļu apraksts ir pieejams </w:t>
+                  </w:r>
+                  <w:hyperlink r:id="rId18" w:history="1">
+                    <w:r w:rsidRPr="00C94C79">
+                      <w:rPr>
+                        <w:rStyle w:val="Hyperlink"/>
+                      </w:rPr>
+                      <w:t>šeit</w:t>
+                    </w:r>
+                  </w:hyperlink>
+                </w:p>
+              </w:tc>
+            </w:tr>
+            <w:tr w:rsidR="00197426" w14:paraId="09656A48" w14:textId="77777777" w:rsidTr="0031600D">
+              <w:tc>
+                <w:tcPr>
+                  <w:tcW w:w="2229" w:type="dxa"/>
+                  <w:vMerge/>
+                </w:tcPr>
+                <w:p w14:paraId="031DDCC4" w14:textId="77777777" w:rsidR="00197426" w:rsidRPr="00C94C79" w:rsidRDefault="00197426" w:rsidP="005C0E77">
+                  <w:pPr>
+                    <w:rPr>
+                      <w:szCs w:val="24"/>
+                    </w:rPr>
+                  </w:pPr>
+                </w:p>
+              </w:tc>
+              <w:tc>
+                <w:tcPr>
+                  <w:tcW w:w="2229" w:type="dxa"/>
+                </w:tcPr>
+                <w:p w14:paraId="2BAAEDF9" w14:textId="3E03D8B9" w:rsidR="00197426" w:rsidRPr="00DB7194" w:rsidRDefault="006B236B" w:rsidP="005C0E77">
+                  <w:pPr>
+                    <w:rPr>
+                      <w:szCs w:val="24"/>
+                    </w:rPr>
+                  </w:pPr>
+                  <w:r w:rsidRPr="001F5A87">
+                    <w:rPr>
+                      <w:szCs w:val="24"/>
+                    </w:rPr>
+                    <w:t>B hepatītu (HB) bērniem līdz 15 gadu vecuma</w:t>
+                  </w:r>
+                  <w:r>
+                    <w:rPr>
+                      <w:szCs w:val="24"/>
+                    </w:rPr>
+                    <w:t>m</w:t>
+                  </w:r>
+                </w:p>
+              </w:tc>
+              <w:tc>
+                <w:tcPr>
+                  <w:tcW w:w="2229" w:type="dxa"/>
+                </w:tcPr>
+                <w:p w14:paraId="577827B9" w14:textId="570948FF" w:rsidR="00197426" w:rsidRPr="000A2397" w:rsidRDefault="00ED2984" w:rsidP="005C0E77">
+                  <w:pPr>
+                    <w:rPr>
+                      <w:i/>
+                      <w:iCs/>
+                      <w:szCs w:val="24"/>
+                    </w:rPr>
+                  </w:pPr>
+                  <w:r w:rsidRPr="007819DA">
+                    <w:rPr>
+                      <w:i/>
+                      <w:szCs w:val="24"/>
+                    </w:rPr>
+                    <w:t xml:space="preserve">Engerix B </w:t>
+                  </w:r>
+                  <w:r>
+                    <w:rPr>
+                      <w:i/>
+                      <w:szCs w:val="24"/>
+                    </w:rPr>
+                    <w:t>1</w:t>
+                  </w:r>
+                  <w:r w:rsidRPr="007819DA">
+                    <w:rPr>
+                      <w:i/>
+                      <w:szCs w:val="24"/>
+                    </w:rPr>
+                    <w:t>0 mkg</w:t>
+                  </w:r>
+                </w:p>
+              </w:tc>
+              <w:tc>
+                <w:tcPr>
+                  <w:tcW w:w="2230" w:type="dxa"/>
+                </w:tcPr>
+                <w:p w14:paraId="3798D2E1" w14:textId="10FD0A5A" w:rsidR="00197426" w:rsidRDefault="00ED2984" w:rsidP="005C0E77">
+                  <w:pPr>
+                    <w:rPr>
+                      <w:i/>
+                      <w:szCs w:val="24"/>
+                    </w:rPr>
+                  </w:pPr>
+                  <w:r w:rsidRPr="008F5B59">
+                    <w:rPr>
+                      <w:i/>
+                      <w:iCs/>
+                      <w:szCs w:val="24"/>
+                    </w:rPr>
+                    <w:t>GlaxoSmithKline</w:t>
+                  </w:r>
+                </w:p>
+              </w:tc>
+              <w:tc>
+                <w:tcPr>
+                  <w:tcW w:w="2230" w:type="dxa"/>
+                </w:tcPr>
+                <w:p w14:paraId="0EE04C0C" w14:textId="77777777" w:rsidR="006B236B" w:rsidRPr="00C94C79" w:rsidRDefault="006B236B" w:rsidP="006B236B">
+                  <w:pPr>
+                    <w:rPr>
+                      <w:szCs w:val="24"/>
+                    </w:rPr>
+                  </w:pPr>
+                  <w:r w:rsidRPr="00DB7194">
+                    <w:rPr>
+                      <w:szCs w:val="24"/>
+                    </w:rPr>
+                    <w:t>bērnu vakcinācijai 12 – 15 mēnešu vecumā un balstvakcinācijai 7 gadu vecumā</w:t>
+                  </w:r>
+                </w:p>
+                <w:p w14:paraId="7CDEC013" w14:textId="4DD22F8A" w:rsidR="00197426" w:rsidRPr="00DB7194" w:rsidRDefault="006B236B" w:rsidP="006B236B">
+                  <w:pPr>
+                    <w:rPr>
+                      <w:szCs w:val="24"/>
+                    </w:rPr>
+                  </w:pPr>
+                  <w:r w:rsidRPr="00E357D6">
+                    <w:rPr>
+                      <w:szCs w:val="24"/>
+                    </w:rPr>
+                    <w:t xml:space="preserve">riska grupas jaundzimušie (dzimuši B hepatīta virsmas antigēna (HBsAg) pozitīvām mātēm vai mātēm, kuras nebija </w:t>
+                  </w:r>
+                  <w:r w:rsidRPr="00E357D6">
+                    <w:rPr>
+                      <w:szCs w:val="24"/>
+                    </w:rPr>
+                    <w:lastRenderedPageBreak/>
+                    <w:t>pārbaudītas HBsAg klātbūtnei)</w:t>
+                  </w:r>
+                </w:p>
+              </w:tc>
+              <w:tc>
+                <w:tcPr>
+                  <w:tcW w:w="2230" w:type="dxa"/>
+                </w:tcPr>
+                <w:p w14:paraId="087B9DE7" w14:textId="6451EB23" w:rsidR="00197426" w:rsidRPr="00C94C79" w:rsidRDefault="006B236B" w:rsidP="005C0E77">
+                  <w:r>
+                    <w:lastRenderedPageBreak/>
+                    <w:t xml:space="preserve">Instrukcija un zāļu apraksts ir pieejams </w:t>
+                  </w:r>
+                  <w:hyperlink r:id="rId19" w:history="1">
+                    <w:r>
+                      <w:rPr>
+                        <w:rStyle w:val="Hyperlink"/>
+                      </w:rPr>
+                      <w:t>šeit</w:t>
+                    </w:r>
+                  </w:hyperlink>
+                </w:p>
+              </w:tc>
+            </w:tr>
+            <w:tr w:rsidR="00197426" w14:paraId="6C685402" w14:textId="77777777" w:rsidTr="0031600D">
+              <w:tc>
+                <w:tcPr>
+                  <w:tcW w:w="2229" w:type="dxa"/>
+                  <w:vMerge/>
+                </w:tcPr>
+                <w:p w14:paraId="14C28657" w14:textId="77777777" w:rsidR="00197426" w:rsidRPr="00C94C79" w:rsidRDefault="00197426" w:rsidP="005C0E77">
+                  <w:pPr>
+                    <w:rPr>
+                      <w:szCs w:val="24"/>
+                    </w:rPr>
+                  </w:pPr>
+                </w:p>
+              </w:tc>
+              <w:tc>
+                <w:tcPr>
+                  <w:tcW w:w="2229" w:type="dxa"/>
+                </w:tcPr>
+                <w:p w14:paraId="05A88443" w14:textId="6C7508D7" w:rsidR="00197426" w:rsidRPr="00DB7194" w:rsidRDefault="006B236B" w:rsidP="005C0E77">
+                  <w:pPr>
+                    <w:rPr>
+                      <w:szCs w:val="24"/>
+                    </w:rPr>
+                  </w:pPr>
+                  <w:r w:rsidRPr="007819DA">
+                    <w:rPr>
+                      <w:szCs w:val="24"/>
+                    </w:rPr>
+                    <w:t>B hepatītu pacientiem, kuriem tiek veikta hemodialīze (HB)</w:t>
+                  </w:r>
+                </w:p>
+              </w:tc>
+              <w:tc>
+                <w:tcPr>
+                  <w:tcW w:w="2229" w:type="dxa"/>
+                </w:tcPr>
+                <w:p w14:paraId="2CE6AAD9" w14:textId="05AE1F99" w:rsidR="00197426" w:rsidRPr="000A2397" w:rsidRDefault="006B236B" w:rsidP="005C0E77">
+                  <w:pPr>
+                    <w:rPr>
+                      <w:i/>
+                      <w:iCs/>
+                      <w:szCs w:val="24"/>
+                    </w:rPr>
+                  </w:pPr>
+                  <w:r w:rsidRPr="007819DA">
+                    <w:rPr>
+                      <w:i/>
+                      <w:szCs w:val="24"/>
+                    </w:rPr>
+                    <w:t>Engerix B 20 mkg</w:t>
+                  </w:r>
+                </w:p>
+              </w:tc>
+              <w:tc>
+                <w:tcPr>
+                  <w:tcW w:w="2230" w:type="dxa"/>
+                </w:tcPr>
+                <w:p w14:paraId="28351CA0" w14:textId="1A339BDE" w:rsidR="00197426" w:rsidRDefault="006B236B" w:rsidP="005C0E77">
+                  <w:pPr>
+                    <w:rPr>
+                      <w:i/>
+                      <w:szCs w:val="24"/>
+                    </w:rPr>
+                  </w:pPr>
+                  <w:r w:rsidRPr="008F5B59">
+                    <w:rPr>
+                      <w:i/>
+                      <w:iCs/>
+                      <w:szCs w:val="24"/>
+                    </w:rPr>
+                    <w:t>GlaxoSmithKline</w:t>
+                  </w:r>
+                </w:p>
+              </w:tc>
+              <w:tc>
+                <w:tcPr>
+                  <w:tcW w:w="2230" w:type="dxa"/>
+                </w:tcPr>
+                <w:p w14:paraId="1897FF24" w14:textId="43DA3499" w:rsidR="00197426" w:rsidRPr="00DB7194" w:rsidRDefault="006B236B" w:rsidP="0015100A">
+                  <w:pPr>
+                    <w:rPr>
+                      <w:szCs w:val="24"/>
+                    </w:rPr>
+                  </w:pPr>
+                  <w:r w:rsidRPr="00DB7194">
+                    <w:rPr>
+                      <w:szCs w:val="24"/>
+                    </w:rPr>
+                    <w:t>pacientu, kuriem tiek veikta hemodialīze, vakcinācijai (hemodialīžu centros)</w:t>
+                  </w:r>
+                </w:p>
+              </w:tc>
+              <w:tc>
+                <w:tcPr>
+                  <w:tcW w:w="2230" w:type="dxa"/>
+                </w:tcPr>
+                <w:p w14:paraId="1A23D9D4" w14:textId="373AA218" w:rsidR="00197426" w:rsidRPr="00C94C79" w:rsidRDefault="006B236B" w:rsidP="005C0E77">
+                  <w:r>
+                    <w:t xml:space="preserve">Instrukcija un zāļu apraksts ir pieejams </w:t>
+                  </w:r>
+                  <w:hyperlink r:id="rId20" w:history="1">
+                    <w:r>
+                      <w:rPr>
+                        <w:rStyle w:val="Hyperlink"/>
+                      </w:rPr>
+                      <w:t>šeit</w:t>
+                    </w:r>
+                  </w:hyperlink>
+                </w:p>
+              </w:tc>
+            </w:tr>
+            <w:tr w:rsidR="00B326A8" w14:paraId="31ED4C0D" w14:textId="77777777" w:rsidTr="0031600D">
+              <w:tc>
+                <w:tcPr>
+                  <w:tcW w:w="2229" w:type="dxa"/>
+                  <w:vMerge w:val="restart"/>
+                </w:tcPr>
+                <w:p w14:paraId="167850B7" w14:textId="3E890B3D" w:rsidR="00B326A8" w:rsidRPr="00C94C79" w:rsidRDefault="00B326A8" w:rsidP="005C0E77">
+                  <w:pPr>
+                    <w:rPr>
+                      <w:szCs w:val="24"/>
+                    </w:rPr>
+                  </w:pPr>
+                  <w:r>
+                    <w:rPr>
+                      <w:bCs/>
+                      <w:szCs w:val="24"/>
+                    </w:rPr>
+                    <w:t xml:space="preserve">SIA </w:t>
+                  </w:r>
+                  <w:r w:rsidRPr="00451057">
+                    <w:rPr>
+                      <w:bCs/>
+                      <w:szCs w:val="24"/>
+                    </w:rPr>
+                    <w:t>“</w:t>
+                  </w:r>
+                  <w:r>
+                    <w:rPr>
+                      <w:bCs/>
+                      <w:szCs w:val="24"/>
+                    </w:rPr>
+                    <w:t>Magnum Medical</w:t>
+                  </w:r>
+                  <w:r w:rsidRPr="00451057">
+                    <w:rPr>
+                      <w:bCs/>
+                      <w:szCs w:val="24"/>
+                    </w:rPr>
+                    <w:t>”,</w:t>
+                  </w:r>
+                  <w:r>
+                    <w:rPr>
+                      <w:bCs/>
+                      <w:szCs w:val="24"/>
+                    </w:rPr>
+                    <w:t xml:space="preserve"> Ulbrokas iela 23</w:t>
+                  </w:r>
+                  <w:r w:rsidRPr="00613991">
+                    <w:rPr>
+                      <w:bCs/>
+                      <w:szCs w:val="24"/>
+                    </w:rPr>
+                    <w:t>, Rīga</w:t>
+                  </w:r>
+                  <w:r>
+                    <w:rPr>
+                      <w:bCs/>
+                      <w:szCs w:val="24"/>
+                    </w:rPr>
+                    <w:t>, tālr. 67718723</w:t>
+                  </w:r>
+                </w:p>
+              </w:tc>
+              <w:tc>
+                <w:tcPr>
+                  <w:tcW w:w="2229" w:type="dxa"/>
+                </w:tcPr>
+                <w:p w14:paraId="20BD4098" w14:textId="751EE07D" w:rsidR="00B326A8" w:rsidRPr="007819DA" w:rsidRDefault="008276A3" w:rsidP="005C0E77">
+                  <w:pPr>
+                    <w:rPr>
+                      <w:szCs w:val="24"/>
+                    </w:rPr>
+                  </w:pPr>
+                  <w:r>
+                    <w:rPr>
+                      <w:szCs w:val="24"/>
+                    </w:rPr>
+                    <w:t>difteriju, stinguma krampjiem, garo klepu (Tdap)</w:t>
+                  </w:r>
+                </w:p>
+              </w:tc>
+              <w:tc>
+                <w:tcPr>
+                  <w:tcW w:w="2229" w:type="dxa"/>
+                </w:tcPr>
+                <w:p w14:paraId="1763BEF8" w14:textId="3F94CE57" w:rsidR="00B326A8" w:rsidRPr="007819DA" w:rsidRDefault="00077F31" w:rsidP="005C0E77">
+                  <w:pPr>
+                    <w:rPr>
+                      <w:i/>
+                      <w:szCs w:val="24"/>
+                    </w:rPr>
+                  </w:pPr>
+                  <w:r w:rsidRPr="006312A3">
+                    <w:rPr>
+                      <w:i/>
+                      <w:szCs w:val="24"/>
+                    </w:rPr>
+                    <w:t>Adacel/Triaxis</w:t>
+                  </w:r>
+                </w:p>
+              </w:tc>
+              <w:tc>
+                <w:tcPr>
+                  <w:tcW w:w="2230" w:type="dxa"/>
+                </w:tcPr>
+                <w:p w14:paraId="68A1E8F6" w14:textId="0657F5CC" w:rsidR="00B326A8" w:rsidRPr="008F5B59" w:rsidRDefault="00F900A9" w:rsidP="005C0E77">
+                  <w:pPr>
+                    <w:rPr>
+                      <w:i/>
+                      <w:iCs/>
+                      <w:szCs w:val="24"/>
+                    </w:rPr>
+                  </w:pPr>
+                  <w:r w:rsidRPr="00C94C79">
+                    <w:rPr>
+                      <w:i/>
+                      <w:iCs/>
+                      <w:szCs w:val="24"/>
+                    </w:rPr>
+                    <w:t>GlaxoSmithKline</w:t>
+                  </w:r>
+                </w:p>
+              </w:tc>
+              <w:tc>
+                <w:tcPr>
+                  <w:tcW w:w="2230" w:type="dxa"/>
+                </w:tcPr>
+                <w:p w14:paraId="26732067" w14:textId="18685822" w:rsidR="00B326A8" w:rsidRPr="00DB7194" w:rsidRDefault="000D449A" w:rsidP="0015100A">
+                  <w:pPr>
+                    <w:rPr>
+                      <w:szCs w:val="24"/>
+                    </w:rPr>
+                  </w:pPr>
+                  <w:r>
+                    <w:rPr>
+                      <w:szCs w:val="24"/>
+                    </w:rPr>
+                    <w:t>bērnu vakcinācijai 14 gadu vecumā, grūtnieču vakcinācijai</w:t>
+                  </w:r>
+                </w:p>
+              </w:tc>
+              <w:tc>
+                <w:tcPr>
+                  <w:tcW w:w="2230" w:type="dxa"/>
+                </w:tcPr>
+                <w:p w14:paraId="62B1AF71" w14:textId="0D25531D" w:rsidR="000E4993" w:rsidRPr="00C94C79" w:rsidRDefault="000E4993" w:rsidP="000E4993">
+                  <w:r>
+                    <w:t xml:space="preserve">Instrukcija un zāļu apraksts ir pieejams </w:t>
+                  </w:r>
+                  <w:hyperlink r:id="rId21">
+                    <w:r>
+                      <w:rPr>
+                        <w:rStyle w:val="Hyperlink"/>
+                      </w:rPr>
+                      <w:t>š</w:t>
+                    </w:r>
+                    <w:r w:rsidRPr="2374EAE8">
+                      <w:rPr>
+                        <w:rStyle w:val="Hyperlink"/>
+                      </w:rPr>
+                      <w:t>eit</w:t>
+                    </w:r>
+                  </w:hyperlink>
+                </w:p>
+                <w:p w14:paraId="29AECCA3" w14:textId="77777777" w:rsidR="00B326A8" w:rsidRDefault="00B326A8" w:rsidP="005C0E77"/>
+              </w:tc>
+            </w:tr>
+            <w:tr w:rsidR="00606B6F" w14:paraId="76AAC43B" w14:textId="77777777" w:rsidTr="0031600D">
+              <w:tc>
+                <w:tcPr>
+                  <w:tcW w:w="2229" w:type="dxa"/>
+                  <w:vMerge/>
+                </w:tcPr>
+                <w:p w14:paraId="14DB431B" w14:textId="77777777" w:rsidR="00606B6F" w:rsidRDefault="00606B6F" w:rsidP="00606B6F">
+                  <w:pPr>
+                    <w:rPr>
+                      <w:bCs/>
+                      <w:szCs w:val="24"/>
+                    </w:rPr>
+                  </w:pPr>
+                </w:p>
+              </w:tc>
+              <w:tc>
+                <w:tcPr>
+                  <w:tcW w:w="2229" w:type="dxa"/>
+                </w:tcPr>
+                <w:p w14:paraId="3AAA0F51" w14:textId="2E08C435" w:rsidR="00606B6F" w:rsidRPr="007819DA" w:rsidRDefault="00606B6F" w:rsidP="00606B6F">
+                  <w:pPr>
+                    <w:rPr>
+                      <w:szCs w:val="24"/>
+                    </w:rPr>
+                  </w:pPr>
+                  <w:r w:rsidRPr="00DB7194">
+                    <w:rPr>
+                      <w:szCs w:val="24"/>
+                    </w:rPr>
+                    <w:t>ērču encefalītu bērniem vecumā 1-1</w:t>
+                  </w:r>
+                  <w:r w:rsidR="005E0124">
+                    <w:rPr>
+                      <w:szCs w:val="24"/>
+                    </w:rPr>
+                    <w:t>5</w:t>
+                  </w:r>
+                  <w:r w:rsidRPr="00DB7194">
+                    <w:rPr>
+                      <w:szCs w:val="24"/>
+                    </w:rPr>
+                    <w:t xml:space="preserve"> gadi</w:t>
+                  </w:r>
+                </w:p>
+              </w:tc>
+              <w:tc>
+                <w:tcPr>
+                  <w:tcW w:w="2229" w:type="dxa"/>
+                </w:tcPr>
+                <w:p w14:paraId="291A6C38" w14:textId="6FB2D800" w:rsidR="00606B6F" w:rsidRPr="007819DA" w:rsidRDefault="003642F6" w:rsidP="00606B6F">
+                  <w:pPr>
+                    <w:rPr>
+                      <w:i/>
+                      <w:szCs w:val="24"/>
+                    </w:rPr>
+                  </w:pPr>
+                  <w:r>
+                    <w:rPr>
+                      <w:i/>
+                      <w:szCs w:val="24"/>
+                    </w:rPr>
+                    <w:t>Encepur Children 0,25</w:t>
+                  </w:r>
+                </w:p>
+              </w:tc>
+              <w:tc>
+                <w:tcPr>
+                  <w:tcW w:w="2230" w:type="dxa"/>
+                </w:tcPr>
+                <w:p w14:paraId="75B6795B" w14:textId="2247DE5D" w:rsidR="00606B6F" w:rsidRPr="008F5B59" w:rsidRDefault="003745F4" w:rsidP="003745F4">
+                  <w:pPr>
+                    <w:rPr>
+                      <w:i/>
+                      <w:iCs/>
+                      <w:szCs w:val="24"/>
+                    </w:rPr>
+                  </w:pPr>
+                  <w:r w:rsidRPr="003745F4">
+                    <w:rPr>
+                      <w:i/>
+                      <w:iCs/>
+                      <w:szCs w:val="24"/>
+                    </w:rPr>
+                    <w:t>Bavarian Nordic A/S, Dānija</w:t>
+                  </w:r>
+                </w:p>
+              </w:tc>
+              <w:tc>
+                <w:tcPr>
+                  <w:tcW w:w="2230" w:type="dxa"/>
+                </w:tcPr>
+                <w:p w14:paraId="745A902A" w14:textId="1DD5E6F6" w:rsidR="00606B6F" w:rsidRPr="00DB7194" w:rsidRDefault="00606B6F" w:rsidP="00606B6F">
+                  <w:pPr>
+                    <w:rPr>
+                      <w:szCs w:val="24"/>
+                    </w:rPr>
+                  </w:pPr>
+                  <w:r w:rsidRPr="00DB7194">
+                    <w:rPr>
+                      <w:szCs w:val="24"/>
+                    </w:rPr>
+                    <w:t xml:space="preserve">bāreņu un bez vecāku gādības palikušo bērnu vakcinācijai visā Latvijas teritorijā, bērnu vakcinācijai endēmiskajās teritorijās. Bērniem vecumā </w:t>
+                  </w:r>
+                  <w:r w:rsidRPr="00613991">
+                    <w:rPr>
+                      <w:szCs w:val="24"/>
+                    </w:rPr>
+                    <w:t>no 1 līdz 1</w:t>
+                  </w:r>
+                  <w:r>
+                    <w:rPr>
+                      <w:szCs w:val="24"/>
+                    </w:rPr>
+                    <w:t>5</w:t>
+                  </w:r>
+                  <w:r w:rsidRPr="00613991">
+                    <w:rPr>
+                      <w:szCs w:val="24"/>
+                    </w:rPr>
+                    <w:t xml:space="preserve"> gadiem</w:t>
+                  </w:r>
+                  <w:r w:rsidRPr="00DB7194">
+                    <w:rPr>
+                      <w:szCs w:val="24"/>
+                    </w:rPr>
+                    <w:t xml:space="preserve"> </w:t>
+                  </w:r>
+                </w:p>
+              </w:tc>
+              <w:tc>
+                <w:tcPr>
+                  <w:tcW w:w="2230" w:type="dxa"/>
+                </w:tcPr>
+                <w:p w14:paraId="5159A20E" w14:textId="6C3D6849" w:rsidR="00606B6F" w:rsidRDefault="0045690E" w:rsidP="00606B6F">
+                  <w:r w:rsidRPr="00C94C79">
+                    <w:t xml:space="preserve">Instrukcija un zāļu apraksts ir pieejams </w:t>
+                  </w:r>
+                  <w:hyperlink r:id="rId22" w:history="1">
+                    <w:r w:rsidRPr="00C94C79">
+                      <w:rPr>
+                        <w:rStyle w:val="Hyperlink"/>
+                      </w:rPr>
+                      <w:t>šeit</w:t>
+                    </w:r>
+                  </w:hyperlink>
+                </w:p>
+              </w:tc>
+            </w:tr>
+            <w:tr w:rsidR="00606B6F" w14:paraId="511B86FD" w14:textId="77777777" w:rsidTr="0031600D">
+              <w:tc>
+                <w:tcPr>
+                  <w:tcW w:w="2229" w:type="dxa"/>
+                  <w:vMerge/>
+                </w:tcPr>
+                <w:p w14:paraId="44624A95" w14:textId="77777777" w:rsidR="00606B6F" w:rsidRDefault="00606B6F" w:rsidP="00606B6F">
+                  <w:pPr>
+                    <w:rPr>
+                      <w:bCs/>
+                      <w:szCs w:val="24"/>
+                    </w:rPr>
+                  </w:pPr>
+                </w:p>
+              </w:tc>
+              <w:tc>
+                <w:tcPr>
+                  <w:tcW w:w="2229" w:type="dxa"/>
+                </w:tcPr>
+                <w:p w14:paraId="09D3FD3D" w14:textId="27968129" w:rsidR="00606B6F" w:rsidRPr="007819DA" w:rsidRDefault="005E0124" w:rsidP="00606B6F">
+                  <w:pPr>
+                    <w:rPr>
+                      <w:szCs w:val="24"/>
+                    </w:rPr>
+                  </w:pPr>
+                  <w:r w:rsidRPr="00DB7194">
+                    <w:rPr>
+                      <w:szCs w:val="24"/>
+                    </w:rPr>
+                    <w:t>ērču encefalītu bērniem vecumā 1</w:t>
+                  </w:r>
+                  <w:r>
+                    <w:rPr>
+                      <w:szCs w:val="24"/>
+                    </w:rPr>
+                    <w:t>6</w:t>
+                  </w:r>
+                  <w:r w:rsidRPr="00DB7194">
+                    <w:rPr>
+                      <w:szCs w:val="24"/>
+                    </w:rPr>
+                    <w:t>-1</w:t>
+                  </w:r>
+                  <w:r>
+                    <w:rPr>
+                      <w:szCs w:val="24"/>
+                    </w:rPr>
+                    <w:t>7</w:t>
+                  </w:r>
+                  <w:r w:rsidRPr="00DB7194">
+                    <w:rPr>
+                      <w:szCs w:val="24"/>
+                    </w:rPr>
+                    <w:t xml:space="preserve"> gadi</w:t>
+                  </w:r>
+                </w:p>
+              </w:tc>
+              <w:tc>
+                <w:tcPr>
+                  <w:tcW w:w="2229" w:type="dxa"/>
+                </w:tcPr>
+                <w:p w14:paraId="24A6CF19" w14:textId="53EA6A81" w:rsidR="00606B6F" w:rsidRPr="007819DA" w:rsidRDefault="003642F6" w:rsidP="00606B6F">
+                  <w:pPr>
+                    <w:rPr>
+                      <w:i/>
+                      <w:szCs w:val="24"/>
+                    </w:rPr>
+                  </w:pPr>
+                  <w:r>
+                    <w:rPr>
+                      <w:i/>
+                      <w:szCs w:val="24"/>
+                    </w:rPr>
+                    <w:t>Enepur Adult</w:t>
+                  </w:r>
+                  <w:r w:rsidR="004974BF">
+                    <w:rPr>
+                      <w:i/>
+                      <w:szCs w:val="24"/>
+                    </w:rPr>
+                    <w:t>s</w:t>
+                  </w:r>
+                  <w:r>
+                    <w:rPr>
+                      <w:i/>
+                      <w:szCs w:val="24"/>
+                    </w:rPr>
+                    <w:t xml:space="preserve"> 0,5</w:t>
+                  </w:r>
+                </w:p>
+              </w:tc>
+              <w:tc>
+                <w:tcPr>
+                  <w:tcW w:w="2230" w:type="dxa"/>
+                </w:tcPr>
+                <w:p w14:paraId="2E63C5EE" w14:textId="190DF70E" w:rsidR="00606B6F" w:rsidRPr="008F5B59" w:rsidRDefault="00311911" w:rsidP="00311911">
+                  <w:pPr>
+                    <w:rPr>
+                      <w:i/>
+                      <w:iCs/>
+                      <w:szCs w:val="24"/>
+                    </w:rPr>
+                  </w:pPr>
+                  <w:r w:rsidRPr="00311911">
+                    <w:rPr>
+                      <w:i/>
+                      <w:iCs/>
+                      <w:szCs w:val="24"/>
+                    </w:rPr>
+                    <w:t>Bavarian Nordic A/S, Dānija</w:t>
+                  </w:r>
+                </w:p>
+              </w:tc>
+              <w:tc>
+                <w:tcPr>
+                  <w:tcW w:w="2230" w:type="dxa"/>
+                </w:tcPr>
+                <w:p w14:paraId="44ACF8C1" w14:textId="55AEEE92" w:rsidR="00606B6F" w:rsidRPr="00DB7194" w:rsidRDefault="00B1245A" w:rsidP="00606B6F">
+                  <w:pPr>
+                    <w:rPr>
+                      <w:szCs w:val="24"/>
+                    </w:rPr>
+                  </w:pPr>
+                  <w:r w:rsidRPr="00DB7194">
+                    <w:rPr>
+                      <w:szCs w:val="24"/>
+                    </w:rPr>
+                    <w:t xml:space="preserve">bāreņu un bez vecāku gādības palikušo bērnu vakcinācijai visā Latvijas teritorijā, bērnu vakcinācijai endēmiskajās teritorijās. Bērniem vecumā no </w:t>
+                  </w:r>
+                  <w:r>
+                    <w:rPr>
+                      <w:szCs w:val="24"/>
+                    </w:rPr>
+                    <w:t>16</w:t>
+                  </w:r>
+                  <w:r w:rsidRPr="00DB7194">
+                    <w:rPr>
+                      <w:szCs w:val="24"/>
+                    </w:rPr>
+                    <w:t xml:space="preserve"> līdz 1</w:t>
+                  </w:r>
+                  <w:r>
+                    <w:rPr>
+                      <w:szCs w:val="24"/>
+                    </w:rPr>
+                    <w:t>7</w:t>
+                  </w:r>
+                  <w:r w:rsidRPr="00DB7194">
+                    <w:rPr>
+                      <w:szCs w:val="24"/>
+                    </w:rPr>
+                    <w:t xml:space="preserve"> gadiem</w:t>
+                  </w:r>
+                </w:p>
+              </w:tc>
+              <w:tc>
+                <w:tcPr>
+                  <w:tcW w:w="2230" w:type="dxa"/>
+                </w:tcPr>
+                <w:p w14:paraId="3ACFCDEB" w14:textId="183C147B" w:rsidR="00606B6F" w:rsidRDefault="0045690E" w:rsidP="00606B6F">
+                  <w:r w:rsidRPr="00C94C79">
+                    <w:t xml:space="preserve">Instrukcija un zāļu apraksts ir pieejams </w:t>
+                  </w:r>
+                  <w:hyperlink r:id="rId23" w:history="1">
+                    <w:r w:rsidRPr="00C94C79">
+                      <w:rPr>
+                        <w:rStyle w:val="Hyperlink"/>
+                      </w:rPr>
+                      <w:t>šeit</w:t>
+                    </w:r>
+                  </w:hyperlink>
+                </w:p>
+              </w:tc>
+            </w:tr>
+            <w:tr w:rsidR="00606B6F" w14:paraId="0A8C4C5C" w14:textId="77777777" w:rsidTr="0031600D">
+              <w:tc>
+                <w:tcPr>
+                  <w:tcW w:w="2229" w:type="dxa"/>
+                  <w:vMerge/>
+                </w:tcPr>
+                <w:p w14:paraId="29837259" w14:textId="77777777" w:rsidR="00606B6F" w:rsidRDefault="00606B6F" w:rsidP="00606B6F">
+                  <w:pPr>
+                    <w:rPr>
+                      <w:bCs/>
+                      <w:szCs w:val="24"/>
+                    </w:rPr>
+                  </w:pPr>
+                </w:p>
+              </w:tc>
+              <w:tc>
+                <w:tcPr>
+                  <w:tcW w:w="2229" w:type="dxa"/>
+                </w:tcPr>
+                <w:p w14:paraId="32C67E73" w14:textId="0AB13CF0" w:rsidR="00606B6F" w:rsidRPr="007819DA" w:rsidRDefault="003E1C2C" w:rsidP="00606B6F">
+                  <w:pPr>
+                    <w:rPr>
+                      <w:szCs w:val="24"/>
+                    </w:rPr>
+                  </w:pPr>
+                  <w:r w:rsidRPr="00C94C79">
+                    <w:rPr>
+                      <w:szCs w:val="24"/>
+                    </w:rPr>
+                    <w:t>trakumsērgu</w:t>
+                  </w:r>
+                </w:p>
+              </w:tc>
+              <w:tc>
+                <w:tcPr>
+                  <w:tcW w:w="2229" w:type="dxa"/>
+                </w:tcPr>
+                <w:p w14:paraId="03EDCB83" w14:textId="071B80FA" w:rsidR="00606B6F" w:rsidRPr="007819DA" w:rsidRDefault="003642F6" w:rsidP="00606B6F">
+                  <w:pPr>
+                    <w:rPr>
+                      <w:i/>
+                      <w:szCs w:val="24"/>
+                    </w:rPr>
+                  </w:pPr>
+                  <w:r w:rsidRPr="00C94C79">
+                    <w:rPr>
+                      <w:i/>
+                      <w:szCs w:val="24"/>
+                    </w:rPr>
+                    <w:t>Verorab</w:t>
+                  </w:r>
+                </w:p>
+              </w:tc>
+              <w:tc>
+                <w:tcPr>
+                  <w:tcW w:w="2230" w:type="dxa"/>
+                </w:tcPr>
+                <w:p w14:paraId="54A509E0" w14:textId="08332605" w:rsidR="00606B6F" w:rsidRPr="008F5B59" w:rsidRDefault="00836918" w:rsidP="00606B6F">
+                  <w:pPr>
+                    <w:rPr>
+                      <w:i/>
+                      <w:iCs/>
+                      <w:szCs w:val="24"/>
+                    </w:rPr>
+                  </w:pPr>
+                  <w:r w:rsidRPr="00C94C79">
+                    <w:rPr>
+                      <w:i/>
+                      <w:szCs w:val="24"/>
+                    </w:rPr>
+                    <w:t>Sanofi Pasteur</w:t>
+                  </w:r>
+                </w:p>
+              </w:tc>
+              <w:tc>
+                <w:tcPr>
+                  <w:tcW w:w="2230" w:type="dxa"/>
+                </w:tcPr>
+                <w:p w14:paraId="5A78B36F" w14:textId="77B244C6" w:rsidR="00606B6F" w:rsidRPr="00DB7194" w:rsidRDefault="002D255F" w:rsidP="00606B6F">
+                  <w:pPr>
+                    <w:rPr>
+                      <w:szCs w:val="24"/>
+                    </w:rPr>
+                  </w:pPr>
+                  <w:r w:rsidRPr="00C94C79">
+                    <w:rPr>
+                      <w:szCs w:val="24"/>
+                    </w:rPr>
+                    <w:t>vakcinācijai pēc klīniskām un epidemioloģiskām indikācijām</w:t>
+                  </w:r>
+                </w:p>
+              </w:tc>
+              <w:tc>
+                <w:tcPr>
+                  <w:tcW w:w="2230" w:type="dxa"/>
+                </w:tcPr>
+                <w:p w14:paraId="63889A17" w14:textId="14D0D87D" w:rsidR="00606B6F" w:rsidRDefault="0045690E" w:rsidP="00606B6F">
+                  <w:r w:rsidRPr="00C94C79">
+                    <w:t xml:space="preserve">Instrukcija un zāļu apraksts ir pieejams </w:t>
+                  </w:r>
+                  <w:hyperlink r:id="rId24" w:history="1">
+                    <w:r w:rsidRPr="00C94C79">
+                      <w:rPr>
+                        <w:rStyle w:val="Hyperlink"/>
+                      </w:rPr>
+                      <w:t>šeit</w:t>
+                    </w:r>
+                  </w:hyperlink>
+                </w:p>
+              </w:tc>
+            </w:tr>
+            <w:tr w:rsidR="00606B6F" w14:paraId="27CDB725" w14:textId="77777777" w:rsidTr="0031600D">
+              <w:tc>
+                <w:tcPr>
+                  <w:tcW w:w="2229" w:type="dxa"/>
+                </w:tcPr>
+                <w:p w14:paraId="7B75E9E8" w14:textId="77777777" w:rsidR="00606B6F" w:rsidRPr="00255CEF" w:rsidRDefault="00606B6F" w:rsidP="00606B6F">
+                  <w:pPr>
+                    <w:rPr>
+                      <w:bCs/>
+                      <w:szCs w:val="24"/>
+                    </w:rPr>
+                  </w:pPr>
+                  <w:r>
+                    <w:rPr>
+                      <w:bCs/>
+                      <w:szCs w:val="24"/>
+                    </w:rPr>
+                    <w:t xml:space="preserve">SIA </w:t>
+                  </w:r>
+                  <w:r w:rsidRPr="00451057">
+                    <w:rPr>
+                      <w:bCs/>
+                      <w:szCs w:val="24"/>
+                    </w:rPr>
+                    <w:t>“</w:t>
+                  </w:r>
+                  <w:r>
+                    <w:rPr>
+                      <w:bCs/>
+                      <w:szCs w:val="24"/>
+                    </w:rPr>
+                    <w:t>Elpis</w:t>
+                  </w:r>
+                  <w:r w:rsidRPr="00451057">
+                    <w:rPr>
+                      <w:bCs/>
+                      <w:szCs w:val="24"/>
+                    </w:rPr>
+                    <w:t>”,</w:t>
+                  </w:r>
+                  <w:r>
+                    <w:rPr>
+                      <w:bCs/>
+                      <w:szCs w:val="24"/>
+                    </w:rPr>
+                    <w:t xml:space="preserve"> </w:t>
+                  </w:r>
+                  <w:r w:rsidRPr="00451057">
+                    <w:rPr>
+                      <w:bCs/>
+                      <w:szCs w:val="24"/>
+                    </w:rPr>
+                    <w:t>Rāmuļu iela 15, Rīga,</w:t>
+                  </w:r>
+                  <w:r>
+                    <w:rPr>
+                      <w:bCs/>
+                      <w:szCs w:val="24"/>
+                    </w:rPr>
+                    <w:t xml:space="preserve"> </w:t>
+                  </w:r>
+                  <w:r w:rsidRPr="00451057">
+                    <w:rPr>
+                      <w:bCs/>
+                      <w:szCs w:val="24"/>
+                    </w:rPr>
+                    <w:t>tālr. 67517693</w:t>
+                  </w:r>
+                </w:p>
+                <w:p w14:paraId="3F63A45D" w14:textId="77777777" w:rsidR="00606B6F" w:rsidRDefault="00606B6F" w:rsidP="00606B6F">
+                  <w:pPr>
+                    <w:rPr>
+                      <w:bCs/>
+                      <w:szCs w:val="24"/>
+                    </w:rPr>
+                  </w:pPr>
+                </w:p>
+              </w:tc>
+              <w:tc>
+                <w:tcPr>
+                  <w:tcW w:w="2229" w:type="dxa"/>
+                </w:tcPr>
+                <w:p w14:paraId="6CA556BA" w14:textId="3A6BA98B" w:rsidR="00606B6F" w:rsidRPr="007819DA" w:rsidRDefault="00606B6F" w:rsidP="00606B6F">
+                  <w:pPr>
+                    <w:rPr>
+                      <w:szCs w:val="24"/>
+                    </w:rPr>
+                  </w:pPr>
+                  <w:r w:rsidRPr="00451057">
+                    <w:rPr>
+                      <w:szCs w:val="24"/>
+                    </w:rPr>
+                    <w:t>pret tuberkulozi (BCG)</w:t>
+                  </w:r>
+                </w:p>
+              </w:tc>
+              <w:tc>
+                <w:tcPr>
+                  <w:tcW w:w="2229" w:type="dxa"/>
+                </w:tcPr>
+                <w:p w14:paraId="04B33A4C" w14:textId="6AD03A17" w:rsidR="00606B6F" w:rsidRDefault="00606B6F" w:rsidP="00606B6F">
+                  <w:pPr>
+                    <w:rPr>
+                      <w:i/>
+                      <w:szCs w:val="24"/>
+                    </w:rPr>
+                  </w:pPr>
+                  <w:r w:rsidRPr="00E408EA">
+                    <w:rPr>
+                      <w:i/>
+                      <w:iCs/>
+                      <w:sz w:val="22"/>
+                      <w:szCs w:val="22"/>
+                    </w:rPr>
+                    <w:t>BCG Vaccine AJVaccines</w:t>
+                  </w:r>
+                </w:p>
+                <w:p w14:paraId="1DFD20B2" w14:textId="77777777" w:rsidR="00606B6F" w:rsidRPr="00E07A5E" w:rsidRDefault="00606B6F" w:rsidP="00606B6F">
+                  <w:pPr>
+                    <w:jc w:val="center"/>
+                    <w:rPr>
+                      <w:szCs w:val="24"/>
+                    </w:rPr>
+                  </w:pPr>
+                </w:p>
+              </w:tc>
+              <w:tc>
+                <w:tcPr>
+                  <w:tcW w:w="2230" w:type="dxa"/>
+                </w:tcPr>
+                <w:p w14:paraId="2D39FAA2" w14:textId="77777777" w:rsidR="00606B6F" w:rsidRPr="003079DF" w:rsidRDefault="00606B6F" w:rsidP="00606B6F">
+                  <w:pPr>
+                    <w:rPr>
+                      <w:rStyle w:val="Hyperlink"/>
+                      <w:i/>
+                      <w:iCs/>
+                      <w:color w:val="auto"/>
+                      <w:szCs w:val="24"/>
+                      <w:u w:val="none"/>
+                      <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+                    </w:rPr>
+                  </w:pPr>
+                  <w:r w:rsidRPr="0087496E">
+                    <w:rPr>
+                      <w:i/>
+                      <w:iCs/>
+                      <w:szCs w:val="24"/>
+                    </w:rPr>
+                    <w:t>AJ Vaccines A/S, Dānija</w:t>
+                  </w:r>
+                  <w:r w:rsidRPr="003079DF">
+                    <w:rPr>
+                      <w:i/>
+                      <w:iCs/>
+                      <w:szCs w:val="24"/>
+                    </w:rPr>
+                    <w:fldChar w:fldCharType="begin"/>
+                  </w:r>
+                  <w:r w:rsidRPr="003079DF">
+                    <w:rPr>
+                      <w:i/>
+                      <w:iCs/>
+                      <w:szCs w:val="24"/>
+                    </w:rPr>
+                    <w:instrText xml:space="preserve"> HYPERLINK "https://biomedlublin.com/pl/produkty/szczepionka-przeciwgruzlicza-bcg-100/" </w:instrText>
+                  </w:r>
+                  <w:r w:rsidRPr="003079DF">
+                    <w:rPr>
+                      <w:i/>
+                      <w:iCs/>
+                      <w:szCs w:val="24"/>
+                    </w:rPr>
+                  </w:r>
+                  <w:r w:rsidRPr="003079DF">
+                    <w:rPr>
+                      <w:i/>
+                      <w:iCs/>
+                      <w:szCs w:val="24"/>
+                    </w:rPr>
+                    <w:fldChar w:fldCharType="separate"/>
+                  </w:r>
+                </w:p>
+                <w:p w14:paraId="12DC21B6" w14:textId="2450F4F1" w:rsidR="00606B6F" w:rsidRPr="008F5B59" w:rsidRDefault="00606B6F" w:rsidP="00606B6F">
+                  <w:pPr>
+                    <w:rPr>
+                      <w:i/>
+                      <w:iCs/>
+                      <w:szCs w:val="24"/>
+                    </w:rPr>
+                  </w:pPr>
+                  <w:r w:rsidRPr="003079DF">
+                    <w:rPr>
+                      <w:i/>
+                      <w:iCs/>
+                      <w:szCs w:val="24"/>
+                    </w:rPr>
+                    <w:fldChar w:fldCharType="end"/>
+                  </w:r>
+                </w:p>
+              </w:tc>
+              <w:tc>
+                <w:tcPr>
+                  <w:tcW w:w="2230" w:type="dxa"/>
+                </w:tcPr>
+                <w:p w14:paraId="2205FCD0" w14:textId="3DAD84AD" w:rsidR="00606B6F" w:rsidRPr="00DB7194" w:rsidRDefault="00606B6F" w:rsidP="00606B6F">
+                  <w:pPr>
+                    <w:rPr>
+                      <w:szCs w:val="24"/>
+                    </w:rPr>
+                  </w:pPr>
+                  <w:r w:rsidRPr="00C94C79">
+                    <w:rPr>
+                      <w:szCs w:val="24"/>
+                    </w:rPr>
+                    <w:t>2.-5.diena</w:t>
+                  </w:r>
+                </w:p>
+              </w:tc>
+              <w:tc>
+                <w:tcPr>
+                  <w:tcW w:w="2230" w:type="dxa"/>
+                </w:tcPr>
+                <w:p w14:paraId="29E2B7B3" w14:textId="79AE1AE7" w:rsidR="00606B6F" w:rsidRDefault="00606B6F" w:rsidP="00606B6F">
+                  <w:r w:rsidRPr="00C94C79">
+                    <w:t xml:space="preserve">Instrukcija un zāļu apraksts ir pieejams </w:t>
+                  </w:r>
+                  <w:hyperlink r:id="rId25" w:history="1">
+                    <w:r w:rsidRPr="00C94C79">
+                      <w:rPr>
+                        <w:rStyle w:val="Hyperlink"/>
+                      </w:rPr>
+                      <w:t>šeit</w:t>
+                    </w:r>
+                  </w:hyperlink>
+                </w:p>
+                <w:p w14:paraId="5AC08C28" w14:textId="77777777" w:rsidR="00606B6F" w:rsidRPr="00A37199" w:rsidRDefault="00606B6F" w:rsidP="00606B6F">
+                  <w:pPr>
+                    <w:jc w:val="center"/>
+                  </w:pPr>
+                </w:p>
+              </w:tc>
+            </w:tr>
+          </w:tbl>
+          <w:p w14:paraId="2335A690" w14:textId="77777777" w:rsidR="0031600D" w:rsidRDefault="0031600D" w:rsidP="005C0E77">
             <w:pPr>
               <w:rPr>
                 <w:b/>
-                <w:szCs w:val="24"/>
+                <w:bCs/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00C94C79">
-[...5 lines deleted...]
-            </w:r>
           </w:p>
-        </w:tc>
-[...153 lines deleted...]
-          <w:p w14:paraId="0764197F" w14:textId="77777777" w:rsidR="005146F7" w:rsidRPr="00C94C79" w:rsidRDefault="005146F7" w:rsidP="00091827">
+          <w:p w14:paraId="7CD04BD5" w14:textId="25FC1E07" w:rsidR="0031600D" w:rsidRDefault="0031600D" w:rsidP="005C0E77">
             <w:pPr>
               <w:rPr>
                 <w:b/>
-                <w:szCs w:val="24"/>
-[...135 lines deleted...]
-                <w:szCs w:val="24"/>
+                <w:bCs/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
-        <w:tc>
-[...2743 lines deleted...]
-        </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="4F695CAD" w14:textId="77777777" w:rsidR="00D00C0A" w:rsidRDefault="00D00C0A" w:rsidP="00D00C0A"/>
-[...1 lines deleted...]
-    <w:sectPr w:rsidR="00FF1397" w:rsidRPr="00D00C0A" w:rsidSect="00480BC5">
+    <w:p w14:paraId="3E9E3FE9" w14:textId="77777777" w:rsidR="00437604" w:rsidRPr="00D00C0A" w:rsidRDefault="00437604" w:rsidP="005446FA"/>
+    <w:sectPr w:rsidR="00437604" w:rsidRPr="00D00C0A" w:rsidSect="00480BC5">
       <w:pgSz w:w="15840" w:h="12240" w:orient="landscape"/>
       <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="708" w:footer="708" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="55C37CA1" w14:textId="77777777" w:rsidR="00BC0236" w:rsidRDefault="00BC0236" w:rsidP="00480BC5">
+    <w:p w14:paraId="4E23B999" w14:textId="77777777" w:rsidR="00882779" w:rsidRDefault="00882779" w:rsidP="00480BC5">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="25A90847" w14:textId="77777777" w:rsidR="00BC0236" w:rsidRDefault="00BC0236" w:rsidP="00480BC5">
+    <w:p w14:paraId="0A7AC80D" w14:textId="77777777" w:rsidR="00882779" w:rsidRDefault="00882779" w:rsidP="00480BC5">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
-<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Segoe UI">
     <w:panose1 w:val="020B0502040204020203"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
-    <w:notTrueType/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="00000003" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="00000001" w:csb1="00000000"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C000E47F" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri Light">
     <w:panose1 w:val="020F0302020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="135FA99A" w14:textId="77777777" w:rsidR="00BC0236" w:rsidRDefault="00BC0236" w:rsidP="00480BC5">
+    <w:p w14:paraId="79D265AF" w14:textId="77777777" w:rsidR="00882779" w:rsidRDefault="00882779" w:rsidP="00480BC5">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="33E30FC6" w14:textId="77777777" w:rsidR="00BC0236" w:rsidRDefault="00BC0236" w:rsidP="00480BC5">
+    <w:p w14:paraId="1F8BD2A9" w14:textId="77777777" w:rsidR="00882779" w:rsidRDefault="00882779" w:rsidP="00480BC5">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
-  <w:zoom w:percent="80"/>
+<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
+  <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="720"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00480BC5"/>
+    <w:rsid w:val="00003645"/>
     <w:rsid w:val="00060285"/>
+    <w:rsid w:val="00073476"/>
+    <w:rsid w:val="00077F31"/>
+    <w:rsid w:val="00095590"/>
+    <w:rsid w:val="000D449A"/>
+    <w:rsid w:val="000E4993"/>
+    <w:rsid w:val="001122E1"/>
+    <w:rsid w:val="00114738"/>
     <w:rsid w:val="0011504E"/>
+    <w:rsid w:val="001324A1"/>
+    <w:rsid w:val="0015100A"/>
+    <w:rsid w:val="00197426"/>
+    <w:rsid w:val="001D2D85"/>
+    <w:rsid w:val="001F12AA"/>
     <w:rsid w:val="001F5A87"/>
+    <w:rsid w:val="00213CE8"/>
     <w:rsid w:val="002A151D"/>
+    <w:rsid w:val="002D255F"/>
+    <w:rsid w:val="002D4292"/>
     <w:rsid w:val="002F5FB1"/>
     <w:rsid w:val="003079DF"/>
+    <w:rsid w:val="00311911"/>
+    <w:rsid w:val="0031600D"/>
     <w:rsid w:val="0034681A"/>
+    <w:rsid w:val="003642F6"/>
+    <w:rsid w:val="003745F4"/>
+    <w:rsid w:val="003E1C2C"/>
+    <w:rsid w:val="003F2D08"/>
+    <w:rsid w:val="00437604"/>
     <w:rsid w:val="00451057"/>
+    <w:rsid w:val="0045690E"/>
     <w:rsid w:val="00480BC5"/>
     <w:rsid w:val="00481733"/>
+    <w:rsid w:val="004974BF"/>
     <w:rsid w:val="004D2A76"/>
     <w:rsid w:val="005146F7"/>
+    <w:rsid w:val="00531827"/>
+    <w:rsid w:val="005446FA"/>
+    <w:rsid w:val="00553E16"/>
     <w:rsid w:val="005742D9"/>
+    <w:rsid w:val="00587537"/>
     <w:rsid w:val="005A76AD"/>
+    <w:rsid w:val="005C0E77"/>
+    <w:rsid w:val="005C6243"/>
+    <w:rsid w:val="005E0124"/>
+    <w:rsid w:val="005F1411"/>
+    <w:rsid w:val="005F704F"/>
+    <w:rsid w:val="00606B6F"/>
     <w:rsid w:val="00613991"/>
     <w:rsid w:val="00627886"/>
     <w:rsid w:val="006312A3"/>
     <w:rsid w:val="00667CDB"/>
+    <w:rsid w:val="0068429A"/>
     <w:rsid w:val="006A2C2A"/>
+    <w:rsid w:val="006A35BD"/>
     <w:rsid w:val="006A36BA"/>
+    <w:rsid w:val="006B236B"/>
     <w:rsid w:val="00756F9C"/>
+    <w:rsid w:val="007A2CF8"/>
+    <w:rsid w:val="007B1840"/>
+    <w:rsid w:val="007C6E90"/>
+    <w:rsid w:val="007F267E"/>
     <w:rsid w:val="00811849"/>
     <w:rsid w:val="00812766"/>
     <w:rsid w:val="00814DA7"/>
     <w:rsid w:val="00824856"/>
+    <w:rsid w:val="008276A3"/>
+    <w:rsid w:val="00836918"/>
+    <w:rsid w:val="00857CD1"/>
     <w:rsid w:val="0087496E"/>
+    <w:rsid w:val="00882779"/>
+    <w:rsid w:val="008B38CD"/>
     <w:rsid w:val="008B5DCC"/>
+    <w:rsid w:val="008C604C"/>
+    <w:rsid w:val="008D4D17"/>
     <w:rsid w:val="00925A30"/>
     <w:rsid w:val="00945A1C"/>
     <w:rsid w:val="00967114"/>
+    <w:rsid w:val="0098360D"/>
+    <w:rsid w:val="009B0E95"/>
     <w:rsid w:val="009D0B67"/>
+    <w:rsid w:val="009E1FBB"/>
+    <w:rsid w:val="00A37199"/>
     <w:rsid w:val="00A63074"/>
+    <w:rsid w:val="00A94503"/>
+    <w:rsid w:val="00B1245A"/>
     <w:rsid w:val="00B23C86"/>
+    <w:rsid w:val="00B326A8"/>
     <w:rsid w:val="00B351F0"/>
+    <w:rsid w:val="00B40427"/>
     <w:rsid w:val="00B97004"/>
     <w:rsid w:val="00BB1AA2"/>
     <w:rsid w:val="00BC0236"/>
     <w:rsid w:val="00BE5952"/>
     <w:rsid w:val="00C15C0F"/>
+    <w:rsid w:val="00C415B0"/>
     <w:rsid w:val="00C94C79"/>
+    <w:rsid w:val="00CD0ED4"/>
     <w:rsid w:val="00D00C0A"/>
+    <w:rsid w:val="00D423B7"/>
     <w:rsid w:val="00D444A7"/>
     <w:rsid w:val="00DC09E9"/>
+    <w:rsid w:val="00E07A5E"/>
+    <w:rsid w:val="00E3218C"/>
     <w:rsid w:val="00E357D6"/>
     <w:rsid w:val="00E408EA"/>
+    <w:rsid w:val="00E47497"/>
+    <w:rsid w:val="00E97500"/>
+    <w:rsid w:val="00ED2984"/>
     <w:rsid w:val="00F257B3"/>
     <w:rsid w:val="00F45948"/>
+    <w:rsid w:val="00F900A9"/>
+    <w:rsid w:val="00FB39E2"/>
     <w:rsid w:val="00FD6FD5"/>
+    <w:rsid w:val="00FE1980"/>
     <w:rsid w:val="00FE2D96"/>
     <w:rsid w:val="00FF1397"/>
     <w:rsid w:val="00FF5C7D"/>
     <w:rsid w:val="18995711"/>
     <w:rsid w:val="2374EAE8"/>
     <w:rsid w:val="28F856FF"/>
     <w:rsid w:val="2EDA790C"/>
     <w:rsid w:val="3BE7A7FF"/>
     <w:rsid w:val="43DD539E"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="en-US" w:bidi="ar-SA"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="1026"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
   <w14:docId w14:val="4F5616FF"/>
   <w15:chartTrackingRefBased/>
   <w15:docId w15:val="{B6F4AD2A-02C8-41AC-B7BE-E11BF5A2750F}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 8" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
@@ -3946,78 +3626,97 @@
     <w:name w:val="Heading 3 Char"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:link w:val="Heading3"/>
     <w:uiPriority w:val="9"/>
     <w:rsid w:val="003079DF"/>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
       <w:b/>
       <w:bCs/>
       <w:sz w:val="27"/>
       <w:szCs w:val="27"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:styleId="FollowedHyperlink">
     <w:name w:val="FollowedHyperlink"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="009D0B67"/>
     <w:rPr>
       <w:color w:val="954F72" w:themeColor="followedHyperlink"/>
       <w:u w:val="single"/>
     </w:rPr>
   </w:style>
+  <w:style w:type="table" w:styleId="TableGrid">
+    <w:name w:val="Table Grid"/>
+    <w:basedOn w:val="TableNormal"/>
+    <w:uiPriority w:val="39"/>
+    <w:rsid w:val="0031600D"/>
+    <w:pPr>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+    <w:tblPr>
+      <w:tblBorders>
+        <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+        <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+        <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+        <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+        <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+        <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+      </w:tblBorders>
+    </w:tblPr>
+  </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:divs>
     <w:div w:id="2142185324">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
   </w:divs>
   <w:optimizeForBrowser/>
   <w:relyOnVML/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.zva.gov.lv/zvais/zalu-registrs/?iss=1&amp;lang=lv&amp;q=TicoVac+&amp;ON=&amp;NAC=on&amp;ESC=on&amp;ESI=on&amp;SAT=on&amp;DEC=on&amp;PIM=on&amp;CZF=on&amp;CSK=on&amp;CRN=on&amp;SN=&amp;RN=&amp;AK=&amp;DIA=&amp;RA=&amp;LB=&amp;MFR=&amp;MDO=&amp;IK=" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.zva.gov.lv/zvais/zalu-registrs/?iss=1&amp;lang=lv&amp;q=Engerix+B&amp;ON=Engerix+B&amp;NAC=on&amp;ESC=on&amp;ESI=on&amp;SAT=on&amp;DEC=on&amp;PIM=on&amp;CZF=on&amp;CSK=on&amp;CRN=on&amp;SN=&amp;RN=&amp;AK=&amp;DIA=&amp;RA=&amp;LB=&amp;MFR=&amp;MDO=&amp;IK=" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.zva.gov.lv/zvais/zalu-registrs/?iss=1&amp;lang=lv&amp;q=BCG&amp;ON=&amp;NAC=on&amp;ESC=on&amp;ESI=on&amp;SAT=on&amp;DEC=on&amp;PIM=on&amp;SN=&amp;RN=&amp;AK=&amp;DIA=&amp;RA=&amp;LB=&amp;MFR=&amp;MDO=&amp;IK=&amp;q=BCG&amp;s=MAV&amp;r" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.zva.gov.lv/zvais/zalu-registrs/?iss=1&amp;lang=lv&amp;q=Engerix+B&amp;ON=Engerix+B&amp;NAC=on&amp;ESC=on&amp;ESI=on&amp;SAT=on&amp;DEC=on&amp;PIM=on&amp;CZF=on&amp;CSK=on&amp;CRN=on&amp;SN=&amp;RN=&amp;AK=&amp;DIA=&amp;RA=&amp;LB=&amp;MFR=&amp;MDO=&amp;IK=" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dati.zva.gov.lv/zalu-registrs/?iss=1&amp;q=Adacel&amp;IK-1=1&amp;IK-2=2&amp;NAC=on&amp;SAT=on&amp;DEC=on&amp;ESC=on&amp;ESI=on&amp;PIM=on&amp;CRN=on&amp;MDO=" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.zva.gov.lv/zvais/zalu-registrs/?iss=1&amp;lang=lv&amp;q=Verorab&amp;ON=&amp;NAC=on&amp;ESC=on&amp;ESI=on&amp;SAT=on&amp;DEC=on&amp;PIM=on&amp;CZF=on&amp;CSK=on&amp;CRN=on&amp;SN=&amp;RN=&amp;AK=&amp;DIA=&amp;RA=&amp;LB=&amp;MFR=&amp;MDO=&amp;IK=" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dati.zva.gov.lv/zalu-registrs/?iss=1&amp;q=vaxneuvance&amp;IK-1=1&amp;IK-2=2&amp;NAC=on&amp;SAT=on&amp;DEC=on&amp;ESC=on&amp;ESI=on&amp;PIM=on&amp;CRN=on" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.zva.gov.lv/zvais/zalu-registrs/?iss=1&amp;lang=lv&amp;q=Imovax+d.T.+Adult&amp;ON=&amp;NAC=on&amp;ESC=on&amp;ESI=on&amp;SAT=on&amp;DEC=on&amp;PIM=on&amp;CZF=on&amp;CSK=on&amp;CRN=on&amp;SN=&amp;RN=&amp;AK=&amp;DIA=&amp;RA=&amp;LB=&amp;MFR=&amp;MDO=&amp;IK=" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.zva.gov.lv/zvais/zalu-registrs/?iss=1&amp;lang=lv&amp;q=Infanrix+Hexa&amp;ON=&amp;NAC=on&amp;ESC=on&amp;ESI=on&amp;SAT=on&amp;DEC=on&amp;PIM=on&amp;CZF=on&amp;CSK=on&amp;CRN=on&amp;SN=&amp;RN=&amp;AK=&amp;DIA=&amp;RA=&amp;LB=&amp;MFR=&amp;MDO=&amp;IK=" TargetMode="External"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.zva.gov.lv/zvais/zalu-registrs/?iss=1&amp;lang=lv&amp;q=Tetraxim&amp;ON=&amp;NAC=on&amp;ESC=on&amp;ESI=on&amp;SAT=on&amp;DEC=on&amp;PIM=on&amp;SN=&amp;RN=&amp;AK=&amp;DIA=&amp;RA=&amp;LB=&amp;MFR=&amp;MDO=&amp;IK=" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.zva.gov.lv/zvais/zalu-registrs/?iss=1&amp;lang=lv&amp;q=M-M-RVaxPro&amp;ON=&amp;NAC=on&amp;ESC=on&amp;ESI=on&amp;SAT=on&amp;DEC=on&amp;PIM=on&amp;CZF=on&amp;CSK=on&amp;CRN=on&amp;SN=&amp;RN=&amp;AK=&amp;DIA=&amp;RA=&amp;LB=&amp;MFR=&amp;MDO=&amp;IK=" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.zva.gov.lv/zvais/zalu-registrs/?iss=1&amp;lang=lv&amp;q=TicoVac+&amp;ON=&amp;NAC=on&amp;ESC=on&amp;ESI=on&amp;SAT=on&amp;DEC=on&amp;PIM=on&amp;CZF=on&amp;CSK=on&amp;CRN=on&amp;SN=&amp;RN=&amp;AK=&amp;DIA=&amp;RA=&amp;LB=&amp;MFR=&amp;MDO=&amp;IK=" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dati.zva.gov.lv/zalu-registrs/?iss=1&amp;q=Gardasil+9&amp;IK-1=1&amp;IK-2=2&amp;NAC=on&amp;SAT=on&amp;DEC=on&amp;ESC=on&amp;ESI=on&amp;PIM=on&amp;CRN=on" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.zva.gov.lv/zvais/zalu-registrs/?iss=1&amp;lang=lv&amp;q=Pentaxim&amp;ON=&amp;NAC=on&amp;ESC=on&amp;ESI=on&amp;SAT=on&amp;DEC=on&amp;PIM=on&amp;SN=&amp;RN=&amp;AK=&amp;DIA=&amp;RA=&amp;LB=&amp;MFR=&amp;MDO=&amp;IK=" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.zva.gov.lv/zvais/zalu-registrs/?iss=1&amp;lang=lv&amp;q=RotaTeq&amp;ON=&amp;NAC=on&amp;ESC=on&amp;ESI=on&amp;SAT=on&amp;DEC=on&amp;PIM=on&amp;SN=&amp;RN=&amp;AK=&amp;DIA=&amp;RA=&amp;LB=&amp;MFR=&amp;MDO=&amp;IK=" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item4.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.zva.gov.lv/zvais/zalu-registrs/?iss=1&amp;lang=lv&amp;q=TicoVac+&amp;ON=&amp;NAC=on&amp;ESC=on&amp;ESI=on&amp;SAT=on&amp;DEC=on&amp;PIM=on&amp;CZF=on&amp;CSK=on&amp;CRN=on&amp;SN=&amp;RN=&amp;AK=&amp;DIA=&amp;RA=&amp;LB=&amp;MFR=&amp;MDO=&amp;IK=" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.zva.gov.lv/zvais/zalu-registrs/?iss=1&amp;lang=lv&amp;q=Varivax&amp;ON=&amp;NAC=on&amp;ESC=on&amp;ESI=on&amp;SAT=on&amp;DEC=on&amp;PIM=on&amp;CZF=on&amp;CSK=on&amp;CRN=on&amp;SN=&amp;RN=&amp;AK=&amp;DIA=&amp;RA=&amp;LB=&amp;MFR=&amp;MDO=&amp;IK=" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.zva.gov.lv/zvais/zalu-registrs/?iss=1&amp;lang=lv&amp;q=Imovax+d.T.+Adult&amp;ON=&amp;NAC=on&amp;ESC=on&amp;ESI=on&amp;SAT=on&amp;DEC=on&amp;PIM=on&amp;CZF=on&amp;CSK=on&amp;CRN=on&amp;SN=&amp;RN=&amp;AK=&amp;DIA=&amp;RA=&amp;LB=&amp;MFR=&amp;MDO=&amp;IK=" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dati.zva.gov.lv/zalu-registrs/?iss=1&amp;q=varilrix&amp;IK-1=1&amp;IK-2=2&amp;NAC=on&amp;SAT=on&amp;DEC=on&amp;ESC=on&amp;ESI=on&amp;PIM=on&amp;CRN=on" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dati.zva.gov.lv/zalu-registrs/?iss=1&amp;q=Adacel&amp;IK-1=1&amp;IK-2=2&amp;NAC=on&amp;SAT=on&amp;DEC=on&amp;ESC=on&amp;ESI=on&amp;PIM=on&amp;CRN=on&amp;MDO=" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dati.zva.gov.lv/zalu-registrs/?iss=1&amp;q=Prevenar+13&amp;IK-1=1&amp;IK-2=2&amp;NAC=on&amp;SAT=on&amp;DEC=on&amp;ESC=on&amp;ESI=on&amp;PIM=on" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dati.zva.gov.lv/zalu-registrs/?iss=1&amp;q=varilrix&amp;IK-1=1&amp;IK-2=2&amp;NAC=on&amp;SAT=on&amp;DEC=on&amp;ESC=on&amp;ESI=on&amp;PIM=on&amp;CRN=on" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.zva.gov.lv/zvais/zalu-registrs/?iss=1&amp;lang=lv&amp;q=BCG&amp;ON=&amp;NAC=on&amp;ESC=on&amp;ESI=on&amp;SAT=on&amp;DEC=on&amp;PIM=on&amp;SN=&amp;RN=&amp;AK=&amp;DIA=&amp;RA=&amp;LB=&amp;MFR=&amp;MDO=&amp;IK=&amp;q=BCG&amp;s=MAV&amp;r" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dati.zva.gov.lv/zalu-registrs/?iss=1&amp;q=varilrix&amp;IK-1=1&amp;IK-2=2&amp;NAC=on&amp;SAT=on&amp;DEC=on&amp;ESC=on&amp;ESI=on&amp;PIM=on&amp;CRN=on" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.zva.gov.lv/zvais/zalu-registrs/?iss=1&amp;lang=lv&amp;q=Engerix+B&amp;ON=Engerix+B&amp;NAC=on&amp;ESC=on&amp;ESI=on&amp;SAT=on&amp;DEC=on&amp;PIM=on&amp;CZF=on&amp;CSK=on&amp;CRN=on&amp;SN=&amp;RN=&amp;AK=&amp;DIA=&amp;RA=&amp;LB=&amp;MFR=&amp;MDO=&amp;IK=" TargetMode="External"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.zva.gov.lv/zvais/zalu-registrs/?iss=1&amp;lang=lv&amp;q=Tetraxim&amp;ON=&amp;NAC=on&amp;ESC=on&amp;ESI=on&amp;SAT=on&amp;DEC=on&amp;PIM=on&amp;SN=&amp;RN=&amp;AK=&amp;DIA=&amp;RA=&amp;LB=&amp;MFR=&amp;MDO=&amp;IK=" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.zva.gov.lv/zvais/zalu-registrs/?iss=1&amp;lang=lv&amp;q=Verorab&amp;ON=&amp;NAC=on&amp;ESC=on&amp;ESI=on&amp;SAT=on&amp;DEC=on&amp;PIM=on&amp;CZF=on&amp;CSK=on&amp;CRN=on&amp;SN=&amp;RN=&amp;AK=&amp;DIA=&amp;RA=&amp;LB=&amp;MFR=&amp;MDO=&amp;IK=" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dati.zva.gov.lv/zalu-registrs/?iss=1&amp;q=Gardasil+9&amp;IK-1=1&amp;IK-2=2&amp;NAC=on&amp;SAT=on&amp;DEC=on&amp;ESC=on&amp;ESI=on&amp;PIM=on&amp;CRN=on&amp;MFR=" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dati.zva.gov.lv/zalu-registrs/?iss=1&amp;q=encepur+adult&amp;IK-1=1&amp;IK-2=2&amp;NAC=on&amp;SAT=on&amp;DEC=on&amp;ESC=on&amp;ESI=on&amp;PIM=on&amp;MFR=" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.zva.gov.lv/zvais/zalu-registrs/?iss=1&amp;lang=lv&amp;q=Pentaxim&amp;ON=&amp;NAC=on&amp;ESC=on&amp;ESI=on&amp;SAT=on&amp;DEC=on&amp;PIM=on&amp;SN=&amp;RN=&amp;AK=&amp;DIA=&amp;RA=&amp;LB=&amp;MFR=&amp;MDO=&amp;IK=" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.zva.gov.lv/zvais/zalu-registrs/?iss=1&amp;lang=lv&amp;q=Engerix+B&amp;ON=Engerix+B&amp;NAC=on&amp;ESC=on&amp;ESI=on&amp;SAT=on&amp;DEC=on&amp;PIM=on&amp;CZF=on&amp;CSK=on&amp;CRN=on&amp;SN=&amp;RN=&amp;AK=&amp;DIA=&amp;RA=&amp;LB=&amp;MFR=&amp;MDO=&amp;IK=" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item4.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dati.zva.gov.lv/zalu-registrs/?iss=1&amp;q=M-M-RVAXPRO&amp;IK-1=1&amp;IK-2=2&amp;NAC=on&amp;SAT=on&amp;DEC=on&amp;ESC=on&amp;ESI=on&amp;PIM=on&amp;CRN=on" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dati.zva.gov.lv/zalu-registrs/?iss=1&amp;q=encepur+children&amp;IK-1=1&amp;IK-2=2&amp;NAC=on&amp;SAT=on&amp;DEC=on&amp;ESC=on&amp;ESI=on&amp;PIM=on" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4472C4"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="ED7D31"/>
       </a:accent2>
       <a:accent3>
@@ -4288,69 +3987,56 @@
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps2.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps3.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps4.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
-<?mso-contentType ?>
-[...11 lines deleted...]
-<file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
 <p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
   <documentManagement/>
 </p:properties>
 </file>
 
-<file path=customXml/item4.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
 <ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Document" ma:contentTypeID="0x010100BD060BB6384855488F87B85B2E0635F1" ma:contentTypeVersion="9" ma:contentTypeDescription="Create a new document." ma:contentTypeScope="" ma:versionID="fce0de8ab6c88c473f4573f4162aacc7">
   <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns3="a79f0a9d-ab90-4ed8-b4cb-bfad3a8b69d2" xmlns:ns4="e17cd38e-84e7-4a9a-bc58-52d7cfd9e607" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="274d2f80c328945894fd9e31a1242276" ns3:_="" ns4:_="">
     <xsd:import namespace="a79f0a9d-ab90-4ed8-b4cb-bfad3a8b69d2"/>
     <xsd:import namespace="e17cd38e-84e7-4a9a-bc58-52d7cfd9e607"/>
     <xsd:element name="properties">
       <xsd:complexType>
         <xsd:sequence>
           <xsd:element name="documentManagement">
             <xsd:complexType>
               <xsd:all>
                 <xsd:element ref="ns3:MediaServiceMetadata" minOccurs="0"/>
                 <xsd:element ref="ns3:MediaServiceFastMetadata" minOccurs="0"/>
                 <xsd:element ref="ns4:SharedWithUsers" minOccurs="0"/>
                 <xsd:element ref="ns4:SharedWithDetails" minOccurs="0"/>
                 <xsd:element ref="ns4:SharingHintHash" minOccurs="0"/>
                 <xsd:element ref="ns3:MediaServiceAutoTags" minOccurs="0"/>
                 <xsd:element ref="ns3:MediaServiceOCR" minOccurs="0"/>
                 <xsd:element ref="ns3:MediaServiceGenerationTime" minOccurs="0"/>
                 <xsd:element ref="ns3:MediaServiceEventHashCode" minOccurs="0"/>
               </xsd:all>
             </xsd:complexType>
           </xsd:element>
         </xsd:sequence>
       </xsd:complexType>
     </xsd:element>
@@ -4503,124 +4189,143 @@
     <xs:element name="EntityId2" type="xs:string"/>
     <xs:element name="EntityId3" type="xs:string"/>
     <xs:element name="EntityId4" type="xs:string"/>
     <xs:element name="EntityId5" type="xs:string"/>
     <xs:element name="Terms">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermInfo" minOccurs="0" maxOccurs="unbounded"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermInfo">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermName" minOccurs="0"/>
           <xs:element ref="pc:TermId" minOccurs="0"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermName" type="xs:string"/>
     <xs:element name="TermId" type="xs:string"/>
   </xs:schema>
 </ct:contentTypeSchema>
 </file>
 
-<file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
-[...4 lines deleted...]
-</ds:datastoreItem>
+<file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
+<?mso-contentType ?>
+<FormTemplates xmlns="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms">
+  <Display>DocumentLibraryForm</Display>
+  <Edit>DocumentLibraryForm</Edit>
+  <New>DocumentLibraryForm</New>
+</FormTemplates>
 </file>
 
-<file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
-[...4 lines deleted...]
-</ds:datastoreItem>
+<file path=customXml/item4.xml><?xml version="1.0" encoding="utf-8"?>
+<b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APASixthEditionOfficeOnline.xsl" StyleName="APA" Version="6"/>
 </file>
 
-<file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{8EB1EF4A-70B5-4534-9DC5-525D8FA3B0C7}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
-<file path=customXml/itemProps4.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{8019778F-6EEB-40BF-8AB0-C96B95A3A31F}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/contentType"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes"/>
     <ds:schemaRef ds:uri="http://www.w3.org/2001/XMLSchema"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
     <ds:schemaRef ds:uri="a79f0a9d-ab90-4ed8-b4cb-bfad3a8b69d2"/>
     <ds:schemaRef ds:uri="e17cd38e-84e7-4a9a-bc58-52d7cfd9e607"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/internal/obd"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
+<file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{6243DE65-AA30-4990-AACA-76E193C25A2B}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
+</file>
+
+<file path=customXml/itemProps4.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{BD2BDE5B-5991-4C6A-BBCA-52BB9D4E0087}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
+</file>
+
+<file path=docMetadata/LabelInfo.xml><?xml version="1.0" encoding="utf-8"?>
+<clbl:labelList xmlns:clbl="http://schemas.microsoft.com/office/2020/mipLabelMetadata">
+  <clbl:label id="{dbc9012d-628b-43d4-b190-8a730f7e1e96}" enabled="0" method="" siteId="{dbc9012d-628b-43d4-b190-8a730f7e1e96}" removed="1"/>
+</clbl:labelList>
+</file>
+
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
   <Pages>4</Pages>
-  <Words>4738</Words>
-  <Characters>2701</Characters>
+  <Words>4310</Words>
+  <Characters>2458</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>22</Lines>
-  <Paragraphs>14</Paragraphs>
+  <Lines>20</Lines>
+  <Paragraphs>13</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Title</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>7425</CharactersWithSpaces>
+  <CharactersWithSpaces>6755</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:subject/>
   <dc:creator>Larisa Savrasova</dc:creator>
   <cp:keywords/>
   <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>
 
 <file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="ContentTypeId">
     <vt:lpwstr>0x010100BD060BB6384855488F87B85B2E0635F1</vt:lpwstr>