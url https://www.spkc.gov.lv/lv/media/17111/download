--- v1 (2026-02-11)
+++ v2 (2026-03-31)
@@ -2011,85 +2011,84 @@
                   </w:r>
                 </w:p>
               </w:tc>
               <w:tc>
                 <w:tcPr>
                   <w:tcW w:w="2229" w:type="dxa"/>
                 </w:tcPr>
                 <w:p w14:paraId="20BD4098" w14:textId="751EE07D" w:rsidR="00B326A8" w:rsidRPr="007819DA" w:rsidRDefault="008276A3" w:rsidP="005C0E77">
                   <w:pPr>
                     <w:rPr>
                       <w:szCs w:val="24"/>
                     </w:rPr>
                   </w:pPr>
                   <w:r>
                     <w:rPr>
                       <w:szCs w:val="24"/>
                     </w:rPr>
                     <w:t>difteriju, stinguma krampjiem, garo klepu (Tdap)</w:t>
                   </w:r>
                 </w:p>
               </w:tc>
               <w:tc>
                 <w:tcPr>
                   <w:tcW w:w="2229" w:type="dxa"/>
                 </w:tcPr>
-                <w:p w14:paraId="1763BEF8" w14:textId="3F94CE57" w:rsidR="00B326A8" w:rsidRPr="007819DA" w:rsidRDefault="00077F31" w:rsidP="005C0E77">
+                <w:p w14:paraId="1763BEF8" w14:textId="66DF0630" w:rsidR="00B326A8" w:rsidRPr="007819DA" w:rsidRDefault="00077F31" w:rsidP="005C0E77">
                   <w:pPr>
                     <w:rPr>
                       <w:i/>
                       <w:szCs w:val="24"/>
                     </w:rPr>
                   </w:pPr>
                   <w:r w:rsidRPr="006312A3">
                     <w:rPr>
                       <w:i/>
                       <w:szCs w:val="24"/>
                     </w:rPr>
-                    <w:t>Adacel/Triaxis</w:t>
-[...7 lines deleted...]
-                <w:p w14:paraId="68A1E8F6" w14:textId="0657F5CC" w:rsidR="00B326A8" w:rsidRPr="008F5B59" w:rsidRDefault="00F900A9" w:rsidP="005C0E77">
+                    <w:t>Adacel</w:t>
+                  </w:r>
+                </w:p>
+              </w:tc>
+              <w:tc>
+                <w:tcPr>
+                  <w:tcW w:w="2230" w:type="dxa"/>
+                </w:tcPr>
+                <w:p w14:paraId="68A1E8F6" w14:textId="0819EBF3" w:rsidR="00B326A8" w:rsidRPr="008F5B59" w:rsidRDefault="00FC3396" w:rsidP="005C0E77">
                   <w:pPr>
                     <w:rPr>
                       <w:i/>
                       <w:iCs/>
                       <w:szCs w:val="24"/>
                     </w:rPr>
                   </w:pPr>
                   <w:r w:rsidRPr="00C94C79">
                     <w:rPr>
                       <w:i/>
-                      <w:iCs/>
-[...2 lines deleted...]
-                    <w:t>GlaxoSmithKline</w:t>
+                      <w:szCs w:val="24"/>
+                    </w:rPr>
+                    <w:t>Sanofi Pasteur</w:t>
                   </w:r>
                 </w:p>
               </w:tc>
               <w:tc>
                 <w:tcPr>
                   <w:tcW w:w="2230" w:type="dxa"/>
                 </w:tcPr>
                 <w:p w14:paraId="26732067" w14:textId="18685822" w:rsidR="00B326A8" w:rsidRPr="00DB7194" w:rsidRDefault="000D449A" w:rsidP="0015100A">
                   <w:pPr>
                     <w:rPr>
                       <w:szCs w:val="24"/>
                     </w:rPr>
                   </w:pPr>
                   <w:r>
                     <w:rPr>
                       <w:szCs w:val="24"/>
                     </w:rPr>
                     <w:t>bērnu vakcinācijai 14 gadu vecumā, grūtnieču vakcinācijai</w:t>
                   </w:r>
                 </w:p>
               </w:tc>
               <w:tc>
                 <w:tcPr>
                   <w:tcW w:w="2230" w:type="dxa"/>
                 </w:tcPr>
@@ -2184,73 +2183,73 @@
                 <w:tcPr>
                   <w:tcW w:w="2230" w:type="dxa"/>
                 </w:tcPr>
                 <w:p w14:paraId="75B6795B" w14:textId="2247DE5D" w:rsidR="00606B6F" w:rsidRPr="008F5B59" w:rsidRDefault="003745F4" w:rsidP="003745F4">
                   <w:pPr>
                     <w:rPr>
                       <w:i/>
                       <w:iCs/>
                       <w:szCs w:val="24"/>
                     </w:rPr>
                   </w:pPr>
                   <w:r w:rsidRPr="003745F4">
                     <w:rPr>
                       <w:i/>
                       <w:iCs/>
                       <w:szCs w:val="24"/>
                     </w:rPr>
                     <w:t>Bavarian Nordic A/S, Dānija</w:t>
                   </w:r>
                 </w:p>
               </w:tc>
               <w:tc>
                 <w:tcPr>
                   <w:tcW w:w="2230" w:type="dxa"/>
                 </w:tcPr>
-                <w:p w14:paraId="745A902A" w14:textId="1DD5E6F6" w:rsidR="00606B6F" w:rsidRPr="00DB7194" w:rsidRDefault="00606B6F" w:rsidP="00606B6F">
+                <w:p w14:paraId="745A902A" w14:textId="0F7B8F24" w:rsidR="00606B6F" w:rsidRPr="00DB7194" w:rsidRDefault="00606B6F" w:rsidP="00606B6F">
                   <w:pPr>
                     <w:rPr>
                       <w:szCs w:val="24"/>
                     </w:rPr>
                   </w:pPr>
                   <w:r w:rsidRPr="00DB7194">
                     <w:rPr>
                       <w:szCs w:val="24"/>
                     </w:rPr>
                     <w:t xml:space="preserve">bāreņu un bez vecāku gādības palikušo bērnu vakcinācijai visā Latvijas teritorijā, bērnu vakcinācijai endēmiskajās teritorijās. Bērniem vecumā </w:t>
                   </w:r>
                   <w:r w:rsidRPr="00613991">
                     <w:rPr>
                       <w:szCs w:val="24"/>
                     </w:rPr>
                     <w:t>no 1 līdz 1</w:t>
                   </w:r>
-                  <w:r>
-[...3 lines deleted...]
-                    <w:t>5</w:t>
+                  <w:r w:rsidR="00D15017">
+                    <w:rPr>
+                      <w:szCs w:val="24"/>
+                    </w:rPr>
+                    <w:t>1</w:t>
                   </w:r>
                   <w:r w:rsidRPr="00613991">
                     <w:rPr>
                       <w:szCs w:val="24"/>
                     </w:rPr>
                     <w:t xml:space="preserve"> gadiem</w:t>
                   </w:r>
                   <w:r w:rsidRPr="00DB7194">
                     <w:rPr>
                       <w:szCs w:val="24"/>
                     </w:rPr>
                     <w:t xml:space="preserve"> </w:t>
                   </w:r>
                 </w:p>
               </w:tc>
               <w:tc>
                 <w:tcPr>
                   <w:tcW w:w="2230" w:type="dxa"/>
                 </w:tcPr>
                 <w:p w14:paraId="5159A20E" w14:textId="6C3D6849" w:rsidR="00606B6F" w:rsidRDefault="0045690E" w:rsidP="00606B6F">
                   <w:r w:rsidRPr="00C94C79">
                     <w:t xml:space="preserve">Instrukcija un zāļu apraksts ir pieejams </w:t>
                   </w:r>
                   <w:hyperlink r:id="rId22" w:history="1">
                     <w:r w:rsidRPr="00C94C79">
@@ -2358,67 +2357,73 @@
                 <w:tcPr>
                   <w:tcW w:w="2230" w:type="dxa"/>
                 </w:tcPr>
                 <w:p w14:paraId="2E63C5EE" w14:textId="190DF70E" w:rsidR="00606B6F" w:rsidRPr="008F5B59" w:rsidRDefault="00311911" w:rsidP="00311911">
                   <w:pPr>
                     <w:rPr>
                       <w:i/>
                       <w:iCs/>
                       <w:szCs w:val="24"/>
                     </w:rPr>
                   </w:pPr>
                   <w:r w:rsidRPr="00311911">
                     <w:rPr>
                       <w:i/>
                       <w:iCs/>
                       <w:szCs w:val="24"/>
                     </w:rPr>
                     <w:t>Bavarian Nordic A/S, Dānija</w:t>
                   </w:r>
                 </w:p>
               </w:tc>
               <w:tc>
                 <w:tcPr>
                   <w:tcW w:w="2230" w:type="dxa"/>
                 </w:tcPr>
-                <w:p w14:paraId="44ACF8C1" w14:textId="55AEEE92" w:rsidR="00606B6F" w:rsidRPr="00DB7194" w:rsidRDefault="00B1245A" w:rsidP="00606B6F">
+                <w:p w14:paraId="44ACF8C1" w14:textId="32201528" w:rsidR="00606B6F" w:rsidRPr="00DB7194" w:rsidRDefault="00B1245A" w:rsidP="00606B6F">
                   <w:pPr>
                     <w:rPr>
                       <w:szCs w:val="24"/>
                     </w:rPr>
                   </w:pPr>
                   <w:r w:rsidRPr="00DB7194">
                     <w:rPr>
                       <w:szCs w:val="24"/>
                     </w:rPr>
                     <w:t xml:space="preserve">bāreņu un bez vecāku gādības palikušo bērnu vakcinācijai visā Latvijas teritorijā, bērnu vakcinācijai endēmiskajās teritorijās. Bērniem vecumā no </w:t>
                   </w:r>
                   <w:r>
                     <w:rPr>
                       <w:szCs w:val="24"/>
                     </w:rPr>
-                    <w:t>16</w:t>
+                    <w:t>1</w:t>
+                  </w:r>
+                  <w:r w:rsidR="00D15017">
+                    <w:rPr>
+                      <w:szCs w:val="24"/>
+                    </w:rPr>
+                    <w:t>2</w:t>
                   </w:r>
                   <w:r w:rsidRPr="00DB7194">
                     <w:rPr>
                       <w:szCs w:val="24"/>
                     </w:rPr>
                     <w:t xml:space="preserve"> līdz 1</w:t>
                   </w:r>
                   <w:r>
                     <w:rPr>
                       <w:szCs w:val="24"/>
                     </w:rPr>
                     <w:t>7</w:t>
                   </w:r>
                   <w:r w:rsidRPr="00DB7194">
                     <w:rPr>
                       <w:szCs w:val="24"/>
                     </w:rPr>
                     <w:t xml:space="preserve"> gadiem</w:t>
                   </w:r>
                 </w:p>
               </w:tc>
               <w:tc>
                 <w:tcPr>
                   <w:tcW w:w="2230" w:type="dxa"/>
                 </w:tcPr>
@@ -2802,58 +2807,58 @@
           <w:p w14:paraId="7CD04BD5" w14:textId="25FC1E07" w:rsidR="0031600D" w:rsidRDefault="0031600D" w:rsidP="005C0E77">
             <w:pPr>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="3E9E3FE9" w14:textId="77777777" w:rsidR="00437604" w:rsidRPr="00D00C0A" w:rsidRDefault="00437604" w:rsidP="005446FA"/>
     <w:sectPr w:rsidR="00437604" w:rsidRPr="00D00C0A" w:rsidSect="00480BC5">
       <w:pgSz w:w="15840" w:h="12240" w:orient="landscape"/>
       <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="708" w:footer="708" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="4E23B999" w14:textId="77777777" w:rsidR="00882779" w:rsidRDefault="00882779" w:rsidP="00480BC5">
+    <w:p w14:paraId="504DEE82" w14:textId="77777777" w:rsidR="00C60556" w:rsidRDefault="00C60556" w:rsidP="00480BC5">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="0A7AC80D" w14:textId="77777777" w:rsidR="00882779" w:rsidRDefault="00882779" w:rsidP="00480BC5">
+    <w:p w14:paraId="6C85837F" w14:textId="77777777" w:rsidR="00C60556" w:rsidRDefault="00C60556" w:rsidP="00480BC5">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
@@ -2861,92 +2866,92 @@
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Segoe UI">
     <w:panose1 w:val="020B0502040204020203"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C000E47F" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri Light">
     <w:panose1 w:val="020F0302020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="79D265AF" w14:textId="77777777" w:rsidR="00882779" w:rsidRDefault="00882779" w:rsidP="00480BC5">
+    <w:p w14:paraId="54060D8A" w14:textId="77777777" w:rsidR="00C60556" w:rsidRDefault="00C60556" w:rsidP="00480BC5">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="1F8BD2A9" w14:textId="77777777" w:rsidR="00882779" w:rsidRDefault="00882779" w:rsidP="00480BC5">
+    <w:p w14:paraId="125372B0" w14:textId="77777777" w:rsidR="00C60556" w:rsidRDefault="00C60556" w:rsidP="00480BC5">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:zoom w:percent="100"/>
-  <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="720"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00480BC5"/>
     <w:rsid w:val="00003645"/>
     <w:rsid w:val="00060285"/>
+    <w:rsid w:val="00066C27"/>
     <w:rsid w:val="00073476"/>
     <w:rsid w:val="00077F31"/>
     <w:rsid w:val="00095590"/>
     <w:rsid w:val="000D449A"/>
     <w:rsid w:val="000E4993"/>
     <w:rsid w:val="001122E1"/>
     <w:rsid w:val="00114738"/>
     <w:rsid w:val="0011504E"/>
     <w:rsid w:val="001324A1"/>
     <w:rsid w:val="0015100A"/>
     <w:rsid w:val="00197426"/>
     <w:rsid w:val="001D2D85"/>
     <w:rsid w:val="001F12AA"/>
     <w:rsid w:val="001F5A87"/>
     <w:rsid w:val="00213CE8"/>
     <w:rsid w:val="002A151D"/>
     <w:rsid w:val="002D255F"/>
     <w:rsid w:val="002D4292"/>
     <w:rsid w:val="002F5FB1"/>
     <w:rsid w:val="003079DF"/>
     <w:rsid w:val="00311911"/>
     <w:rsid w:val="0031600D"/>
     <w:rsid w:val="0034681A"/>
     <w:rsid w:val="003642F6"/>
     <w:rsid w:val="003745F4"/>
@@ -2998,67 +3003,71 @@
     <w:rsid w:val="008B38CD"/>
     <w:rsid w:val="008B5DCC"/>
     <w:rsid w:val="008C604C"/>
     <w:rsid w:val="008D4D17"/>
     <w:rsid w:val="00925A30"/>
     <w:rsid w:val="00945A1C"/>
     <w:rsid w:val="00967114"/>
     <w:rsid w:val="0098360D"/>
     <w:rsid w:val="009B0E95"/>
     <w:rsid w:val="009D0B67"/>
     <w:rsid w:val="009E1FBB"/>
     <w:rsid w:val="00A37199"/>
     <w:rsid w:val="00A63074"/>
     <w:rsid w:val="00A94503"/>
     <w:rsid w:val="00B1245A"/>
     <w:rsid w:val="00B23C86"/>
     <w:rsid w:val="00B326A8"/>
     <w:rsid w:val="00B351F0"/>
     <w:rsid w:val="00B40427"/>
     <w:rsid w:val="00B97004"/>
     <w:rsid w:val="00BB1AA2"/>
     <w:rsid w:val="00BC0236"/>
     <w:rsid w:val="00BE5952"/>
     <w:rsid w:val="00C15C0F"/>
     <w:rsid w:val="00C415B0"/>
+    <w:rsid w:val="00C60556"/>
     <w:rsid w:val="00C94C79"/>
     <w:rsid w:val="00CD0ED4"/>
     <w:rsid w:val="00D00C0A"/>
+    <w:rsid w:val="00D15017"/>
+    <w:rsid w:val="00D16FB9"/>
     <w:rsid w:val="00D423B7"/>
     <w:rsid w:val="00D444A7"/>
     <w:rsid w:val="00DC09E9"/>
     <w:rsid w:val="00E07A5E"/>
     <w:rsid w:val="00E3218C"/>
     <w:rsid w:val="00E357D6"/>
     <w:rsid w:val="00E408EA"/>
     <w:rsid w:val="00E47497"/>
     <w:rsid w:val="00E97500"/>
     <w:rsid w:val="00ED2984"/>
     <w:rsid w:val="00F257B3"/>
     <w:rsid w:val="00F45948"/>
     <w:rsid w:val="00F900A9"/>
     <w:rsid w:val="00FB39E2"/>
+    <w:rsid w:val="00FC3396"/>
     <w:rsid w:val="00FD6FD5"/>
     <w:rsid w:val="00FE1980"/>
     <w:rsid w:val="00FE2D96"/>
     <w:rsid w:val="00FF1397"/>
     <w:rsid w:val="00FF5C7D"/>
     <w:rsid w:val="18995711"/>
     <w:rsid w:val="2374EAE8"/>
     <w:rsid w:val="28F856FF"/>
     <w:rsid w:val="2EDA790C"/>
     <w:rsid w:val="3BE7A7FF"/>
     <w:rsid w:val="43DD539E"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
@@ -4257,75 +4266,75 @@
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=customXml/itemProps4.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{BD2BDE5B-5991-4C6A-BBCA-52BB9D4E0087}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docMetadata/LabelInfo.xml><?xml version="1.0" encoding="utf-8"?>
 <clbl:labelList xmlns:clbl="http://schemas.microsoft.com/office/2020/mipLabelMetadata">
   <clbl:label id="{dbc9012d-628b-43d4-b190-8a730f7e1e96}" enabled="0" method="" siteId="{dbc9012d-628b-43d4-b190-8a730f7e1e96}" removed="1"/>
 </clbl:labelList>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
   <Pages>4</Pages>
-  <Words>4310</Words>
-  <Characters>2458</Characters>
+  <Words>4305</Words>
+  <Characters>2454</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
   <Lines>20</Lines>
   <Paragraphs>13</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Title</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>6755</CharactersWithSpaces>
+  <CharactersWithSpaces>6746</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:subject/>
   <dc:creator>Larisa Savrasova</dc:creator>
   <cp:keywords/>
   <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>
 
 <file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="ContentTypeId">
     <vt:lpwstr>0x010100BD060BB6384855488F87B85B2E0635F1</vt:lpwstr>